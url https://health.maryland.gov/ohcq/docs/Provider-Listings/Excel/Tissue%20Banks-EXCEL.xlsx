--- v0 (2025-11-21)
+++ v1 (2026-03-07)
@@ -1,69 +1,68 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/metadata" ContentType="application/binary"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
   <workbookPr/>
   <sheets>
-    <sheet state="visible" name="LAB-TB-EXCEL as of 09-24-25" sheetId="1" r:id="rId4"/>
+    <sheet state="visible" name="LAB-TB-EXCEL as of 02-28-26" sheetId="1" r:id="rId4"/>
   </sheets>
-  <definedNames>
-[...1 lines deleted...]
-  </definedNames>
+  <definedNames/>
   <calcPr/>
   <extLst>
     <ext uri="GoogleSheetsCustomDataVersion2">
-      <go:sheetsCustomData xmlns:go="http://customooxmlschemas.google.com/" r:id="rId5" roundtripDataChecksum="ulVnYBmuuNVKaiYh2rS8UGYu4opTqBbyR0xkZU40CMM="/>
+      <go:sheetsCustomData xmlns:go="http://customooxmlschemas.google.com/" r:id="rId5" roundtripDataChecksum="hJ6uS7Ts6q96ghLlDhvfKhH6eJMctmXNhvJBo5V5zFg="/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4941" uniqueCount="3221">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5040" uniqueCount="3271">
   <si>
     <t>Jurisdiction</t>
   </si>
   <si>
     <t>Licensee</t>
   </si>
   <si>
     <t>Street Address</t>
   </si>
   <si>
     <t>City</t>
   </si>
   <si>
     <t>State</t>
   </si>
   <si>
     <t>Zip Code</t>
   </si>
   <si>
     <t>Name of Contact Person</t>
   </si>
   <si>
     <t>Business Phone Number</t>
   </si>
   <si>
@@ -279,518 +278,605 @@
   <si>
     <t>(210) 738-2663</t>
   </si>
   <si>
     <t>TB1665</t>
   </si>
   <si>
     <t>Alexigen Biotech</t>
   </si>
   <si>
     <t>1305 E Houston St Suite 405</t>
   </si>
   <si>
     <t>78205</t>
   </si>
   <si>
     <t>Michael Heckman</t>
   </si>
   <si>
     <t>(877) 787-7499</t>
   </si>
   <si>
     <t>TB4017</t>
   </si>
   <si>
+    <t>Aligneage Fertilty Laboratory Llc</t>
+  </si>
+  <si>
+    <t>424 Madison Ave Suite 1201</t>
+  </si>
+  <si>
+    <t>New York</t>
+  </si>
+  <si>
+    <t>10017</t>
+  </si>
+  <si>
+    <t>Alexandra King</t>
+  </si>
+  <si>
+    <t>(347) 331-4908</t>
+  </si>
+  <si>
+    <t>TB4109</t>
+  </si>
+  <si>
+    <t>Allogene Therapeutics Inc</t>
+  </si>
+  <si>
+    <t>7400 Gateway Blvd</t>
+  </si>
+  <si>
+    <t>Newark</t>
+  </si>
+  <si>
+    <t>94560</t>
+  </si>
+  <si>
+    <t>Jeff Mcleroy</t>
+  </si>
+  <si>
+    <t>(650) 457-2700</t>
+  </si>
+  <si>
+    <t>TB4097</t>
+  </si>
+  <si>
     <t>Allograft Innovations</t>
   </si>
   <si>
     <t>3542 Nw 97th Blvd</t>
   </si>
   <si>
     <t>Gainesville</t>
   </si>
   <si>
     <t>FL</t>
   </si>
   <si>
     <t>32606</t>
   </si>
   <si>
     <t>(352) 333-0778</t>
   </si>
   <si>
     <t>TB1529</t>
   </si>
   <si>
     <t>Allosource</t>
   </si>
   <si>
+    <t>6278 S Troy Circle</t>
+  </si>
+  <si>
+    <t>Centennial</t>
+  </si>
+  <si>
+    <t>CO</t>
+  </si>
+  <si>
+    <t>80111</t>
+  </si>
+  <si>
+    <t>Ross Wilkins</t>
+  </si>
+  <si>
+    <t>(720) 873-0213</t>
+  </si>
+  <si>
+    <t>TB1129</t>
+  </si>
+  <si>
     <t>2925 Vernon Place Suite 301</t>
   </si>
   <si>
     <t>Cincinnati</t>
   </si>
   <si>
     <t>OH</t>
   </si>
   <si>
     <t>45219</t>
   </si>
   <si>
     <t>Ross Wilkins Md</t>
   </si>
   <si>
     <t>(513) 558-6400</t>
   </si>
   <si>
     <t>TB1256</t>
   </si>
   <si>
-    <t>6278 S Troy Circle</t>
-[...19 lines deleted...]
-  <si>
     <t>Allotech Llc</t>
   </si>
   <si>
     <t>4620 71st Street Bldg 78-79</t>
   </si>
   <si>
     <t>Lubbock</t>
   </si>
   <si>
     <t>79424</t>
   </si>
   <si>
     <t>(806) 796-1923</t>
   </si>
   <si>
     <t>TB1814</t>
   </si>
   <si>
     <t>Allovir</t>
   </si>
   <si>
     <t>2925 Richmond Avenue Suite 1200</t>
   </si>
   <si>
     <t>Houston</t>
   </si>
   <si>
     <t>77098</t>
   </si>
   <si>
     <t>Iain Fraser</t>
   </si>
   <si>
     <t>(617) 433-2605</t>
   </si>
   <si>
     <t>TB3174</t>
   </si>
   <si>
     <t>Alphatec Spine Inc</t>
   </si>
   <si>
+    <t>1950 Camino Vida Roble</t>
+  </si>
+  <si>
+    <t>(760) 494-6769</t>
+  </si>
+  <si>
+    <t>TB1172</t>
+  </si>
+  <si>
     <t>4101 Willow Lake Blvd</t>
   </si>
   <si>
     <t>Memphis</t>
   </si>
   <si>
     <t>TN</t>
   </si>
   <si>
     <t>38118</t>
   </si>
   <si>
     <t>(901) 460-7537</t>
   </si>
   <si>
     <t>TB3286</t>
   </si>
   <si>
-    <t>1950 Camino Vida Roble</t>
-[...7 lines deleted...]
-  <si>
     <t>Amendia, Inc</t>
   </si>
   <si>
     <t>1755 West Oak Parkway Suite 100</t>
   </si>
   <si>
     <t>Marietta</t>
   </si>
   <si>
     <t>GA</t>
   </si>
   <si>
     <t>30062</t>
   </si>
   <si>
     <t>(877) 755-3329</t>
   </si>
   <si>
     <t>TB2396</t>
   </si>
   <si>
     <t>American Medical Systems Inc</t>
   </si>
   <si>
     <t>10700 Bren Road West</t>
   </si>
   <si>
     <t>Minnetonka</t>
   </si>
   <si>
     <t>MN</t>
   </si>
   <si>
     <t>55343</t>
   </si>
   <si>
     <t>Ted Eastlund</t>
   </si>
   <si>
     <t>(952) 930-6624</t>
   </si>
   <si>
     <t>TB1008</t>
   </si>
   <si>
     <t>Americord Registry Llc</t>
   </si>
   <si>
+    <t>225 Broadway Suite 1903</t>
+  </si>
+  <si>
+    <t>10007</t>
+  </si>
+  <si>
+    <t>Robert Dracker</t>
+  </si>
+  <si>
+    <t>(646) 766-8644</t>
+  </si>
+  <si>
+    <t>TB3565</t>
+  </si>
+  <si>
     <t>139 Fulton St #707</t>
   </si>
   <si>
-    <t>New York</t>
-[...1 lines deleted...]
-  <si>
     <t>10038</t>
   </si>
   <si>
-    <t>Robert Dracker</t>
-[...1 lines deleted...]
-  <si>
     <t>(866) 503-6005</t>
   </si>
   <si>
     <t>TB2695</t>
   </si>
   <si>
-    <t>225 Broadway Suite 1903</t>
-[...10 lines deleted...]
-  <si>
     <t>Amnio Technology</t>
   </si>
   <si>
     <t>22510 North 18th Drive</t>
   </si>
   <si>
     <t>Phoenix</t>
   </si>
   <si>
     <t>AZ</t>
   </si>
   <si>
     <t>85027</t>
   </si>
   <si>
     <t>Duke Kasprisin</t>
   </si>
   <si>
     <t>(623) 344-3135</t>
   </si>
   <si>
     <t>TB2489</t>
   </si>
   <si>
     <t>Amnion Llc</t>
   </si>
   <si>
     <t>6077 Frantz Rd Suite 205</t>
   </si>
   <si>
     <t>Dublin</t>
   </si>
   <si>
     <t>43017</t>
   </si>
   <si>
     <t>(614) 389-4005</t>
   </si>
   <si>
     <t>TB3574</t>
   </si>
   <si>
+    <t>Applied Biologics Llc</t>
+  </si>
+  <si>
+    <t>8125 N 86th Pl</t>
+  </si>
+  <si>
+    <t>Scottsdale</t>
+  </si>
+  <si>
+    <t>85258</t>
+  </si>
+  <si>
+    <t>(602) 325-1221</t>
+  </si>
+  <si>
+    <t>TB4105</t>
+  </si>
+  <si>
     <t>Applied Biologics, Llc</t>
   </si>
   <si>
-    <t>8444 N 90th Street Suite 115</t>
-[...8 lines deleted...]
-    <t>(602) 325-1221</t>
+    <t>8444 N 90th St #115</t>
   </si>
   <si>
     <t>TB2238</t>
   </si>
   <si>
     <t>Arizona Reproductive Medicine Specialists (arms)</t>
   </si>
   <si>
     <t>1701 East Thomas Road Ste 101</t>
   </si>
   <si>
     <t>85016</t>
   </si>
   <si>
     <t>Drew Moffitt</t>
   </si>
   <si>
     <t>(602) 343-2767</t>
   </si>
   <si>
     <t>TB1825</t>
   </si>
   <si>
     <t>Arteriocyte Medical Systems Inc</t>
   </si>
   <si>
+    <t>42 South Street</t>
+  </si>
+  <si>
+    <t>Hopkinton</t>
+  </si>
+  <si>
+    <t>01748</t>
+  </si>
+  <si>
+    <t>(508) 435-7436</t>
+  </si>
+  <si>
+    <t>TB4066</t>
+  </si>
+  <si>
     <t>45 South Street Ste 3</t>
   </si>
   <si>
-    <t>Hopkinton</t>
-[...4 lines deleted...]
-  <si>
     <t>(508) 497-8950</t>
   </si>
   <si>
     <t>TB1904</t>
   </si>
   <si>
-    <t>42 South Street</t>
-[...7 lines deleted...]
-  <si>
     <t>Artivion Inc (formerly Known As Cryolife Inc)</t>
   </si>
   <si>
     <t>1655 Roberts Blvd Nw</t>
   </si>
   <si>
     <t>Kennesaw</t>
   </si>
   <si>
     <t>30144</t>
   </si>
   <si>
     <t>Wayne Daniels</t>
   </si>
   <si>
     <t>(770) 419-3355</t>
   </si>
   <si>
     <t>TB1130</t>
   </si>
   <si>
     <t>Asian Egg Bank</t>
   </si>
   <si>
     <t>4910 Directors Place Suite 310</t>
   </si>
   <si>
     <t>San Diego</t>
   </si>
   <si>
     <t>92121</t>
   </si>
   <si>
     <t>Lydon Chang</t>
   </si>
   <si>
     <t>(858) 381-3224</t>
   </si>
   <si>
     <t>TB3908</t>
   </si>
   <si>
+    <t>Aspire Fertility Institute Austin</t>
+  </si>
+  <si>
+    <t>911 W 38th Street #402</t>
+  </si>
+  <si>
+    <t>Austin</t>
+  </si>
+  <si>
+    <t>78705</t>
+  </si>
+  <si>
+    <t>Angela Kelley</t>
+  </si>
+  <si>
+    <t>(512) 479-7979</t>
+  </si>
+  <si>
+    <t>TB4107</t>
+  </si>
+  <si>
     <t>Aspire Fertility Institute Dallas</t>
   </si>
   <si>
     <t>16415 Addison Blvd Suite 900</t>
   </si>
   <si>
     <t>Addison</t>
   </si>
   <si>
     <t>75001</t>
   </si>
   <si>
     <t>Christine Mansfield</t>
   </si>
   <si>
     <t>(214) 414-3816</t>
   </si>
   <si>
     <t>TB3589</t>
   </si>
   <si>
     <t>Aspire Fertility Institute Of San Antonio</t>
   </si>
   <si>
     <t>150 E Sonterra Blvd Suite 220</t>
   </si>
   <si>
     <t>78258</t>
   </si>
   <si>
     <t>Ursula Balthazar</t>
   </si>
   <si>
     <t>(210) 337-5453</t>
   </si>
   <si>
     <t>TB1879</t>
   </si>
   <si>
+    <t>Aspire Houston Fertility Institue- Main Street</t>
+  </si>
+  <si>
+    <t>7515 Main Street Suite 350</t>
+  </si>
+  <si>
+    <t>77030</t>
+  </si>
+  <si>
+    <t>Randall Dunn</t>
+  </si>
+  <si>
+    <t>(832) 389-2955</t>
+  </si>
+  <si>
+    <t>TB4094</t>
+  </si>
+  <si>
     <t>Aspire Houston Fertility Institute</t>
   </si>
   <si>
     <t>2500 Fondren Road Suite 350</t>
   </si>
   <si>
     <t>77063</t>
   </si>
   <si>
     <t>Ghassan Haddad</t>
   </si>
   <si>
     <t>(713) 782-8279</t>
   </si>
   <si>
     <t>TB3632</t>
   </si>
   <si>
     <t>Axogen Corporation</t>
   </si>
   <si>
     <t>913 Industrial Park Dr</t>
   </si>
   <si>
     <t>Vandalia</t>
   </si>
   <si>
     <t>45377</t>
   </si>
   <si>
     <t>Harrinarine Madhosingh</t>
   </si>
   <si>
     <t>(386) 462-6800</t>
   </si>
   <si>
     <t>TB3562</t>
   </si>
   <si>
+    <t>13631 Progress Blvd Ste 400</t>
+  </si>
+  <si>
+    <t>Alachua</t>
+  </si>
+  <si>
+    <t>32615</t>
+  </si>
+  <si>
+    <t>(386) 462-6811</t>
+  </si>
+  <si>
+    <t>TB1421</t>
+  </si>
+  <si>
     <t>300 Boone Road Ste A2 &amp; A3</t>
   </si>
   <si>
     <t>Burleson</t>
   </si>
   <si>
     <t>76028</t>
   </si>
   <si>
     <t>(352) 317-8197</t>
   </si>
   <si>
     <t>TB2172</t>
   </si>
   <si>
-    <t>13631 Progress Blvd Ste 400</t>
-[...13 lines deleted...]
-  <si>
     <t>Axoloti Biologix Inc</t>
   </si>
   <si>
     <t>2201 North Gemini Drive Suite 140</t>
   </si>
   <si>
     <t>East Flagstaff</t>
   </si>
   <si>
     <t>86001</t>
   </si>
   <si>
     <t>Darlene Lee</t>
   </si>
   <si>
     <t>(866) 729-5099</t>
   </si>
   <si>
     <t>TB3680</t>
   </si>
   <si>
     <t>Axolotl Biologix</t>
   </si>
   <si>
     <t>7327 East Tierra Buena Lane</t>
@@ -828,77 +914,89 @@
   <si>
     <t>TB3691</t>
   </si>
   <si>
     <t>Bacterin International Inc</t>
   </si>
   <si>
     <t>600 Cruiser Lane</t>
   </si>
   <si>
     <t>Belgrade</t>
   </si>
   <si>
     <t>MT</t>
   </si>
   <si>
     <t>59714</t>
   </si>
   <si>
     <t>(406) 388-0480</t>
   </si>
   <si>
     <t>TB1366</t>
   </si>
   <si>
+    <t>Bbg Advanced Therapies</t>
+  </si>
+  <si>
+    <t>1305 E Houston St Bldg 5</t>
+  </si>
+  <si>
+    <t>(210) 731-5555</t>
+  </si>
+  <si>
+    <t>TB4091</t>
+  </si>
+  <si>
     <t>Berkeley Advanced Biomaterials</t>
   </si>
   <si>
+    <t>2800 7th Street</t>
+  </si>
+  <si>
+    <t>Berkeley</t>
+  </si>
+  <si>
+    <t>94710</t>
+  </si>
+  <si>
+    <t>Karen Reiser</t>
+  </si>
+  <si>
+    <t>(510) 883-0500</t>
+  </si>
+  <si>
+    <t>TB2782</t>
+  </si>
+  <si>
     <t>901 Grayson Street Ste 101</t>
   </si>
   <si>
-    <t>Berkeley</t>
-[...10 lines deleted...]
-  <si>
     <t>TB1884</t>
   </si>
   <si>
-    <t>2800 7th Street</t>
-[...4 lines deleted...]
-  <si>
     <t>Berkeley Biologics Llc (formerly Elutia Inc)</t>
   </si>
   <si>
     <t>880 Harbour Way South, #100</t>
   </si>
   <si>
     <t>Richmond</t>
   </si>
   <si>
     <t>94804</t>
   </si>
   <si>
     <t>(855) 416-0596</t>
   </si>
   <si>
     <t>TB2355</t>
   </si>
   <si>
     <t>Bimini Health Tech</t>
   </si>
   <si>
     <t>8400 Belleview Drive</t>
   </si>
   <si>
     <t>Plano</t>
@@ -1086,51 +1184,51 @@
   <si>
     <t>TB4047</t>
   </si>
   <si>
     <t>Bioxtek Llc</t>
   </si>
   <si>
     <t>316 Ne 1st Street</t>
   </si>
   <si>
     <t>Pompano Beach</t>
   </si>
   <si>
     <t>33060</t>
   </si>
   <si>
     <t>(954) 247-1977</t>
   </si>
   <si>
     <t>TB3716</t>
   </si>
   <si>
     <t>Birth Tissue Donor Svcs Of Tennessee Inc</t>
   </si>
   <si>
-    <t>107 S Washington Ave #a</t>
+    <t>1150 Perimeter Park Dr</t>
   </si>
   <si>
     <t>Cookeville</t>
   </si>
   <si>
     <t>38501</t>
   </si>
   <si>
     <t>(931) 526-2885</t>
   </si>
   <si>
     <t>TB3701</t>
   </si>
   <si>
     <t>Birth Tissue Processing/ Tides Medical</t>
   </si>
   <si>
     <t>1819 W Pinhook Rd Suite 206</t>
   </si>
   <si>
     <t>Lafayette</t>
   </si>
   <si>
     <t>LA</t>
   </si>
@@ -1299,80 +1397,80 @@
   <si>
     <t>TB1108</t>
   </si>
   <si>
     <t>C5 Biomedical Llc</t>
   </si>
   <si>
     <t>6452 E Rogers Cir</t>
   </si>
   <si>
     <t>Boca Raton</t>
   </si>
   <si>
     <t>33487</t>
   </si>
   <si>
     <t>(954) 408-8700</t>
   </si>
   <si>
     <t>TB3612</t>
   </si>
   <si>
     <t>California Cryobank</t>
   </si>
   <si>
+    <t>11915 La Grange Avenue</t>
+  </si>
+  <si>
+    <t>Los Angeles</t>
+  </si>
+  <si>
+    <t>90025</t>
+  </si>
+  <si>
+    <t>(310) 443-5244</t>
+  </si>
+  <si>
+    <t>TB698</t>
+  </si>
+  <si>
     <t>6550 S Bay Colony Drive #100</t>
   </si>
   <si>
     <t>Tucson</t>
   </si>
   <si>
     <t>85756</t>
   </si>
   <si>
     <t>(617) 702-4358</t>
   </si>
   <si>
     <t>TB3911</t>
   </si>
   <si>
-    <t>11915 La Grange Avenue</t>
-[...13 lines deleted...]
-  <si>
     <t>Camber Spine Technologies</t>
   </si>
   <si>
     <t>635 Clark Avenue</t>
   </si>
   <si>
     <t>King Of Prussia</t>
   </si>
   <si>
     <t>PA</t>
   </si>
   <si>
     <t>19406</t>
   </si>
   <si>
     <t>(484) 427-7060</t>
   </si>
   <si>
     <t>TB3545</t>
   </si>
   <si>
     <t>Captiva Spine Inc</t>
   </si>
   <si>
     <t>400 N Cypress Drive</t>
@@ -1791,53 +1889,50 @@
   <si>
     <t>Choicespine, Lp</t>
   </si>
   <si>
     <t>400 Erin Dr</t>
   </si>
   <si>
     <t>Knoxville</t>
   </si>
   <si>
     <t>37919</t>
   </si>
   <si>
     <t>(865) 246-3333</t>
   </si>
   <si>
     <t>TB2594</t>
   </si>
   <si>
     <t>Christiana Care</t>
   </si>
   <si>
     <t>4755 Ogletown-stanton Road</t>
   </si>
   <si>
-    <t>Newark</t>
-[...1 lines deleted...]
-  <si>
     <t>DE</t>
   </si>
   <si>
     <t>19718</t>
   </si>
   <si>
     <t>Mary Iacocca</t>
   </si>
   <si>
     <t>(302) 733-3625</t>
   </si>
   <si>
     <t>TB3592</t>
   </si>
   <si>
     <t>Clinical Cell And Vacinne Production Facility</t>
   </si>
   <si>
     <t>3400 Spruce Street Maloney Bldg Ste 640</t>
   </si>
   <si>
     <t>Philadelphia</t>
   </si>
   <si>
     <t>19104</t>
@@ -1917,50 +2012,68 @@
   <si>
     <t>TB1293</t>
   </si>
   <si>
     <t>Community Blood Center Dba Solvita</t>
   </si>
   <si>
     <t>2900 College Drive</t>
   </si>
   <si>
     <t>Kettering</t>
   </si>
   <si>
     <t>45420</t>
   </si>
   <si>
     <t>James Alexander</t>
   </si>
   <si>
     <t>(937) 222-0228</t>
   </si>
   <si>
     <t>TB1145</t>
   </si>
   <si>
+    <t>Community Blood Center Dba Solvita- Fort Worth</t>
+  </si>
+  <si>
+    <t>328 South Adams Street</t>
+  </si>
+  <si>
+    <t>Fort Worth</t>
+  </si>
+  <si>
+    <t>76104</t>
+  </si>
+  <si>
+    <t>(817) 332-1898</t>
+  </si>
+  <si>
+    <t>TB4077</t>
+  </si>
+  <si>
     <t>Community Blood Center Dba Solvita- Portland</t>
   </si>
   <si>
     <t>18111 Ne Sandy Blvd</t>
   </si>
   <si>
     <t>Portland</t>
   </si>
   <si>
     <t>OR</t>
   </si>
   <si>
     <t>97230</t>
   </si>
   <si>
     <t>(503) 408-9394</t>
   </si>
   <si>
     <t>TB4063</t>
   </si>
   <si>
     <t>Community Blood Center Of Greater Kansas City</t>
   </si>
   <si>
     <t>4040 Main Street</t>
@@ -2109,4028 +2222,4058 @@
   <si>
     <t>Jon Sweet</t>
   </si>
   <si>
     <t>(407) 667-3000</t>
   </si>
   <si>
     <t>TB1735</t>
   </si>
   <si>
     <t>Corneagen- Boston</t>
   </si>
   <si>
     <t>300 Bear Hill Road</t>
   </si>
   <si>
     <t>Ann Bajart</t>
   </si>
   <si>
     <t>(617) 722-9900</t>
   </si>
   <si>
     <t>TB2774</t>
   </si>
   <si>
+    <t>Corneagen- Houston</t>
+  </si>
+  <si>
+    <t>6501 Fannin Street Nc 201</t>
+  </si>
+  <si>
+    <t>Sumitra Khandelwal</t>
+  </si>
+  <si>
+    <t>(713) 798-5500</t>
+  </si>
+  <si>
+    <t>TB3966</t>
+  </si>
+  <si>
     <t>Corneagen- Irvine</t>
   </si>
   <si>
     <t>850 Health Science Road, Suite 2020</t>
   </si>
   <si>
     <t>Irvine</t>
   </si>
   <si>
     <t>92617</t>
   </si>
   <si>
     <t>Sumit Garg</t>
   </si>
   <si>
     <t>(949) 854-0800</t>
   </si>
   <si>
     <t>TB2291</t>
   </si>
   <si>
     <t>Corneagen- Orlando/ Medical Eye Bank Of Florida</t>
   </si>
   <si>
-    <t>2902 North Orange Avenue, Suite 1</t>
+    <t>220 E Central Pkwy #1020</t>
+  </si>
+  <si>
+    <t>(407) 422-2020</t>
+  </si>
+  <si>
+    <t>TB2764</t>
+  </si>
+  <si>
+    <t>Corneagen- San Francisco</t>
+  </si>
+  <si>
+    <t>6000 Shoreline Ct Suite 202</t>
+  </si>
+  <si>
+    <t>South San Francisco</t>
+  </si>
+  <si>
+    <t>94080</t>
+  </si>
+  <si>
+    <t>Douglas Holsclaw Iii</t>
+  </si>
+  <si>
+    <t>(415) 330-0900</t>
+  </si>
+  <si>
+    <t>TB2290</t>
+  </si>
+  <si>
+    <t>Corneagen- Seattle</t>
+  </si>
+  <si>
+    <t>1200 6th Ave Suite 300</t>
+  </si>
+  <si>
+    <t>98101</t>
+  </si>
+  <si>
+    <t>Matthew Giegengack</t>
+  </si>
+  <si>
+    <t>(800) 847-5786</t>
+  </si>
+  <si>
+    <t>TB1842</t>
+  </si>
+  <si>
+    <t>Cryobank America Llc</t>
+  </si>
+  <si>
+    <t>3050 S Center St Ste 100</t>
+  </si>
+  <si>
+    <t>Arlington</t>
+  </si>
+  <si>
+    <t>76014</t>
+  </si>
+  <si>
+    <t>Huan Nguyen</t>
+  </si>
+  <si>
+    <t>(817) 945-8708</t>
+  </si>
+  <si>
+    <t>TB3287</t>
+  </si>
+  <si>
+    <t>Cryobiology, Inc</t>
+  </si>
+  <si>
+    <t>4830-d Knightsbridge Blvd</t>
+  </si>
+  <si>
+    <t>43214</t>
+  </si>
+  <si>
+    <t>David Prescott</t>
+  </si>
+  <si>
+    <t>(614) 451-4375</t>
+  </si>
+  <si>
+    <t>TB1474</t>
+  </si>
+  <si>
+    <t>Cryo-cell International Inc</t>
+  </si>
+  <si>
+    <t>700 Brooker Creek Blvd #1800</t>
+  </si>
+  <si>
+    <t>Oldsmar</t>
+  </si>
+  <si>
+    <t>34677</t>
+  </si>
+  <si>
+    <t>Joanne Kurtzberg</t>
+  </si>
+  <si>
+    <t>(813) 749-2100</t>
+  </si>
+  <si>
+    <t>TB1195</t>
+  </si>
+  <si>
+    <t>Cryogam Colorado, Llc</t>
+  </si>
+  <si>
+    <t>2216 Hoffman Drive, Unit B</t>
+  </si>
+  <si>
+    <t>Loveland</t>
+  </si>
+  <si>
+    <t>80538</t>
+  </si>
+  <si>
+    <t>Thomas Englert</t>
+  </si>
+  <si>
+    <t>(970) 667-9901</t>
+  </si>
+  <si>
+    <t>TB1723</t>
+  </si>
+  <si>
+    <t>Cryomate Llc</t>
+  </si>
+  <si>
+    <t>320 N Meridian Street Ste 606</t>
+  </si>
+  <si>
+    <t>46204</t>
+  </si>
+  <si>
+    <t>David Kulak</t>
+  </si>
+  <si>
+    <t>(463) 274-8050</t>
+  </si>
+  <si>
+    <t>TB4033</t>
+  </si>
+  <si>
+    <t>Cryos International- New York Llc</t>
+  </si>
+  <si>
+    <t>90 Maiden Lane Ste 302</t>
+  </si>
+  <si>
+    <t>Mitchell Essig</t>
+  </si>
+  <si>
+    <t>(212) 430-5950</t>
+  </si>
+  <si>
+    <t>TB1292</t>
+  </si>
+  <si>
+    <t>Cryos International- Usa Llc</t>
+  </si>
+  <si>
+    <t>2200 N Alafaya Trail Suite 550</t>
+  </si>
+  <si>
+    <t>32826</t>
+  </si>
+  <si>
+    <t>Zamip Patel</t>
+  </si>
+  <si>
+    <t>(407) 203-1175</t>
+  </si>
+  <si>
+    <t>TB2431</t>
+  </si>
+  <si>
+    <t>Cura Industries, Llc</t>
+  </si>
+  <si>
+    <t>370 W Anchor Dr #300</t>
+  </si>
+  <si>
+    <t>Dakota Dunes</t>
+  </si>
+  <si>
+    <t>SD</t>
+  </si>
+  <si>
+    <t>57049</t>
+  </si>
+  <si>
+    <t>(718) 898-1931</t>
+  </si>
+  <si>
+    <t>TB4010</t>
+  </si>
+  <si>
+    <t>Dallas Fertility Center</t>
+  </si>
+  <si>
+    <t>5477 Glenn Lakes Drive Suite 201</t>
+  </si>
+  <si>
+    <t>Dallas</t>
+  </si>
+  <si>
+    <t>75231</t>
+  </si>
+  <si>
+    <t>Samuel Chantilis</t>
+  </si>
+  <si>
+    <t>(214) 363-5965</t>
+  </si>
+  <si>
+    <t>TB3582</t>
+  </si>
+  <si>
+    <t>Dci Donor Services</t>
+  </si>
+  <si>
+    <t>566 Mainstream Dr Suite 300</t>
+  </si>
+  <si>
+    <t>Nashville</t>
+  </si>
+  <si>
+    <t>37228</t>
+  </si>
+  <si>
+    <t>Sally Alrabaa</t>
+  </si>
+  <si>
+    <t>(615) 234-5200</t>
+  </si>
+  <si>
+    <t>TB1640</t>
+  </si>
+  <si>
+    <t>Dci Donor Srvc Dba Sierra Donor Srvc Eye Bank</t>
+  </si>
+  <si>
+    <t>3940 Industrial Blvd</t>
+  </si>
+  <si>
+    <t>West Sacramento</t>
+  </si>
+  <si>
+    <t>95691</t>
+  </si>
+  <si>
+    <t>Mark Mannis</t>
+  </si>
+  <si>
+    <t>(916) 567-1600</t>
+  </si>
+  <si>
+    <t>TB2390</t>
+  </si>
+  <si>
+    <t>Deepak Gulati &amp; Assocs Inc Dba Indian Egg Donors</t>
+  </si>
+  <si>
+    <t>1148 Fifth Avenue #1c</t>
+  </si>
+  <si>
+    <t>10128</t>
+  </si>
+  <si>
+    <t>Rashmi Gulati</t>
+  </si>
+  <si>
+    <t>(212) 661-7673</t>
+  </si>
+  <si>
+    <t>TB3527</t>
+  </si>
+  <si>
+    <t>Dentsply North America Llc</t>
+  </si>
+  <si>
+    <t>1800 Closter Drive</t>
+  </si>
+  <si>
+    <t>Lancaster</t>
+  </si>
+  <si>
+    <t>17601</t>
+  </si>
+  <si>
+    <t>(717) 898-8760</t>
+  </si>
+  <si>
+    <t>TB3224</t>
+  </si>
+  <si>
+    <t>Derma Sciences Inc</t>
+  </si>
+  <si>
+    <t>145 Cassens Court</t>
+  </si>
+  <si>
+    <t>Fenton</t>
+  </si>
+  <si>
+    <t>63026</t>
+  </si>
+  <si>
+    <t>(636) 326-7884</t>
+  </si>
+  <si>
+    <t>TB2122</t>
+  </si>
+  <si>
+    <t>Donor Network West</t>
+  </si>
+  <si>
+    <t>12667 Alcosta Blvd Ste 500</t>
+  </si>
+  <si>
+    <t>San Ramon</t>
+  </si>
+  <si>
+    <t>94583</t>
+  </si>
+  <si>
+    <t>(925) 480-3100</t>
+  </si>
+  <si>
+    <t>TB2660</t>
+  </si>
+  <si>
+    <t>12667 Alcosta Blvd Suite 500</t>
+  </si>
+  <si>
+    <t>TB2364</t>
+  </si>
+  <si>
+    <t>Dynamic Medical Services Dba Acesso Biologics</t>
+  </si>
+  <si>
+    <t>1980 Festival Plaza Dr #850</t>
+  </si>
+  <si>
+    <t>Ias Vegas</t>
+  </si>
+  <si>
+    <t>89135</t>
+  </si>
+  <si>
+    <t>Alex Spinoso</t>
+  </si>
+  <si>
+    <t>(702) 545-8260</t>
+  </si>
+  <si>
+    <t>TB4046</t>
+  </si>
+  <si>
+    <t>Ebi, Llc</t>
+  </si>
+  <si>
+    <t>100 Interpace Parkway</t>
+  </si>
+  <si>
+    <t>Parsippany</t>
+  </si>
+  <si>
+    <t>07054</t>
+  </si>
+  <si>
+    <t>Vincent Vigorita</t>
+  </si>
+  <si>
+    <t>(973) 299-9300</t>
+  </si>
+  <si>
+    <t>TB1329</t>
+  </si>
+  <si>
+    <t>Empower Fertility Labs Llc</t>
+  </si>
+  <si>
+    <t>427 W Pueblo St Suite C</t>
+  </si>
+  <si>
+    <t>Santa Barbara</t>
+  </si>
+  <si>
+    <t>93105</t>
+  </si>
+  <si>
+    <t>Daniel Rychlik</t>
+  </si>
+  <si>
+    <t>(805) 455-6500</t>
+  </si>
+  <si>
+    <t>TB3874</t>
+  </si>
+  <si>
+    <t>Eversight</t>
+  </si>
+  <si>
+    <t>20 Tuttle Place Suite 8</t>
+  </si>
+  <si>
+    <t>Middletown</t>
+  </si>
+  <si>
+    <t>CT</t>
+  </si>
+  <si>
+    <t>06457</t>
+  </si>
+  <si>
+    <t>Lorenzo Cervantes</t>
+  </si>
+  <si>
+    <t>(860) 223-2020</t>
+  </si>
+  <si>
+    <t>TB2516</t>
+  </si>
+  <si>
+    <t>Eversight Ohio</t>
+  </si>
+  <si>
+    <t>6700 Euclid Ave Ste 101</t>
+  </si>
+  <si>
+    <t>Cleveland</t>
+  </si>
+  <si>
+    <t>44103</t>
+  </si>
+  <si>
+    <t>Jonathan Lass</t>
+  </si>
+  <si>
+    <t>(216) 706-4220</t>
+  </si>
+  <si>
+    <t>TB1893</t>
+  </si>
+  <si>
+    <t>Evologics Llc</t>
+  </si>
+  <si>
+    <t>4766 Research Drive</t>
+  </si>
+  <si>
+    <t>78240</t>
+  </si>
+  <si>
+    <t>Emery Minnard</t>
+  </si>
+  <si>
+    <t>(866) 982-1511</t>
+  </si>
+  <si>
+    <t>TB4080</t>
+  </si>
+  <si>
+    <t>Exactech Inc</t>
+  </si>
+  <si>
+    <t>2320 Nw 66th Court</t>
+  </si>
+  <si>
+    <t>32653</t>
+  </si>
+  <si>
+    <t>R William Petty</t>
+  </si>
+  <si>
+    <t>(352) 377-1140</t>
+  </si>
+  <si>
+    <t>TB1095</t>
+  </si>
+  <si>
+    <t>Extremity Care Llc</t>
+  </si>
+  <si>
+    <t>730 E Elm Street #200</t>
+  </si>
+  <si>
+    <t>Conshohocken</t>
+  </si>
+  <si>
+    <t>19428</t>
+  </si>
+  <si>
+    <t>(610) 844-3532</t>
+  </si>
+  <si>
+    <t>TB3261</t>
+  </si>
+  <si>
+    <t>Extremity Medical Llc</t>
+  </si>
+  <si>
+    <t>300 Interpace Parkway Suite 140</t>
+  </si>
+  <si>
+    <t>Raymond Linovitz</t>
+  </si>
+  <si>
+    <t>(973) 588-8980</t>
+  </si>
+  <si>
+    <t>TB2971</t>
+  </si>
+  <si>
+    <t>Fairfax Cryobank, Inc</t>
+  </si>
+  <si>
+    <t>1944 Lexington Avenue N</t>
+  </si>
+  <si>
+    <t>Roseville</t>
+  </si>
+  <si>
+    <t>55113</t>
+  </si>
+  <si>
+    <t>Harvey Stern</t>
+  </si>
+  <si>
+    <t>(651) 489-8000</t>
+  </si>
+  <si>
+    <t>TB786</t>
+  </si>
+  <si>
+    <t>3015 Williams Drive Ste 201</t>
+  </si>
+  <si>
+    <t>Fairfax</t>
+  </si>
+  <si>
+    <t>22031</t>
+  </si>
+  <si>
+    <t>(703) 698-3976</t>
+  </si>
+  <si>
+    <t>TB699</t>
+  </si>
+  <si>
+    <t>Fairfax Cryobank, Inc - San Francisco</t>
+  </si>
+  <si>
+    <t>444 Deharo Street, Suite 222</t>
+  </si>
+  <si>
+    <t>San Francisco</t>
+  </si>
+  <si>
+    <t>94107</t>
+  </si>
+  <si>
+    <t>(415) 487-2288</t>
+  </si>
+  <si>
+    <t>TB1638</t>
+  </si>
+  <si>
+    <t>Fairfax Egg Bank</t>
+  </si>
+  <si>
+    <t>3015 Williams Drive</t>
+  </si>
+  <si>
+    <t>Laurence Udoff</t>
+  </si>
+  <si>
+    <t>(888) 352-5577</t>
+  </si>
+  <si>
+    <t>TB1998</t>
+  </si>
+  <si>
+    <t>Fertility Center Of California</t>
+  </si>
+  <si>
+    <t>6699 Alvarado Road #2208</t>
+  </si>
+  <si>
+    <t>92120</t>
+  </si>
+  <si>
+    <t>Martin Bastuba</t>
+  </si>
+  <si>
+    <t>(619) 265-0102</t>
+  </si>
+  <si>
+    <t>TB3216</t>
+  </si>
+  <si>
+    <t>Fertility Centers Of Illinois</t>
+  </si>
+  <si>
+    <t>900 North Kingsbury Street Ste Rw6</t>
+  </si>
+  <si>
+    <t>60610</t>
+  </si>
+  <si>
+    <t>Jennifer Hirshfield-cytron</t>
+  </si>
+  <si>
+    <t>TB1772</t>
+  </si>
+  <si>
+    <t>Fertility Ctrs Of Illinois Highland Park Ivf Ctr</t>
+  </si>
+  <si>
+    <t>767 Park Avenue West Ste B400</t>
+  </si>
+  <si>
+    <t>Highland Park</t>
+  </si>
+  <si>
+    <t>60035</t>
+  </si>
+  <si>
+    <t>Angeline Beltsos</t>
+  </si>
+  <si>
+    <t>TB1880</t>
+  </si>
+  <si>
+    <t>Fertility Institute Of Hawaii</t>
+  </si>
+  <si>
+    <t>1585 Kapiolani Boulevard Suite 1800</t>
+  </si>
+  <si>
+    <t>Honolulu</t>
+  </si>
+  <si>
+    <t>HI</t>
+  </si>
+  <si>
+    <t>96814</t>
+  </si>
+  <si>
+    <t>John Frattarelli</t>
+  </si>
+  <si>
+    <t>(808) 545-2800</t>
+  </si>
+  <si>
+    <t>TB1885</t>
+  </si>
+  <si>
+    <t>Flower Orthopedics</t>
+  </si>
+  <si>
+    <t>100 Witmer Rd Ste 280</t>
+  </si>
+  <si>
+    <t>Horsham</t>
+  </si>
+  <si>
+    <t>19044</t>
+  </si>
+  <si>
+    <t>Todd Schwartz</t>
+  </si>
+  <si>
+    <t>(908) 705-2226</t>
+  </si>
+  <si>
+    <t>TB2904</t>
+  </si>
+  <si>
+    <t>Folsom Metal Products Dba Frontier Devices</t>
+  </si>
+  <si>
+    <t>153 Cahaba Valley Parkway</t>
+  </si>
+  <si>
+    <t>Pelham</t>
+  </si>
+  <si>
+    <t>35124</t>
+  </si>
+  <si>
+    <t>R. Cem Cezayirli</t>
+  </si>
+  <si>
+    <t>(205) 733-0901</t>
+  </si>
+  <si>
+    <t>TB1598</t>
+  </si>
+  <si>
+    <t>Genesis Biologics, Inc</t>
+  </si>
+  <si>
+    <t>17791 Mitchell North #d</t>
+  </si>
+  <si>
+    <t>92614</t>
+  </si>
+  <si>
+    <t>Bradley Thomas</t>
+  </si>
+  <si>
+    <t>(657) 888-6243</t>
+  </si>
+  <si>
+    <t>TB2460</t>
+  </si>
+  <si>
+    <t>Georgia Eye Bank Inc</t>
+  </si>
+  <si>
+    <t>5605 Glenridge Dr Ne, Suite 250</t>
+  </si>
+  <si>
+    <t>Atlanta</t>
+  </si>
+  <si>
+    <t>30342</t>
+  </si>
+  <si>
+    <t>William Barry Lee, Md</t>
+  </si>
+  <si>
+    <t>(404) 264-1900</t>
+  </si>
+  <si>
+    <t>TB2791</t>
+  </si>
+  <si>
+    <t>Gift Of Life Donor Program</t>
+  </si>
+  <si>
+    <t>867 Fishburn Road</t>
+  </si>
+  <si>
+    <t>Hershey</t>
+  </si>
+  <si>
+    <t>17033</t>
+  </si>
+  <si>
+    <t>George Rosenwasser</t>
+  </si>
+  <si>
+    <t>(215) 557-8090</t>
+  </si>
+  <si>
+    <t>TB2425</t>
+  </si>
+  <si>
+    <t>Globalmed Logistix Llc</t>
+  </si>
+  <si>
+    <t>1880 Beaver Ridge Circle</t>
+  </si>
+  <si>
+    <t>Norcross</t>
+  </si>
+  <si>
+    <t>30071</t>
+  </si>
+  <si>
+    <t>(855) 998-4659</t>
+  </si>
+  <si>
+    <t>TB3705</t>
+  </si>
+  <si>
+    <t>30305</t>
+  </si>
+  <si>
+    <t>TB3825</t>
+  </si>
+  <si>
+    <t>Globus Medical</t>
+  </si>
+  <si>
+    <t>2560 General Armistead Avenue</t>
+  </si>
+  <si>
+    <t>Audubon</t>
+  </si>
+  <si>
+    <t>19403</t>
+  </si>
+  <si>
+    <t>Matthew Windrow</t>
+  </si>
+  <si>
+    <t>(610) 930-1800</t>
+  </si>
+  <si>
+    <t>TB1429</t>
+  </si>
+  <si>
+    <t>Gulf Coast Regional Blood Center</t>
+  </si>
+  <si>
+    <t>1400 La Concha Lane</t>
+  </si>
+  <si>
+    <t>77054</t>
+  </si>
+  <si>
+    <t>Susan Rossmann</t>
+  </si>
+  <si>
+    <t>(713) 790-1200</t>
+  </si>
+  <si>
+    <t>TB2707</t>
+  </si>
+  <si>
+    <t>Hans Biomed Usa Inc</t>
+  </si>
+  <si>
+    <t>10350 Heritage Park Dr Suite 201</t>
+  </si>
+  <si>
+    <t>Santa Fe Springs</t>
+  </si>
+  <si>
+    <t>90670</t>
+  </si>
+  <si>
+    <t>Yong Kim</t>
+  </si>
+  <si>
+    <t>(562) 777-7043</t>
+  </si>
+  <si>
+    <t>TB3190</t>
+  </si>
+  <si>
+    <t>140 Sylvan Avenue</t>
+  </si>
+  <si>
+    <t>Englewood</t>
+  </si>
+  <si>
+    <t>07632</t>
+  </si>
+  <si>
+    <t>(201) 224-2333</t>
+  </si>
+  <si>
+    <t>TB1821</t>
+  </si>
+  <si>
+    <t>Hcsc Blood Center T/a Miller-keystone Blood Ctr</t>
+  </si>
+  <si>
+    <t>1465 Valley Center Parkway</t>
+  </si>
+  <si>
+    <t>Bethlehem</t>
+  </si>
+  <si>
+    <t>18017</t>
+  </si>
+  <si>
+    <t>Donald Kuttner</t>
+  </si>
+  <si>
+    <t>(610) 691-5850</t>
+  </si>
+  <si>
+    <t>TB1123</t>
+  </si>
+  <si>
+    <t>Henry Schein Inc</t>
+  </si>
+  <si>
+    <t>41 Weaver Road</t>
+  </si>
+  <si>
+    <t>Denver</t>
+  </si>
+  <si>
+    <t>17517</t>
+  </si>
+  <si>
+    <t>(717) 335-7230</t>
+  </si>
+  <si>
+    <t>TB3946</t>
+  </si>
+  <si>
+    <t>Hiossen Tissue Bank</t>
+  </si>
+  <si>
+    <t>50 Maple St</t>
+  </si>
+  <si>
+    <t>Norwood</t>
+  </si>
+  <si>
+    <t>07648</t>
+  </si>
+  <si>
+    <t>(267) 759-7019</t>
+  </si>
+  <si>
+    <t>TB1923</t>
+  </si>
+  <si>
+    <t>Hitachi Chemical Adv Therapeutics Solutions, Llc</t>
+  </si>
+  <si>
+    <t>291 N Bernardo Ave</t>
+  </si>
+  <si>
+    <t>Mountain View</t>
+  </si>
+  <si>
+    <t>94043</t>
+  </si>
+  <si>
+    <t>Thomas Moss</t>
+  </si>
+  <si>
+    <t>(650) 934-8574</t>
+  </si>
+  <si>
+    <t>TB1891</t>
+  </si>
+  <si>
+    <t>Human Regenerative Technologies Llc</t>
+  </si>
+  <si>
+    <t>2255 Campus Drive</t>
+  </si>
+  <si>
+    <t>El Segundo</t>
+  </si>
+  <si>
+    <t>90245</t>
+  </si>
+  <si>
+    <t>(424) 297-0564</t>
+  </si>
+  <si>
+    <t>TB2183</t>
+  </si>
+  <si>
+    <t>Iantrek Inc</t>
+  </si>
+  <si>
+    <t>216 Weybosset St 2nd Floor</t>
+  </si>
+  <si>
+    <t>Providence</t>
+  </si>
+  <si>
+    <t>RI</t>
+  </si>
+  <si>
+    <t>02903</t>
+  </si>
+  <si>
+    <t>Gautam Kamthan</t>
+  </si>
+  <si>
+    <t>(401) 413-8783</t>
+  </si>
+  <si>
+    <t>TB3898</t>
+  </si>
+  <si>
+    <t>Idaho Center For Reproductive Medicine</t>
+  </si>
+  <si>
+    <t>1000 E Park Blvd Suite 100</t>
+  </si>
+  <si>
+    <t>Boise</t>
+  </si>
+  <si>
+    <t>ID</t>
+  </si>
+  <si>
+    <t>83712</t>
+  </si>
+  <si>
+    <t>Kevin Maas</t>
+  </si>
+  <si>
+    <t>(208) 342-5900</t>
+  </si>
+  <si>
+    <t>TB2831</t>
+  </si>
+  <si>
+    <t>111 Main Street Ste 100</t>
+  </si>
+  <si>
+    <t>83702</t>
+  </si>
+  <si>
+    <t>Russell Foulk</t>
+  </si>
+  <si>
+    <t>TB2019</t>
+  </si>
+  <si>
+    <t>Idaho Fertility Center</t>
+  </si>
+  <si>
+    <t>535 Sunnyside Rd #1</t>
+  </si>
+  <si>
+    <t>Idaho Falls</t>
+  </si>
+  <si>
+    <t>83402</t>
+  </si>
+  <si>
+    <t>Deirdre Conway</t>
+  </si>
+  <si>
+    <t>(208) 529-2019</t>
+  </si>
+  <si>
+    <t>TB3086</t>
+  </si>
+  <si>
+    <t>Illume Fertility</t>
+  </si>
+  <si>
+    <t>761 Main Avenue #200</t>
+  </si>
+  <si>
+    <t>Norwalk</t>
+  </si>
+  <si>
+    <t>06851</t>
+  </si>
+  <si>
+    <t>Mark Leondires</t>
+  </si>
+  <si>
+    <t>(203) 750-7434</t>
+  </si>
+  <si>
+    <t>TB4020</t>
+  </si>
+  <si>
+    <t>Implant Direct Sybron Manufacturing Llc</t>
+  </si>
+  <si>
+    <t>1899 West Mission Blvd</t>
+  </si>
+  <si>
+    <t>Pomona</t>
+  </si>
+  <si>
+    <t>91766</t>
+  </si>
+  <si>
+    <t>(818) 444-3348</t>
+  </si>
+  <si>
+    <t>TB3690</t>
+  </si>
+  <si>
+    <t>Implant Innovations, Llc</t>
+  </si>
+  <si>
+    <t>1905 Aston Ave, Suite 101</t>
+  </si>
+  <si>
+    <t>(800) 207-4975</t>
+  </si>
+  <si>
+    <t>TB2408</t>
+  </si>
+  <si>
+    <t>In2bones Usa</t>
+  </si>
+  <si>
+    <t>7750a Trinity Road</t>
+  </si>
+  <si>
+    <t>(901) 260-7931</t>
+  </si>
+  <si>
+    <t>TB2825</t>
+  </si>
+  <si>
+    <t>Infertility Lab Of Las Vagas Llc Dba Ovagen Ferti</t>
+  </si>
+  <si>
+    <t>5635 S Durango Dr Suite 110</t>
+  </si>
+  <si>
+    <t>Bruce Shapiro</t>
+  </si>
+  <si>
+    <t>(702) 254-1777</t>
+  </si>
+  <si>
+    <t>TB2157</t>
+  </si>
+  <si>
+    <t>Innovative Blood Resources</t>
+  </si>
+  <si>
+    <t>737 Pelham Boulevard</t>
+  </si>
+  <si>
+    <t>Saint Paul</t>
+  </si>
+  <si>
+    <t>55114</t>
+  </si>
+  <si>
+    <t>Brian Engel</t>
+  </si>
+  <si>
+    <t>(651) 332-7000</t>
+  </si>
+  <si>
+    <t>TB2762</t>
+  </si>
+  <si>
+    <t>Innovative Fertility Of Ohio</t>
+  </si>
+  <si>
+    <t>7095 Clyo Road</t>
+  </si>
+  <si>
+    <t>Dayton</t>
+  </si>
+  <si>
+    <t>45459</t>
+  </si>
+  <si>
+    <t>Jeremy Groll</t>
+  </si>
+  <si>
+    <t>(937) 244-4255</t>
+  </si>
+  <si>
+    <t>TB3887</t>
+  </si>
+  <si>
+    <t>Inova Blood Donor Services</t>
+  </si>
+  <si>
+    <t>45745 Nokes Blvd Ste 160</t>
+  </si>
+  <si>
+    <t>Sterling</t>
+  </si>
+  <si>
+    <t>20166</t>
+  </si>
+  <si>
+    <t>Grace Banez-sese</t>
+  </si>
+  <si>
+    <t>(571) 434-3600</t>
+  </si>
+  <si>
+    <t>TB965</t>
+  </si>
+  <si>
+    <t>Integogen Llc</t>
+  </si>
+  <si>
+    <t>2849 Pablo Ave</t>
+  </si>
+  <si>
+    <t>Tallahassee</t>
+  </si>
+  <si>
+    <t>32308</t>
+  </si>
+  <si>
+    <t>(850) 328-0340</t>
+  </si>
+  <si>
+    <t>TB2868</t>
+  </si>
+  <si>
+    <t>Interpore Cross International</t>
+  </si>
+  <si>
+    <t>181 Technology Drive</t>
+  </si>
+  <si>
+    <t>92618</t>
+  </si>
+  <si>
+    <t>(949) 453-3200</t>
+  </si>
+  <si>
+    <t>TB1186</t>
+  </si>
+  <si>
+    <t>Interventional Pain Technologies</t>
+  </si>
+  <si>
+    <t>635 Clark Ave Suite 14</t>
+  </si>
+  <si>
+    <t>TB3536</t>
+  </si>
+  <si>
+    <t>Iop Ophthalmics</t>
+  </si>
+  <si>
+    <t>3184 Airway Avenue Ste B</t>
+  </si>
+  <si>
+    <t>Costa Mesa</t>
+  </si>
+  <si>
+    <t>92626</t>
+  </si>
+  <si>
+    <t>John Hovanesian</t>
+  </si>
+  <si>
+    <t>(714) 549-1185</t>
+  </si>
+  <si>
+    <t>TB1596</t>
+  </si>
+  <si>
+    <t>Iowa Lions Eye Bank</t>
+  </si>
+  <si>
+    <t>2500 Crosspark Road W300</t>
+  </si>
+  <si>
+    <t>Coralville</t>
+  </si>
+  <si>
+    <t>IA</t>
+  </si>
+  <si>
+    <t>52241</t>
+  </si>
+  <si>
+    <t>Mark Greiner</t>
+  </si>
+  <si>
+    <t>(319) 335-4888</t>
+  </si>
+  <si>
+    <t>TB1578</t>
+  </si>
+  <si>
+    <t>Isotis Orthobiologics</t>
+  </si>
+  <si>
+    <t>2 Goodyear Ste A</t>
+  </si>
+  <si>
+    <t>(949) 595-8710</t>
+  </si>
+  <si>
+    <t>TB1187</t>
+  </si>
+  <si>
+    <t>Isto Technologies Inc</t>
+  </si>
+  <si>
+    <t>1155 Olivette Executive Parkway Suite 200</t>
+  </si>
+  <si>
+    <t>Saint Louis</t>
+  </si>
+  <si>
+    <t>63132</t>
+  </si>
+  <si>
+    <t>(314) 995-6049</t>
+  </si>
+  <si>
+    <t>TB1463</t>
+  </si>
+  <si>
+    <t>Ivf Florida Reproductive Associates</t>
+  </si>
+  <si>
+    <t>2960 North State Road 7 Ste 300</t>
+  </si>
+  <si>
+    <t>Margate</t>
+  </si>
+  <si>
+    <t>33063</t>
+  </si>
+  <si>
+    <t>David Hoffman</t>
+  </si>
+  <si>
+    <t>TB1787</t>
+  </si>
+  <si>
+    <t>J4 Biologics Llc</t>
+  </si>
+  <si>
+    <t>4848 Research Drive</t>
+  </si>
+  <si>
+    <t>(210) 251-4337</t>
+  </si>
+  <si>
+    <t>TB4026</t>
+  </si>
+  <si>
+    <t>Janssen Biotech Inc</t>
+  </si>
+  <si>
+    <t>1000 Us Highway 202</t>
+  </si>
+  <si>
+    <t>Raritan</t>
+  </si>
+  <si>
+    <t>08869</t>
+  </si>
+  <si>
+    <t>Imran Khan</t>
+  </si>
+  <si>
+    <t>(908) 722-5393</t>
+  </si>
+  <si>
+    <t>TB3537</t>
+  </si>
+  <si>
+    <t>Joint Restoration Foundation</t>
+  </si>
+  <si>
+    <t>7245 S Havana St Suite 300</t>
+  </si>
+  <si>
+    <t>80112</t>
+  </si>
+  <si>
+    <t>(877) 255-6727</t>
+  </si>
+  <si>
+    <t>TB1553</t>
+  </si>
+  <si>
+    <t>K2m Inc</t>
+  </si>
+  <si>
+    <t>600 Hope Parkway Se</t>
+  </si>
+  <si>
+    <t>Leesburg</t>
+  </si>
+  <si>
+    <t>20175</t>
+  </si>
+  <si>
+    <t>Ronald Childs</t>
+  </si>
+  <si>
+    <t>(571) 919-2195</t>
+  </si>
+  <si>
+    <t>TB1856</t>
+  </si>
+  <si>
+    <t>Katena Products, Inc</t>
+  </si>
+  <si>
+    <t>4 Middlebury Blvd Unit 1</t>
+  </si>
+  <si>
+    <t>Randolph</t>
+  </si>
+  <si>
+    <t>07869</t>
+  </si>
+  <si>
+    <t>Peter Hersh</t>
+  </si>
+  <si>
+    <t>(973) 989-1600</t>
+  </si>
+  <si>
+    <t>TB2529</t>
+  </si>
+  <si>
+    <t>Kbi Biopharma Inc</t>
+  </si>
+  <si>
+    <t>2635 Technology Forest Blvd</t>
+  </si>
+  <si>
+    <t>The Woodlands</t>
+  </si>
+  <si>
+    <t>77381</t>
+  </si>
+  <si>
+    <t>Paul Allison</t>
+  </si>
+  <si>
+    <t>(832) 585-9637</t>
+  </si>
+  <si>
+    <t>TB3079</t>
+  </si>
+  <si>
+    <t>Kci Usa Inc</t>
+  </si>
+  <si>
+    <t>15000 Grand River Road Ste 101</t>
+  </si>
+  <si>
+    <t>76155</t>
+  </si>
+  <si>
+    <t>(817) 359-2860</t>
+  </si>
+  <si>
+    <t>TB1869</t>
+  </si>
+  <si>
+    <t>Kdna Life Sciences Llc</t>
+  </si>
+  <si>
+    <t>512 E Madison Aveue Suite 101</t>
+  </si>
+  <si>
+    <t>Kenneth Conger</t>
+  </si>
+  <si>
+    <t>(406) 478-0325</t>
+  </si>
+  <si>
+    <t>TB1426</t>
+  </si>
+  <si>
+    <t>Keralink-west</t>
+  </si>
+  <si>
+    <t>1127 Wilshire Blvd Ste 602</t>
+  </si>
+  <si>
+    <t>Foy</t>
+  </si>
+  <si>
+    <t>90017</t>
+  </si>
+  <si>
+    <t>Martin Heur</t>
+  </si>
+  <si>
+    <t>(213) 482-9355</t>
+  </si>
+  <si>
+    <t>TB1974</t>
+  </si>
+  <si>
+    <t>Keystone Dental, Inc</t>
+  </si>
+  <si>
+    <t>13645 Alton Parkway Unit A</t>
+  </si>
+  <si>
+    <t>Bart Blaeser</t>
+  </si>
+  <si>
+    <t>(781) 328-3300</t>
+  </si>
+  <si>
+    <t>TB2454</t>
+  </si>
+  <si>
+    <t>Kuehne &amp; Lagel Inc</t>
+  </si>
+  <si>
+    <t>1800 Waters Ridge Dr Suite 100</t>
+  </si>
+  <si>
+    <t>Lewisville</t>
+  </si>
+  <si>
+    <t>75057</t>
+  </si>
+  <si>
+    <t>(972) 459-7655</t>
+  </si>
+  <si>
+    <t>TB2775</t>
+  </si>
+  <si>
+    <t>Lemaitre Vascular Inc</t>
+  </si>
+  <si>
+    <t>912 Nothwest Highway, Ste # 106</t>
+  </si>
+  <si>
+    <t>Fox River Grove</t>
+  </si>
+  <si>
+    <t>60021</t>
+  </si>
+  <si>
+    <t>Mark Keldahl</t>
+  </si>
+  <si>
+    <t>(847) 462-2191</t>
+  </si>
+  <si>
+    <t>TB2126</t>
+  </si>
+  <si>
+    <t>Lifecell Corporation</t>
+  </si>
+  <si>
+    <t>220 Evans Way</t>
+  </si>
+  <si>
+    <t>Branchburg</t>
+  </si>
+  <si>
+    <t>08876</t>
+  </si>
+  <si>
+    <t>Michael Gould</t>
+  </si>
+  <si>
+    <t>(908) 947-1100</t>
+  </si>
+  <si>
+    <t>TB1635</t>
+  </si>
+  <si>
+    <t>4 Millennium Way</t>
+  </si>
+  <si>
+    <t>TB3573</t>
+  </si>
+  <si>
+    <t>One Millenium Way</t>
+  </si>
+  <si>
+    <t>TB1262</t>
+  </si>
+  <si>
+    <t>Lifelink Foundation Tissue Bank</t>
+  </si>
+  <si>
+    <t>9661 Delaney Creek</t>
+  </si>
+  <si>
+    <t>Tampa</t>
+  </si>
+  <si>
+    <t>33619</t>
+  </si>
+  <si>
+    <t>(813) 886-8111</t>
+  </si>
+  <si>
+    <t>TB1375</t>
+  </si>
+  <si>
+    <t>Lifelink Tissue Bank</t>
+  </si>
+  <si>
+    <t>8510 Sunstate Street</t>
+  </si>
+  <si>
+    <t>33634</t>
+  </si>
+  <si>
+    <t>Daniel Schultz</t>
+  </si>
+  <si>
+    <t>TB1376</t>
+  </si>
+  <si>
+    <t>Lifenet Health</t>
+  </si>
+  <si>
+    <t>1864 Concert Drive</t>
+  </si>
+  <si>
+    <t>Virginia Beach</t>
+  </si>
+  <si>
+    <t>23453</t>
+  </si>
+  <si>
+    <t>Bruce Rosenfeld</t>
+  </si>
+  <si>
+    <t>(757) 464-4761</t>
+  </si>
+  <si>
+    <t>TB1074</t>
+  </si>
+  <si>
+    <t>5733 Bayside Road Suite 104</t>
+  </si>
+  <si>
+    <t>23455</t>
+  </si>
+  <si>
+    <t>TB2943</t>
+  </si>
+  <si>
+    <t>845 Airtech Parkway #198</t>
+  </si>
+  <si>
+    <t>(317) 754-3000</t>
+  </si>
+  <si>
+    <t>TB2985</t>
+  </si>
+  <si>
+    <t>Lifenet Health Northwest</t>
+  </si>
+  <si>
+    <t>501 Southwest 39th Street</t>
+  </si>
+  <si>
+    <t>Renton</t>
+  </si>
+  <si>
+    <t>98057</t>
+  </si>
+  <si>
+    <t>(425) 981-8900</t>
+  </si>
+  <si>
+    <t>TB1121</t>
+  </si>
+  <si>
+    <t>Lions Eye Bank Of Delaware Valley</t>
+  </si>
+  <si>
+    <t>401 N 3rd Street</t>
+  </si>
+  <si>
+    <t>Phila</t>
+  </si>
+  <si>
+    <t>19123</t>
+  </si>
+  <si>
+    <t>Sadeer Hannush</t>
+  </si>
+  <si>
+    <t>(800) 462-1011</t>
+  </si>
+  <si>
+    <t>TB3208</t>
+  </si>
+  <si>
+    <t>Lions Eye Bank Of Nabraska</t>
+  </si>
+  <si>
+    <t>3925 Dewey Avenue</t>
+  </si>
+  <si>
+    <t>Omaha</t>
+  </si>
+  <si>
+    <t>NE</t>
+  </si>
+  <si>
+    <t>68105</t>
+  </si>
+  <si>
+    <t>Michael Halsted</t>
+  </si>
+  <si>
+    <t>(402) 559-4039</t>
+  </si>
+  <si>
+    <t>TB2944</t>
+  </si>
+  <si>
+    <t>Lions Eye Bank Of West Central Ohio</t>
+  </si>
+  <si>
+    <t>3309 Office Park Drive</t>
+  </si>
+  <si>
+    <t>45439</t>
+  </si>
+  <si>
+    <t>David Denlinger</t>
+  </si>
+  <si>
+    <t>(937) 396-1000</t>
+  </si>
+  <si>
+    <t>TB2281</t>
+  </si>
+  <si>
+    <t>Lions Eye Bank Of Wisconsin</t>
+  </si>
+  <si>
+    <t>5003 Tradewinds Pkwy</t>
+  </si>
+  <si>
+    <t>Madison</t>
+  </si>
+  <si>
+    <t>WI</t>
+  </si>
+  <si>
+    <t>53718</t>
+  </si>
+  <si>
+    <t>Evan Warner</t>
+  </si>
+  <si>
+    <t>(877) 233-2354</t>
+  </si>
+  <si>
+    <t>TB1847</t>
+  </si>
+  <si>
+    <t>Lions Gift Of Sight</t>
+  </si>
+  <si>
+    <t>1000 Westgate Drive, Suite 260</t>
+  </si>
+  <si>
+    <t>Joshua Hou</t>
+  </si>
+  <si>
+    <t>(612) 624-1961</t>
+  </si>
+  <si>
+    <t>TB1645</t>
+  </si>
+  <si>
+    <t>Lions Med Eye Bank &amp; Research Ctr Of Eastern Va</t>
+  </si>
+  <si>
+    <t>600 Gresham Drive</t>
+  </si>
+  <si>
+    <t>Norfolk</t>
+  </si>
+  <si>
+    <t>23507</t>
+  </si>
+  <si>
+    <t>Bruce Bodner</t>
+  </si>
+  <si>
+    <t>(757) 388-2020</t>
+  </si>
+  <si>
+    <t>TB1610</t>
+  </si>
+  <si>
+    <t>Lions Vision Gift</t>
+  </si>
+  <si>
+    <t>2201 Se 11th Ave</t>
+  </si>
+  <si>
+    <t>97214</t>
+  </si>
+  <si>
+    <t>Mark Terry</t>
+  </si>
+  <si>
+    <t>(503) 808-7070</t>
+  </si>
+  <si>
+    <t>TB1573</t>
+  </si>
+  <si>
+    <t>Lions Visiongift</t>
+  </si>
+  <si>
+    <t>27-43 Wormwood St Suite 100</t>
+  </si>
+  <si>
+    <t>Boston</t>
+  </si>
+  <si>
+    <t>02210</t>
+  </si>
+  <si>
+    <t>TB2684</t>
+  </si>
+  <si>
+    <t>Lions World Vision Institute</t>
+  </si>
+  <si>
+    <t>1410 N 21st Street</t>
+  </si>
+  <si>
+    <t>33605</t>
+  </si>
+  <si>
+    <t>Benjamin Lambright</t>
+  </si>
+  <si>
+    <t>(813) 289-1200</t>
+  </si>
+  <si>
+    <t>TB1580</t>
+  </si>
+  <si>
+    <t>M A Z E Cord Blood Laboratory</t>
+  </si>
+  <si>
+    <t>2975 Westchester Ave G03</t>
+  </si>
+  <si>
+    <t>Purchase</t>
+  </si>
+  <si>
+    <t>10577</t>
+  </si>
+  <si>
+    <t>Marvin Lessig</t>
+  </si>
+  <si>
+    <t>(914) 683-0000</t>
+  </si>
+  <si>
+    <t>TB1401</t>
+  </si>
+  <si>
+    <t>Marsh Regional Blood Center Wellmont Health System</t>
+  </si>
+  <si>
+    <t>111 W Stone Drive Suite 300</t>
+  </si>
+  <si>
+    <t>Kingsport</t>
+  </si>
+  <si>
+    <t>37660</t>
+  </si>
+  <si>
+    <t>Evan Kulbacki</t>
+  </si>
+  <si>
+    <t>(423) 408-7500</t>
+  </si>
+  <si>
+    <t>TB2743</t>
+  </si>
+  <si>
+    <t>Medolac Laboratories, A Public Benefit Corporation</t>
+  </si>
+  <si>
+    <t>1031 Boulder City Pkwy</t>
+  </si>
+  <si>
+    <t>Boulder City</t>
+  </si>
+  <si>
+    <t>89005</t>
+  </si>
+  <si>
+    <t>Elizabeth Cristafalo</t>
+  </si>
+  <si>
+    <t>(949) 375-4116</t>
+  </si>
+  <si>
+    <t>TB2608</t>
+  </si>
+  <si>
+    <t>Memphis Fertility Labortories, Inc</t>
+  </si>
+  <si>
+    <t>80 Humphreys Center, Suite 307</t>
+  </si>
+  <si>
+    <t>Mem</t>
+  </si>
+  <si>
+    <t>38120</t>
+  </si>
+  <si>
+    <t>Raymond Ke</t>
+  </si>
+  <si>
+    <t>(901) 747-2229</t>
+  </si>
+  <si>
+    <t>TB2242</t>
+  </si>
+  <si>
+    <t>Merakris Therapeutics Inc</t>
+  </si>
+  <si>
+    <t>800 Park Offices Drive #403</t>
+  </si>
+  <si>
+    <t>Research Triangle Pa</t>
+  </si>
+  <si>
+    <t>27709</t>
+  </si>
+  <si>
+    <t>(919) 921-8105</t>
+  </si>
+  <si>
+    <t>TB3992</t>
+  </si>
+  <si>
+    <t>Mid America Transplant Services</t>
+  </si>
+  <si>
+    <t>1110 Highlands Plaza Drive East, Suite 100</t>
+  </si>
+  <si>
+    <t>63110</t>
+  </si>
+  <si>
+    <t>Jennifer Enright</t>
+  </si>
+  <si>
+    <t>(314) 735-8446</t>
+  </si>
+  <si>
+    <t>TB2295</t>
+  </si>
+  <si>
+    <t>Millstone Medical Outsourcing Llc</t>
+  </si>
+  <si>
+    <t>8836 Polk Lane Ste 100</t>
+  </si>
+  <si>
+    <t>Olive Branch</t>
+  </si>
+  <si>
+    <t>MS</t>
+  </si>
+  <si>
+    <t>38654</t>
+  </si>
+  <si>
+    <t>John Turner</t>
+  </si>
+  <si>
+    <t>(662) 892-3612</t>
+  </si>
+  <si>
+    <t>TB1858</t>
+  </si>
+  <si>
+    <t>Mimedx Tissue Services, Llc</t>
+  </si>
+  <si>
+    <t>1775 West Oak Commons Ct Ne</t>
+  </si>
+  <si>
+    <t>(404) 461-9265</t>
+  </si>
+  <si>
+    <t>TB1411</t>
+  </si>
+  <si>
+    <t>Miracle Cord, Inc</t>
+  </si>
+  <si>
+    <t>875 N Michigan Avenue, Suite 3100</t>
+  </si>
+  <si>
+    <t>60611</t>
+  </si>
+  <si>
+    <t>Scott Goebel</t>
+  </si>
+  <si>
+    <t>(888) 743-2673</t>
+  </si>
+  <si>
+    <t>TB1606</t>
+  </si>
+  <si>
+    <t>Miracles In Sight</t>
+  </si>
+  <si>
+    <t>3900 Westpoint Blvd Suite F</t>
+  </si>
+  <si>
+    <t>David Tremblay</t>
+  </si>
+  <si>
+    <t>(336) 765-0932</t>
+  </si>
+  <si>
+    <t>TB1572</t>
+  </si>
+  <si>
+    <t>Mis Implants Technologies Inc</t>
+  </si>
+  <si>
+    <t>18-00 Fair Lawn Avenue</t>
+  </si>
+  <si>
+    <t>Fair Lawn</t>
+  </si>
+  <si>
+    <t>07410</t>
+  </si>
+  <si>
+    <t>Zev Schulhof</t>
+  </si>
+  <si>
+    <t>(201) 710-6200</t>
+  </si>
+  <si>
+    <t>TB2162</t>
+  </si>
+  <si>
+    <t>Mississippi Valley Regional Blood Center</t>
+  </si>
+  <si>
+    <t>5500 Lakeview Parkway</t>
+  </si>
+  <si>
+    <t>Davenport</t>
+  </si>
+  <si>
+    <t>52807</t>
+  </si>
+  <si>
+    <t>(563) 359-5401</t>
+  </si>
+  <si>
+    <t>TB1812</t>
+  </si>
+  <si>
+    <t>Missouri Center For Reproductive Medicine (mcrm)</t>
+  </si>
+  <si>
+    <t>17300 N Outer Forty, Suite 101</t>
+  </si>
+  <si>
+    <t>Chesterfield</t>
+  </si>
+  <si>
+    <t>63005</t>
+  </si>
+  <si>
+    <t>Peter Ahlering</t>
+  </si>
+  <si>
+    <t>(636) 778-9899</t>
+  </si>
+  <si>
+    <t>TB2428</t>
+  </si>
+  <si>
+    <t>Mother's Milk Bank</t>
+  </si>
+  <si>
+    <t>1887 Monterey Highway Suite 110</t>
+  </si>
+  <si>
+    <t>San Jose</t>
+  </si>
+  <si>
+    <t>95128</t>
+  </si>
+  <si>
+    <t>Ronald Cohen</t>
+  </si>
+  <si>
+    <t>(408) 998-4550</t>
+  </si>
+  <si>
+    <t>TB1464</t>
+  </si>
+  <si>
+    <t>Mothers' Milk Bank Northeast</t>
+  </si>
+  <si>
+    <t>377 Elliot Street</t>
+  </si>
+  <si>
+    <t>Newton Upper Falls</t>
+  </si>
+  <si>
+    <t>02464</t>
+  </si>
+  <si>
+    <t>Gina Trachimowicz</t>
+  </si>
+  <si>
+    <t>(617) 527-6263</t>
+  </si>
+  <si>
+    <t>TB2098</t>
+  </si>
+  <si>
+    <t>Mothers Milk Cooperative</t>
+  </si>
+  <si>
+    <t>(971) 228-9187</t>
+  </si>
+  <si>
+    <t>TB2607</t>
+  </si>
+  <si>
+    <t>Musculoskeletal Transplant Foundation</t>
+  </si>
+  <si>
+    <t>125 May Street Ste 300</t>
+  </si>
+  <si>
+    <t>Edison</t>
+  </si>
+  <si>
+    <t>08837</t>
+  </si>
+  <si>
+    <t>Emmanuel Mahlis</t>
+  </si>
+  <si>
+    <t>(732) 661-0202</t>
+  </si>
+  <si>
+    <t>TB1073</t>
+  </si>
+  <si>
+    <t>3535 Hyland Ave</t>
+  </si>
+  <si>
+    <t>David Gocke</t>
+  </si>
+  <si>
+    <t>(714) 708-1300</t>
+  </si>
+  <si>
+    <t>TB1291</t>
+  </si>
+  <si>
+    <t>1232 Mid Valley Drive</t>
+  </si>
+  <si>
+    <t>Jessup</t>
+  </si>
+  <si>
+    <t>18434</t>
+  </si>
+  <si>
+    <t>(570) 496-3400</t>
+  </si>
+  <si>
+    <t>TB1169</t>
+  </si>
+  <si>
+    <t>Musculoskeletal Transplant Foundation West</t>
+  </si>
+  <si>
+    <t>1795a Orange Tree Lane</t>
+  </si>
+  <si>
+    <t>Redlands</t>
+  </si>
+  <si>
+    <t>92374</t>
+  </si>
+  <si>
+    <t>(909) 792-7544</t>
+  </si>
+  <si>
+    <t>TB1173</t>
+  </si>
+  <si>
+    <t>Musculosketetal Transplant Foundation</t>
+  </si>
+  <si>
+    <t>125 May Street</t>
+  </si>
+  <si>
+    <t>TB1179</t>
+  </si>
+  <si>
+    <t>Nashville Fertility Center Ovation Fertility Nashv</t>
+  </si>
+  <si>
+    <t>345 23rd Avenue N #401</t>
+  </si>
+  <si>
+    <t>37203</t>
+  </si>
+  <si>
+    <t>Meghan Smith</t>
+  </si>
+  <si>
+    <t>(615) 321-4740</t>
+  </si>
+  <si>
+    <t>TB3938</t>
+  </si>
+  <si>
+    <t>Natera, Inc</t>
+  </si>
+  <si>
+    <t>201 Industrial Road Suite 410</t>
+  </si>
+  <si>
+    <t>San Carlos</t>
+  </si>
+  <si>
+    <t>94070</t>
+  </si>
+  <si>
+    <t>(650) 249-9090</t>
+  </si>
+  <si>
+    <t>TB2612</t>
+  </si>
+  <si>
+    <t>3215 South 116th St Bldg 3 Suite 109</t>
+  </si>
+  <si>
+    <t>Burien</t>
+  </si>
+  <si>
+    <t>98168</t>
+  </si>
+  <si>
+    <t>TB2963</t>
+  </si>
+  <si>
+    <t>National Marrow Donor Program</t>
+  </si>
+  <si>
+    <t>500 North 5th Street</t>
+  </si>
+  <si>
+    <t>Minneapolis</t>
+  </si>
+  <si>
+    <t>55401</t>
+  </si>
+  <si>
+    <t>John Miller</t>
+  </si>
+  <si>
+    <t>(800) 526-7809</t>
+  </si>
+  <si>
+    <t>TB1630</t>
+  </si>
+  <si>
+    <t>Nch Biologics Manufacturing Resource</t>
+  </si>
+  <si>
+    <t>700 Children's Drive</t>
+  </si>
+  <si>
+    <t>43205</t>
+  </si>
+  <si>
+    <t>Margaret Lamb</t>
+  </si>
+  <si>
+    <t>(614) 355-5692</t>
+  </si>
+  <si>
+    <t>TB3888</t>
+  </si>
+  <si>
+    <t>Nest Cryobank</t>
+  </si>
+  <si>
+    <t>1 Daniel Burnham Ct #110c</t>
+  </si>
+  <si>
+    <t>94109</t>
+  </si>
+  <si>
+    <t>Nam Tran</t>
+  </si>
+  <si>
+    <t>(415) 964-5618</t>
+  </si>
+  <si>
+    <t>TB3933</t>
+  </si>
+  <si>
+    <t>Nevada Center For Reproductive Medicine</t>
+  </si>
+  <si>
+    <t>645 Sierra Rose Drive Ste 205</t>
+  </si>
+  <si>
+    <t>Reno</t>
+  </si>
+  <si>
+    <t>89511</t>
+  </si>
+  <si>
+    <t>Scott Whitten</t>
+  </si>
+  <si>
+    <t>(775) 828-1200</t>
+  </si>
+  <si>
+    <t>TB2208</t>
+  </si>
+  <si>
+    <t>Nevada Donor Netwrok, Inc</t>
+  </si>
+  <si>
+    <t>2055 East Sahara Avenue</t>
+  </si>
+  <si>
+    <t>89104</t>
+  </si>
+  <si>
+    <t>Rajy Rouweyha</t>
+  </si>
+  <si>
+    <t>(702) 796-9600</t>
+  </si>
+  <si>
+    <t>TB3231</t>
+  </si>
+  <si>
+    <t>Nevada Fertility Institute Llc Clark Co Business L</t>
+  </si>
+  <si>
+    <t>8530 West Sunset Road #310</t>
+  </si>
+  <si>
+    <t>Cindy Duke</t>
+  </si>
+  <si>
+    <t>(702) 936-8710</t>
+  </si>
+  <si>
+    <t>TB3307</t>
+  </si>
+  <si>
+    <t>New England Cord Cryogenic Center Inc</t>
+  </si>
+  <si>
+    <t>500 Donald J Lynch Blvd</t>
+  </si>
+  <si>
+    <t>Marlborough</t>
+  </si>
+  <si>
+    <t>01752</t>
+  </si>
+  <si>
+    <t>(617) 244-4447</t>
+  </si>
+  <si>
+    <t>TB1492</t>
+  </si>
+  <si>
+    <t>New Mexico Lions Eye Bank/corneagen- Albuquerque</t>
+  </si>
+  <si>
+    <t>2501 Yale Blvd Se</t>
+  </si>
+  <si>
+    <t>Albuquerque</t>
+  </si>
+  <si>
+    <t>NM</t>
+  </si>
+  <si>
+    <t>87106</t>
+  </si>
+  <si>
+    <t>Kenneth Himmel, Md</t>
+  </si>
+  <si>
+    <t>(505) 266-3937</t>
+  </si>
+  <si>
+    <t>TB1688</t>
+  </si>
+  <si>
+    <t>New York Blood Center, Inc</t>
+  </si>
+  <si>
+    <t>601 Midland Avenue</t>
+  </si>
+  <si>
+    <t>Rye</t>
+  </si>
+  <si>
+    <t>10580</t>
+  </si>
+  <si>
+    <t>Eric Gehrie</t>
+  </si>
+  <si>
+    <t>(212) 699-5154</t>
+  </si>
+  <si>
+    <t>TB2059</t>
+  </si>
+  <si>
+    <t>New York Blood Ctr Inc Dba Blood Bank Of Delmarva</t>
+  </si>
+  <si>
+    <t>246 Dove Run Centre Drive</t>
+  </si>
+  <si>
+    <t>19709</t>
+  </si>
+  <si>
+    <t>Bruce Sachais</t>
+  </si>
+  <si>
+    <t>(302) 737-8405</t>
+  </si>
+  <si>
+    <t>TB4095</t>
+  </si>
+  <si>
+    <t>221 Saulsbury Rd,</t>
+  </si>
+  <si>
+    <t>Dover</t>
+  </si>
+  <si>
+    <t>19904</t>
+  </si>
+  <si>
+    <t>TB2445</t>
+  </si>
+  <si>
+    <t>New York Fertility Medical Practice Pllc</t>
+  </si>
+  <si>
+    <t>110 East 60th Street Fifth Floor</t>
+  </si>
+  <si>
+    <t>10022</t>
+  </si>
+  <si>
+    <t>Anate Brauer</t>
+  </si>
+  <si>
+    <t>(646) 490-3297</t>
+  </si>
+  <si>
+    <t>TB3563</t>
+  </si>
+  <si>
+    <t>Nobel Biocare Usa Llc</t>
+  </si>
+  <si>
+    <t>1889 West Mission Blvd</t>
+  </si>
+  <si>
+    <t>(714) 282-5095</t>
+  </si>
+  <si>
+    <t>TB2042</t>
+  </si>
+  <si>
+    <t>Northern California Community Blood Bank</t>
+  </si>
+  <si>
+    <t>2524 Harrison Avenue</t>
+  </si>
+  <si>
+    <t>Eureka</t>
+  </si>
+  <si>
+    <t>95501</t>
+  </si>
+  <si>
+    <t>Elie Richa</t>
+  </si>
+  <si>
+    <t>(707) 443-8004</t>
+  </si>
+  <si>
+    <t>TB2769</t>
+  </si>
+  <si>
+    <t>Nutech Spine Inc</t>
+  </si>
+  <si>
+    <t>2231 20th Avenue South</t>
+  </si>
+  <si>
+    <t>35223</t>
+  </si>
+  <si>
+    <t>Mark Prevost</t>
+  </si>
+  <si>
+    <t>(205) 329-7285</t>
+  </si>
+  <si>
+    <t>TB2669</t>
+  </si>
+  <si>
+    <t>Nuvasive Inc</t>
+  </si>
+  <si>
+    <t>4670 E Shelby Drive</t>
+  </si>
+  <si>
+    <t>(858) 909-1800</t>
+  </si>
+  <si>
+    <t>TB1535</t>
+  </si>
+  <si>
+    <t>Nuvasive, Inc</t>
+  </si>
+  <si>
+    <t>7475 Lusk Blvd</t>
+  </si>
+  <si>
+    <t>(858) 909-1868</t>
+  </si>
+  <si>
+    <t>TB1433</t>
+  </si>
+  <si>
+    <t>Nyu Langone Fertility Center</t>
+  </si>
+  <si>
+    <t>159 E 53rd Street 3rd Floor</t>
+  </si>
+  <si>
+    <t>James Grifo</t>
+  </si>
+  <si>
+    <t>(212) 263-8990</t>
+  </si>
+  <si>
+    <t>TB3702</t>
+  </si>
+  <si>
+    <t>Nyu Langone Reproductive Specialist Of New York</t>
+  </si>
+  <si>
+    <t>200 Old Country Rd Suite 360</t>
+  </si>
+  <si>
+    <t>Mineola</t>
+  </si>
+  <si>
+    <t>11501</t>
+  </si>
+  <si>
+    <t>Maria Saketos</t>
+  </si>
+  <si>
+    <t>(516) 240-7475</t>
+  </si>
+  <si>
+    <t>TB3927</t>
+  </si>
+  <si>
+    <t>Ohio Health Mothers' Milk Bank</t>
+  </si>
+  <si>
+    <t>4850 East Main Street</t>
+  </si>
+  <si>
+    <t>43213</t>
+  </si>
+  <si>
+    <t>Jessica Tucker</t>
+  </si>
+  <si>
+    <t>(614) 556-0630</t>
+  </si>
+  <si>
+    <t>TB2178</t>
+  </si>
+  <si>
+    <t>Oklahoma Blood Institute Sylvan N Goldman Center</t>
+  </si>
+  <si>
+    <t>1001 North Lincoln Blvd</t>
+  </si>
+  <si>
+    <t>Oklahoma City</t>
+  </si>
+  <si>
+    <t>OK</t>
+  </si>
+  <si>
+    <t>73104</t>
+  </si>
+  <si>
+    <t>James Smith</t>
+  </si>
+  <si>
+    <t>(405) 297-5758</t>
+  </si>
+  <si>
+    <t>TB1816</t>
+  </si>
+  <si>
+    <t>Oklahoma Lions Eye Bank</t>
+  </si>
+  <si>
+    <t>3840 N Lincoln Blvd</t>
+  </si>
+  <si>
+    <t>73105</t>
+  </si>
+  <si>
+    <t>Rhea Siatkowski</t>
+  </si>
+  <si>
+    <t>(405) 557-1393</t>
+  </si>
+  <si>
+    <t>TB2858</t>
+  </si>
+  <si>
+    <t>Oneblood Inc</t>
+  </si>
+  <si>
+    <t>10100 Dr Martin Luther King Jr St N</t>
+  </si>
+  <si>
+    <t>Saint Petersburg</t>
+  </si>
+  <si>
+    <t>33716</t>
+  </si>
+  <si>
+    <t>Marissa Saint Martin</t>
+  </si>
+  <si>
+    <t>(850) 702-0414</t>
+  </si>
+  <si>
+    <t>TB3833</t>
+  </si>
+  <si>
+    <t>Onelegacy Eye Bank</t>
+  </si>
+  <si>
+    <t>221 South Figueroa St Suite 500</t>
+  </si>
+  <si>
+    <t>90012</t>
+  </si>
+  <si>
+    <t>Christopher Blanton</t>
+  </si>
+  <si>
+    <t>(212) 229-5639</t>
+  </si>
+  <si>
+    <t>TB2681</t>
+  </si>
+  <si>
+    <t>Organogenesis Inc</t>
+  </si>
+  <si>
+    <t>10933 N Torrey Pines Road Ste 200</t>
+  </si>
+  <si>
+    <t>La Jolla</t>
+  </si>
+  <si>
+    <t>92037</t>
+  </si>
+  <si>
+    <t>Scott James</t>
+  </si>
+  <si>
+    <t>(858) 754-3772</t>
+  </si>
+  <si>
+    <t>TB1399</t>
+  </si>
+  <si>
+    <t>150 Dan Road</t>
+  </si>
+  <si>
+    <t>Canton</t>
+  </si>
+  <si>
+    <t>02021</t>
+  </si>
+  <si>
+    <t>(781) 575-0775</t>
+  </si>
+  <si>
+    <t>TB1288</t>
+  </si>
+  <si>
+    <t>2641 Rocky Ridge Lane</t>
+  </si>
+  <si>
+    <t>35216</t>
+  </si>
+  <si>
+    <t>Richard Meyer</t>
+  </si>
+  <si>
+    <t>(205) 290-2158</t>
+  </si>
+  <si>
+    <t>TB1447</t>
+  </si>
+  <si>
+    <t>333 Providence Highway</t>
+  </si>
+  <si>
+    <t>02062</t>
+  </si>
+  <si>
+    <t>Lara Kingston</t>
+  </si>
+  <si>
+    <t>TB3245</t>
+  </si>
+  <si>
+    <t>Origin Biologics</t>
+  </si>
+  <si>
+    <t>6635 S Eastern Avenue #100</t>
+  </si>
+  <si>
+    <t>(702) 790-7015</t>
+  </si>
+  <si>
+    <t>TB3180</t>
+  </si>
+  <si>
+    <t>Ortho Express</t>
+  </si>
+  <si>
+    <t>7327 E Tierra Buena Lane</t>
+  </si>
+  <si>
+    <t>TB3291</t>
+  </si>
+  <si>
+    <t>Orthofix  Inc</t>
+  </si>
+  <si>
+    <t>3451 Plano Parkway</t>
+  </si>
+  <si>
+    <t>75056</t>
+  </si>
+  <si>
+    <t>Robert Reddix Jr</t>
+  </si>
+  <si>
+    <t>(214) 937-2500</t>
+  </si>
+  <si>
+    <t>TB1446</t>
+  </si>
+  <si>
+    <t>Orthopediatrics, Corp</t>
+  </si>
+  <si>
+    <t>210 N Buffalo Street</t>
+  </si>
+  <si>
+    <t>Warsaw</t>
+  </si>
+  <si>
+    <t>46580</t>
+  </si>
+  <si>
+    <t>Robert Jackson</t>
+  </si>
+  <si>
+    <t>(574) 268-6379</t>
+  </si>
+  <si>
+    <t>TB1621</t>
+  </si>
+  <si>
+    <t>Ossium Health Inc</t>
+  </si>
+  <si>
+    <t>5742 W 74th Street</t>
+  </si>
+  <si>
+    <t>46278</t>
+  </si>
+  <si>
+    <t>William Goebel</t>
+  </si>
+  <si>
+    <t>(317) 222-1272</t>
+  </si>
+  <si>
+    <t>TB3687</t>
+  </si>
+  <si>
+    <t>Osteogenics Biomedical Inc</t>
+  </si>
+  <si>
+    <t>TB1815</t>
+  </si>
+  <si>
+    <t>Osteotech Inc</t>
+  </si>
+  <si>
+    <t>201 Industrial Way</t>
+  </si>
+  <si>
+    <t>Eatontown</t>
+  </si>
+  <si>
+    <t>07724</t>
+  </si>
+  <si>
+    <t>(732) 542-2800</t>
+  </si>
+  <si>
+    <t>TB1086</t>
+  </si>
+  <si>
+    <t>Pacific Fertility Center</t>
+  </si>
+  <si>
+    <t>55 Francisco Street #500</t>
+  </si>
+  <si>
+    <t>94133</t>
+  </si>
+  <si>
+    <t>Isabelle Ryan</t>
+  </si>
+  <si>
+    <t>(415) 834-3000</t>
+  </si>
+  <si>
+    <t>TB3579</t>
+  </si>
+  <si>
+    <t>Pacific Reproductive Services</t>
+  </si>
+  <si>
+    <t>65 N Madison Ave, Ste 610</t>
+  </si>
+  <si>
+    <t>Pasadena</t>
+  </si>
+  <si>
+    <t>91101</t>
+  </si>
+  <si>
+    <t>(626) 432-1681</t>
+  </si>
+  <si>
+    <t>TB1639</t>
+  </si>
+  <si>
+    <t>Painteq</t>
+  </si>
+  <si>
+    <t>13719 N Nebraska Ave Suite 105</t>
+  </si>
+  <si>
+    <t>33613</t>
+  </si>
+  <si>
+    <t>David Reece</t>
+  </si>
+  <si>
+    <t>(855) 248-7246</t>
+  </si>
+  <si>
+    <t>TB3547</t>
+  </si>
+  <si>
+    <t>Paragon 28 Inc</t>
+  </si>
+  <si>
+    <t>14445 Grasslands Drive</t>
+  </si>
+  <si>
+    <t>Gregory Guyton</t>
+  </si>
+  <si>
+    <t>(888) 728-1888</t>
+  </si>
+  <si>
+    <t>TB2077</t>
+  </si>
+  <si>
+    <t>Parametrics Medical</t>
+  </si>
+  <si>
+    <t>1501 Leander Drive, Ste 140</t>
+  </si>
+  <si>
+    <t>Leander</t>
+  </si>
+  <si>
+    <t>78641</t>
+  </si>
+  <si>
+    <t>(512) 656-1846</t>
+  </si>
+  <si>
+    <t>TB2155</t>
+  </si>
+  <si>
+    <t>Pinnacle Transplant Technologies Llc</t>
+  </si>
+  <si>
+    <t>1125 W Pinnacle Peak Rd Bldg 2</t>
+  </si>
+  <si>
+    <t>(623) 277-5400</t>
+  </si>
+  <si>
+    <t>TB1870</t>
+  </si>
+  <si>
+    <t>Pozitivf Fertility</t>
+  </si>
+  <si>
+    <t>4515 North Loop 1604 West #301</t>
+  </si>
+  <si>
+    <t>Francisco Arredondo</t>
+  </si>
+  <si>
+    <t>(210) 404-2229</t>
+  </si>
+  <si>
+    <t>TB4031</t>
+  </si>
+  <si>
+    <t>Predictive Biotech</t>
+  </si>
+  <si>
+    <t>2735 E Parleys Way Suite 205</t>
+  </si>
+  <si>
+    <t>Salt Lake City</t>
+  </si>
+  <si>
+    <t>UT</t>
+  </si>
+  <si>
+    <t>84109</t>
+  </si>
+  <si>
+    <t>Michael Major</t>
+  </si>
+  <si>
+    <t>(888) 407-9761</t>
+  </si>
+  <si>
+    <t>TB2686</t>
+  </si>
+  <si>
+    <t>Prismatik Dentalcraft, Inc</t>
+  </si>
+  <si>
+    <t>17466 Daimler Street</t>
+  </si>
+  <si>
+    <t>Neil Park</t>
+  </si>
+  <si>
+    <t>(949) 440-2798</t>
+  </si>
+  <si>
+    <t>TB4030</t>
+  </si>
+  <si>
+    <t>Progenitor Cell Therapy</t>
+  </si>
+  <si>
+    <t>20 Prospect Avenue Ste 400</t>
+  </si>
+  <si>
+    <t>Hackensack</t>
+  </si>
+  <si>
+    <t>07601</t>
+  </si>
+  <si>
+    <t>Andrew Pecora</t>
+  </si>
+  <si>
+    <t>TB936</t>
+  </si>
+  <si>
+    <t>Project Legacy, Inc</t>
+  </si>
+  <si>
+    <t>55 N Sth St Unit W514</t>
+  </si>
+  <si>
+    <t>Brooklyn</t>
+  </si>
+  <si>
+    <t>11249</t>
+  </si>
+  <si>
+    <t>Michael Eisenberg</t>
+  </si>
+  <si>
+    <t>(415) 802-8440</t>
+  </si>
+  <si>
+    <t>TB2901</t>
+  </si>
+  <si>
+    <t>Prolacta Bioscience</t>
+  </si>
+  <si>
+    <t>757 Baldwin Park Blvd</t>
+  </si>
+  <si>
+    <t>City Of Industry</t>
+  </si>
+  <si>
+    <t>91746</t>
+  </si>
+  <si>
+    <t>Mitchell Goldstein</t>
+  </si>
+  <si>
+    <t>(626) 626-9560</t>
+  </si>
+  <si>
+    <t>TB2072</t>
+  </si>
+  <si>
+    <t>Prolacta Bioscience Inc</t>
+  </si>
+  <si>
+    <t>1800 Highland Avenue</t>
+  </si>
+  <si>
+    <t>Duarte</t>
+  </si>
+  <si>
+    <t>91010</t>
+  </si>
+  <si>
+    <t>(626) 599-9260</t>
+  </si>
+  <si>
+    <t>TB2978</t>
+  </si>
+  <si>
+    <t>Promethean Lifesciences Inc</t>
+  </si>
+  <si>
+    <t>1401 Forbes Avenue</t>
+  </si>
+  <si>
+    <t>Pittsburgh</t>
+  </si>
+  <si>
+    <t>15219</t>
+  </si>
+  <si>
+    <t>Ernest Manders</t>
+  </si>
+  <si>
+    <t>(412) 201-2415</t>
+  </si>
+  <si>
+    <t>TB1839</t>
+  </si>
+  <si>
+    <t>Provia Laboratories, Llc</t>
+  </si>
+  <si>
+    <t>11a Beaverbrook Rd</t>
+  </si>
+  <si>
+    <t>Littleton</t>
+  </si>
+  <si>
+    <t>01460</t>
+  </si>
+  <si>
+    <t>(781) 862-0700</t>
+  </si>
+  <si>
+    <t>TB2420</t>
+  </si>
+  <si>
+    <t>Puragraft Holdings Inc</t>
+  </si>
+  <si>
+    <t>22001 Northpark Drive #700</t>
+  </si>
+  <si>
+    <t>Kingwood</t>
+  </si>
+  <si>
+    <t>77339</t>
+  </si>
+  <si>
+    <t>(281) 540-3258</t>
+  </si>
+  <si>
+    <t>TB3602</t>
+  </si>
+  <si>
+    <t>Regentx Partners Llc</t>
+  </si>
+  <si>
+    <t>12000 Network Blvd #300</t>
+  </si>
+  <si>
+    <t>(210) 530-1204</t>
+  </si>
+  <si>
+    <t>TB3844</t>
+  </si>
+  <si>
+    <t>Reprod Science Ctr Of The San Francisco Bay Area</t>
+  </si>
+  <si>
+    <t>100 Park Place, Suite 200</t>
+  </si>
+  <si>
+    <t>Louis Weckstein Md</t>
+  </si>
+  <si>
+    <t>TB1778</t>
+  </si>
+  <si>
+    <t>Reproductive Associates Of Delaware Llc</t>
+  </si>
+  <si>
+    <t>4735 Ogletown-stanton Road # 3217 Map 2</t>
+  </si>
+  <si>
+    <t>19713</t>
+  </si>
+  <si>
+    <t>Barbara Mcguirk</t>
+  </si>
+  <si>
+    <t>(302) 602-8822</t>
+  </si>
+  <si>
+    <t>TB2213</t>
+  </si>
+  <si>
+    <t>Reproductive Biology Associates</t>
+  </si>
+  <si>
+    <t>1100 Johnson Ferry Road #200</t>
+  </si>
+  <si>
+    <t>Daniel Shapiro</t>
+  </si>
+  <si>
+    <t>(404) 257-1900</t>
+  </si>
+  <si>
+    <t>TB3576</t>
+  </si>
+  <si>
+    <t>Reproductive Medicine Associates Of Michigan</t>
+  </si>
+  <si>
+    <t>130 Town Center Drive Ste 106</t>
+  </si>
+  <si>
+    <t>Troy</t>
+  </si>
+  <si>
+    <t>48084</t>
+  </si>
+  <si>
+    <t>Bradley Miller</t>
+  </si>
+  <si>
+    <t>(248) 619-3100</t>
+  </si>
+  <si>
+    <t>TB2058</t>
+  </si>
+  <si>
+    <t>Reproductive Partners Medical Group (rpmg)</t>
+  </si>
+  <si>
+    <t>510 North Prospect Avenue Ste 202</t>
+  </si>
+  <si>
+    <t>Redondo Beach</t>
+  </si>
+  <si>
+    <t>90277</t>
+  </si>
+  <si>
+    <t>Billy Yee</t>
+  </si>
+  <si>
+    <t>TB1826</t>
+  </si>
+  <si>
+    <t>Reproductive Resources</t>
+  </si>
+  <si>
+    <t>3941 Houma Blvd Ste 2c</t>
+  </si>
+  <si>
+    <t>Metairie</t>
+  </si>
+  <si>
+    <t>70006</t>
+  </si>
+  <si>
+    <t>Heber Dunaway</t>
+  </si>
+  <si>
+    <t>(504) 454-7973</t>
+  </si>
+  <si>
+    <t>TB2137</t>
+  </si>
+  <si>
+    <t>Reproductive Specialists Of The Carolinas</t>
+  </si>
+  <si>
+    <t>1918 Randolph Rd #410</t>
+  </si>
+  <si>
+    <t>Charlotte</t>
+  </si>
+  <si>
+    <t>28207</t>
+  </si>
+  <si>
+    <t>Matrika Johnson</t>
+  </si>
+  <si>
+    <t>TB3885</t>
+  </si>
+  <si>
+    <t>Reprotech Llc</t>
+  </si>
+  <si>
+    <t>1120 Jupiter Rd Suite 100</t>
+  </si>
+  <si>
+    <t>75074</t>
+  </si>
+  <si>
+    <t>Kathleen Hwang</t>
+  </si>
+  <si>
+    <t>(469) 547-2399</t>
+  </si>
+  <si>
+    <t>TB3709</t>
+  </si>
+  <si>
+    <t>14820 Kivett Lane</t>
+  </si>
+  <si>
+    <t>89521</t>
+  </si>
+  <si>
+    <t>(775) 284-2795</t>
+  </si>
+  <si>
+    <t>TB3708</t>
+  </si>
+  <si>
+    <t>204 Spring Hill Rd #110</t>
+  </si>
+  <si>
+    <t>Bridgeport</t>
+  </si>
+  <si>
+    <t>06611</t>
+  </si>
+  <si>
+    <t>(203) 816-5598</t>
+  </si>
+  <si>
+    <t>TB3711</t>
+  </si>
+  <si>
+    <t>33 Fifth Ave Nw</t>
+  </si>
+  <si>
+    <t>55112</t>
+  </si>
+  <si>
+    <t>(651) 489-0827</t>
+  </si>
+  <si>
+    <t>TB3710</t>
+  </si>
+  <si>
+    <t>Reprotech, Limited</t>
+  </si>
+  <si>
+    <t>4661 Johnson Road Suite 2</t>
+  </si>
+  <si>
+    <t>Coconut Creek</t>
+  </si>
+  <si>
+    <t>33073</t>
+  </si>
+  <si>
+    <t>J Bruce Redmon</t>
+  </si>
+  <si>
+    <t>(954) 570-7687</t>
+  </si>
+  <si>
+    <t>TB2458</t>
+  </si>
+  <si>
+    <t>Rhode Island Blood Center</t>
+  </si>
+  <si>
+    <t>405 Promenade Street</t>
+  </si>
+  <si>
+    <t>02908</t>
+  </si>
+  <si>
+    <t>Eric Senaldi</t>
+  </si>
+  <si>
+    <t>(401) 453-8364</t>
+  </si>
+  <si>
+    <t>TB1369</t>
+  </si>
+  <si>
+    <t>Rocky Mountain Tissue Bank</t>
+  </si>
+  <si>
+    <t>2993 S Peoria Street, Suite 390</t>
+  </si>
+  <si>
+    <t>Aurora</t>
+  </si>
+  <si>
+    <t>80014</t>
+  </si>
+  <si>
+    <t>(303) 337-3330</t>
+  </si>
+  <si>
+    <t>TB2289</t>
+  </si>
+  <si>
+    <t>Rsmc Dba Lucina Egg Bank</t>
+  </si>
+  <si>
+    <t>3661 Valley Centre Dr #160</t>
+  </si>
+  <si>
+    <t>92130</t>
+  </si>
+  <si>
+    <t>David Harari</t>
+  </si>
+  <si>
+    <t>(858) 381-3542</t>
+  </si>
+  <si>
+    <t>TB3928</t>
+  </si>
+  <si>
+    <t>Rti Surgical, Inc</t>
+  </si>
+  <si>
+    <t>11621 Research Circle</t>
+  </si>
+  <si>
+    <t>Gregory Ray</t>
+  </si>
+  <si>
+    <t>(386) 418-8888</t>
+  </si>
+  <si>
+    <t>TB979</t>
+  </si>
+  <si>
+    <t>Rti Surgical, Inc Dba Pioneer Surg Tech, Inc</t>
+  </si>
+  <si>
+    <t>375 River Park Circle</t>
+  </si>
+  <si>
+    <t>Marquette</t>
+  </si>
+  <si>
+    <t>49855</t>
+  </si>
+  <si>
+    <t>Kenneth Davenport</t>
+  </si>
+  <si>
+    <t>(906) 226-9909</t>
+  </si>
+  <si>
+    <t>TB1476</t>
+  </si>
+  <si>
+    <t>Salvin Dental Specialties, Llc</t>
+  </si>
+  <si>
+    <t>3450 Latrobe Dr</t>
+  </si>
+  <si>
+    <t>28211</t>
+  </si>
+  <si>
+    <t>Stephen Deal</t>
+  </si>
+  <si>
+    <t>(704) 442-5400</t>
+  </si>
+  <si>
+    <t>TB2482</t>
+  </si>
+  <si>
+    <t>Samaritan Biologics, Llc</t>
+  </si>
+  <si>
+    <t>241 German Town Bend Cove</t>
+  </si>
+  <si>
+    <t>(352) 256-2707</t>
+  </si>
+  <si>
+    <t>TB3047</t>
+  </si>
+  <si>
+    <t>San Antonio Eye Bank/ Corneagen- San Antonio</t>
+  </si>
+  <si>
+    <t>9150 Huebner Road, Suite 105</t>
+  </si>
+  <si>
+    <t>Matthew Caldwell</t>
+  </si>
+  <si>
+    <t>(210) 614-1209</t>
+  </si>
+  <si>
+    <t>TB1932</t>
+  </si>
+  <si>
+    <t>San Diego Eye Bank</t>
+  </si>
+  <si>
+    <t>3870 Murphy Canyon Rd Suite 250</t>
+  </si>
+  <si>
+    <t>92123</t>
+  </si>
+  <si>
+    <t>John Bokosky Md</t>
+  </si>
+  <si>
+    <t>(858) 694-0400</t>
+  </si>
+  <si>
+    <t>TB2663</t>
+  </si>
+  <si>
+    <t>Saving Sight</t>
+  </si>
+  <si>
+    <t>10801 Pear Tree Lane Ste 170</t>
+  </si>
+  <si>
+    <t>63074</t>
+  </si>
+  <si>
+    <t>Joseph Tauber</t>
+  </si>
+  <si>
+    <t>(314) 428-4373</t>
+  </si>
+  <si>
+    <t>TB2005</t>
+  </si>
+  <si>
+    <t>10560 N Ambassador Drive Suite 210</t>
+  </si>
+  <si>
+    <t>64153</t>
+  </si>
+  <si>
+    <t>(816) 454-5454</t>
+  </si>
+  <si>
+    <t>TB2004</t>
+  </si>
+  <si>
+    <t>Scendia Biologics</t>
+  </si>
+  <si>
+    <t>111 W Jefferson Street #100</t>
+  </si>
+  <si>
+    <t>32801</t>
+  </si>
+  <si>
+    <t>Geoffery Stewart</t>
+  </si>
+  <si>
+    <t>(877) 219-8483</t>
+  </si>
+  <si>
+    <t>TB3228</t>
+  </si>
+  <si>
+    <t>Sdfc Ivf &amp; Andrology Labs, Inc</t>
+  </si>
+  <si>
+    <t>11425 El Camino Real</t>
+  </si>
+  <si>
+    <t>Sandy Chuan</t>
+  </si>
+  <si>
+    <t>(858) 720-3172</t>
+  </si>
+  <si>
+    <t>TB2248</t>
+  </si>
+  <si>
+    <t>Seaspine, Inc</t>
+  </si>
+  <si>
+    <t>2302 La Mirada Drive</t>
+  </si>
+  <si>
+    <t>Vista</t>
+  </si>
+  <si>
+    <t>92081</t>
+  </si>
+  <si>
+    <t>Earl Brien</t>
+  </si>
+  <si>
+    <t>(760) 216-5621</t>
+  </si>
+  <si>
+    <t>TB2397</t>
+  </si>
+  <si>
+    <t>Seattle Reproductive Medicine Inc Pllc</t>
+  </si>
+  <si>
+    <t>15920 E Indiana Ave Suite 200</t>
+  </si>
+  <si>
+    <t>Spokane</t>
+  </si>
+  <si>
+    <t>99216</t>
+  </si>
+  <si>
+    <t>Nancy Klein</t>
+  </si>
+  <si>
+    <t>(203) 301-5000</t>
+  </si>
+  <si>
+    <t>TB3303</t>
+  </si>
+  <si>
+    <t>Seattle Reproductive Medicine Pllc</t>
+  </si>
+  <si>
+    <t>1505 Westlake Avenue North Suite 400</t>
+  </si>
+  <si>
+    <t>(206) 301-5000</t>
+  </si>
+  <si>
+    <t>TB3302</t>
+  </si>
+  <si>
+    <t>Seattle Sperm Bank Llc</t>
+  </si>
+  <si>
+    <t>4915 25th Avenue Ne Ste 204</t>
+  </si>
+  <si>
+    <t>98105</t>
+  </si>
+  <si>
+    <t>Jeffrey Olliffe</t>
+  </si>
+  <si>
+    <t>(206) 588-1484</t>
+  </si>
+  <si>
+    <t>TB2073</t>
+  </si>
+  <si>
+    <t>Secada Medical, Llc Dba Ventris Medical, Llc</t>
+  </si>
+  <si>
+    <t>1201 Dove Street Suite 470</t>
+  </si>
+  <si>
+    <t>(949) 706-5551</t>
+  </si>
+  <si>
+    <t>TB2839</t>
+  </si>
+  <si>
+    <t>Seed Biotech Inc</t>
+  </si>
+  <si>
+    <t>701 Cherry Street #200</t>
+  </si>
+  <si>
+    <t>37402</t>
+  </si>
+  <si>
+    <t>Dennis Furr</t>
+  </si>
+  <si>
+    <t>(214) 741-6314</t>
+  </si>
+  <si>
+    <t>TB3561</t>
+  </si>
+  <si>
+    <t>Sgf Colorado</t>
+  </si>
+  <si>
+    <t>8200 E Belleview Avenue #615-e</t>
+  </si>
+  <si>
+    <t>Greenwood Village</t>
+  </si>
+  <si>
+    <t>Alex Polotsky</t>
+  </si>
+  <si>
+    <t>(720) 704-8221</t>
+  </si>
+  <si>
+    <t>TB3541</t>
+  </si>
+  <si>
+    <t>Sgf North Carolina, Pllc</t>
+  </si>
+  <si>
+    <t>6730 Mccrimmon Parkway</t>
+  </si>
+  <si>
+    <t>Cary</t>
+  </si>
+  <si>
+    <t>27519</t>
+  </si>
+  <si>
+    <t>Jennifer Mersereau</t>
+  </si>
+  <si>
+    <t>(984) 204-2919</t>
+  </si>
+  <si>
+    <t>TB3945</t>
+  </si>
+  <si>
+    <t>Sgf Orlando Llc</t>
+  </si>
+  <si>
+    <t>265 E Rollins Street Ste 10100/10300</t>
   </si>
   <si>
     <t>32804</t>
   </si>
   <si>
-    <t>Miguel Lugo</t>
-[...1076 lines deleted...]
-    <t>6000 Poplar Ave Suite 115</t>
+    <t>George Patounakis</t>
+  </si>
+  <si>
+    <t>(689) 500-4016</t>
+  </si>
+  <si>
+    <t>TB4101</t>
+  </si>
+  <si>
+    <t>Sgf Tampa Bay, Llc</t>
+  </si>
+  <si>
+    <t>5016 W Cypress St Suite 302</t>
+  </si>
+  <si>
+    <t>33607</t>
+  </si>
+  <si>
+    <t>Celso Filho</t>
+  </si>
+  <si>
+    <t>(813) 906-2285</t>
+  </si>
+  <si>
+    <t>TB3044</t>
+  </si>
+  <si>
+    <t>Shady Grove Fertility- Houston</t>
+  </si>
+  <si>
+    <t>1015 Medical Center Blvd Suite 2100</t>
+  </si>
+  <si>
+    <t>Webster</t>
+  </si>
+  <si>
+    <t>77598</t>
+  </si>
+  <si>
+    <t>Vicki Schnell</t>
+  </si>
+  <si>
+    <t>(281) 332-0073</t>
+  </si>
+  <si>
+    <t>TB3560</t>
+  </si>
+  <si>
+    <t>Shady Grove Fertility Of Pa</t>
+  </si>
+  <si>
+    <t>945 Chesterbrook Blvd</t>
+  </si>
+  <si>
+    <t>Chesterbrook</t>
+  </si>
+  <si>
+    <t>19087</t>
+  </si>
+  <si>
+    <t>Eric Widra</t>
+  </si>
+  <si>
+    <t>(610) 981-6000</t>
+  </si>
+  <si>
+    <t>TB2066</t>
+  </si>
+  <si>
+    <t>Shady Grove Fertility Pittsburgh</t>
+  </si>
+  <si>
+    <t>6400 Brook Tree Court Suite 100</t>
+  </si>
+  <si>
+    <t>Wexford</t>
+  </si>
+  <si>
+    <t>15090</t>
+  </si>
+  <si>
+    <t>Jason Bromer</t>
+  </si>
+  <si>
+    <t>(412) 785-1057</t>
+  </si>
+  <si>
+    <t>TB4027</t>
+  </si>
+  <si>
+    <t>Si-bone, Inc</t>
+  </si>
+  <si>
+    <t>471 El Comino Real, Suite 101</t>
+  </si>
+  <si>
+    <t>Santa Clara</t>
+  </si>
+  <si>
+    <t>95050</t>
+  </si>
+  <si>
+    <t>Daniel Cher</t>
+  </si>
+  <si>
+    <t>(408) 207-0700</t>
+  </si>
+  <si>
+    <t>TB3117</t>
+  </si>
+  <si>
+    <t>Sight Society Of Northeastern Ny Inc Lions Eye Ban</t>
+  </si>
+  <si>
+    <t>4 Tower Place #601</t>
+  </si>
+  <si>
+    <t>Albany</t>
+  </si>
+  <si>
+    <t>12203</t>
+  </si>
+  <si>
+    <t>Robert Schultze</t>
+  </si>
+  <si>
+    <t>(518) 489-7606</t>
+  </si>
+  <si>
+    <t>TB3604</t>
+  </si>
+  <si>
+    <t>Sightlife - Seattle</t>
+  </si>
+  <si>
+    <t>1200 6th Ave #300</t>
+  </si>
+  <si>
+    <t>Matthew Oliva</t>
+  </si>
+  <si>
+    <t>(206) 682-8500</t>
+  </si>
+  <si>
+    <t>TB3063</t>
+  </si>
+  <si>
+    <t>Sightlife- Bethlehem</t>
+  </si>
+  <si>
+    <t>2346 Jacksonville Rd</t>
+  </si>
+  <si>
+    <t>David Derose</t>
+  </si>
+  <si>
+    <t>(610) 625-8300</t>
+  </si>
+  <si>
+    <t>TB3023</t>
+  </si>
+  <si>
+    <t>Signature Biologics</t>
+  </si>
+  <si>
+    <t>11496 Luna Road #800</t>
+  </si>
+  <si>
+    <t>Farmers Branch</t>
+  </si>
+  <si>
+    <t>75234</t>
+  </si>
+  <si>
+    <t>(972) 807-5916</t>
+  </si>
+  <si>
+    <t>TB3170</t>
+  </si>
+  <si>
+    <t>Skin And Wound Allograft Institute (swai)</t>
+  </si>
+  <si>
+    <t>Kavita Imrit-thomas</t>
+  </si>
+  <si>
+    <t>TB1507</t>
+  </si>
+  <si>
+    <t>Smart Surgical, Inc</t>
+  </si>
+  <si>
+    <t>3501 W Elder St, Ste 104</t>
+  </si>
+  <si>
+    <t>83705</t>
+  </si>
+  <si>
+    <t>P. Roman Burk</t>
+  </si>
+  <si>
+    <t>(888) 322-1191</t>
+  </si>
+  <si>
+    <t>TB2419</t>
+  </si>
+  <si>
+    <t>Solana Surgical Llc</t>
+  </si>
+  <si>
+    <t>6363 Poplar Avenue Ste 434</t>
   </si>
   <si>
     <t>38119</t>
   </si>
   <si>
-    <t>(901) 260-7931</t>
-[...2824 lines deleted...]
-  <si>
     <t>(855) 214-1860</t>
   </si>
   <si>
     <t>TB1911</t>
   </si>
   <si>
     <t>South Dakota Lions Eye &amp; Tissue Bank, Inc</t>
   </si>
   <si>
     <t>4501 W 61st Street N</t>
   </si>
   <si>
     <t>Sioux Falls</t>
   </si>
   <si>
     <t>57103</t>
   </si>
   <si>
     <t>John Berdahl</t>
   </si>
   <si>
     <t>(605) 373-1008</t>
   </si>
   <si>
     <t>TB2759</t>
   </si>
   <si>
     <t>South Texas Blood &amp; Tissue Center</t>
   </si>
   <si>
     <t>6211 Ih-10 West At First Park Ten Blvd</t>
   </si>
   <si>
     <t>78201</t>
   </si>
   <si>
-    <t>(210) 731-5555</t>
-[...1 lines deleted...]
-  <si>
     <t>TB1634</t>
   </si>
   <si>
     <t>South Texas Blood And Tissue Center</t>
   </si>
   <si>
     <t>6211 Ih 10 West</t>
   </si>
   <si>
     <t>Samantha Gomez Ngamsuntikul</t>
   </si>
   <si>
     <t>TB2714</t>
   </si>
   <si>
     <t>Specialists In Reproductive Medicine &amp; Surgery Pa</t>
   </si>
   <si>
     <t>12611 World Plaza Lane, Bldg #53</t>
   </si>
   <si>
     <t>Fort Myers</t>
   </si>
   <si>
     <t>33907</t>
@@ -6333,53 +6476,50 @@
   <si>
     <t>TB3004</t>
   </si>
   <si>
     <t>Surgical Tissue Network Dba Tissuenet</t>
   </si>
   <si>
     <t>7022 Tpc Drive Ste 400</t>
   </si>
   <si>
     <t>32822</t>
   </si>
   <si>
     <t>(407) 380-2424</t>
   </si>
   <si>
     <t>TB1742</t>
   </si>
   <si>
     <t>Tevido Biodevices Inc</t>
   </si>
   <si>
     <t>10931 Jollyville Road Bldg 100</t>
   </si>
   <si>
-    <t>Austin</t>
-[...1 lines deleted...]
-  <si>
     <t>78759</t>
   </si>
   <si>
     <t>Richard Schultz</t>
   </si>
   <si>
     <t>(512) 640-3295</t>
   </si>
   <si>
     <t>TB3053</t>
   </si>
   <si>
     <t>The American National Red Cross - Johnstown Pa</t>
   </si>
   <si>
     <t>250 Jari Drive</t>
   </si>
   <si>
     <t>Johnstown</t>
   </si>
   <si>
     <t>15904</t>
   </si>
   <si>
     <t>John Nobiletti</t>
@@ -6486,56 +6626,56 @@
   <si>
     <t>94704</t>
   </si>
   <si>
     <t>Lorraine Bonner</t>
   </si>
   <si>
     <t>(510) 841-1858</t>
   </si>
   <si>
     <t>TB839</t>
   </si>
   <si>
     <t>The World Egg And Sperm Bank</t>
   </si>
   <si>
     <t>7826 E Evans Rd</t>
   </si>
   <si>
     <t>Linda Nelson</t>
   </si>
   <si>
     <t>(602) 678-1906</t>
   </si>
   <si>
+    <t>TB3993</t>
+  </si>
+  <si>
     <t>TB3974</t>
   </si>
   <si>
-    <t>TB3993</t>
-[...1 lines deleted...]
-  <si>
     <t>Theramicro Inc</t>
   </si>
   <si>
     <t>51 Germantown Court #200</t>
   </si>
   <si>
     <t>(901) 587-7097</t>
   </si>
   <si>
     <t>TB4012</t>
   </si>
   <si>
     <t>Three Rivers Mother's Milk Bank</t>
   </si>
   <si>
     <t>3127 Penn Ave</t>
   </si>
   <si>
     <t>Arsenal</t>
   </si>
   <si>
     <t>15201</t>
   </si>
   <si>
     <t>Debra Bogen</t>
@@ -7245,51 +7385,51 @@
   <si>
     <t>301 Hospital Dr</t>
   </si>
   <si>
     <t>Glen Burnie</t>
   </si>
   <si>
     <t>21061</t>
   </si>
   <si>
     <t>Sabrina Sopha</t>
   </si>
   <si>
     <t>(410) 787-4537</t>
   </si>
   <si>
     <t>TB052</t>
   </si>
   <si>
     <t>Csl Plasma, Inc</t>
   </si>
   <si>
     <t>7835-l Baltimore Annapolis Blv</t>
   </si>
   <si>
-    <t>John Ticehurst</t>
+    <t>Jocelyn El-sayed</t>
   </si>
   <si>
     <t>(410) 999-6421</t>
   </si>
   <si>
     <t>TB2498</t>
   </si>
   <si>
     <t>Harbor Hospital Inc Dba Medstar Harbor Hospital</t>
   </si>
   <si>
     <t>3001 S Hanover St</t>
   </si>
   <si>
     <t>21225</t>
   </si>
   <si>
     <t>Jennifer Broussard</t>
   </si>
   <si>
     <t>(410) 350-3359</t>
   </si>
   <si>
     <t>TB016</t>
   </si>
@@ -7503,51 +7643,51 @@
   <si>
     <t>Hans Biomed Corp</t>
   </si>
   <si>
     <t>64 Yuseong-daero 1628 Beon-gil</t>
   </si>
   <si>
     <t>Jin Kim</t>
   </si>
   <si>
     <t>(822) 466-2266</t>
   </si>
   <si>
     <t>TB2706</t>
   </si>
   <si>
     <t>Infinite Legacy, Inc</t>
   </si>
   <si>
     <t>1730 Twin Springs Road  Ste  200</t>
   </si>
   <si>
     <t>21227</t>
   </si>
   <si>
-    <t>Carnell Cooper</t>
+    <t>Jacqueline Honig</t>
   </si>
   <si>
     <t>(410) 242-7000</t>
   </si>
   <si>
     <t>TB436</t>
   </si>
   <si>
     <t>Johns Hopkins Bayview Medical</t>
   </si>
   <si>
     <t>4940 Eastern Ave Operating Rm 3rd Floor</t>
   </si>
   <si>
     <t>21224</t>
   </si>
   <si>
     <t>Harpal Khanuja</t>
   </si>
   <si>
     <t>(410) 550-0101</t>
   </si>
   <si>
     <t>TB1202</t>
   </si>
@@ -7641,50 +7781,68 @@
   <si>
     <t>Medstar Franklin Square Medical Center</t>
   </si>
   <si>
     <t>9000 Franklin Square Drive</t>
   </si>
   <si>
     <t>(443) 777-7198</t>
   </si>
   <si>
     <t>TB187</t>
   </si>
   <si>
     <t>Mid Atlantic Medical, Llc</t>
   </si>
   <si>
     <t>9114 Philadelphia Road Ste 100</t>
   </si>
   <si>
     <t>(410) 494-7030</t>
   </si>
   <si>
     <t>TB1387</t>
   </si>
   <si>
+    <t>Mt Washington Pediatric Hospital (mwph)</t>
+  </si>
+  <si>
+    <t>1708 West Rogers Avenue</t>
+  </si>
+  <si>
+    <t>21209</t>
+  </si>
+  <si>
+    <t>Jason Custer</t>
+  </si>
+  <si>
+    <t>(410) 578-8600</t>
+  </si>
+  <si>
+    <t>TB1158</t>
+  </si>
+  <si>
     <t>Northwest Hospital Center Operating Room</t>
   </si>
   <si>
     <t>5401 Old Court Road</t>
   </si>
   <si>
     <t>Randallstown</t>
   </si>
   <si>
     <t>21133</t>
   </si>
   <si>
     <t>Neeraj Verma</t>
   </si>
   <si>
     <t>(410) 521-2200</t>
   </si>
   <si>
     <t>TB1139</t>
   </si>
   <si>
     <t>Northwest Hospital Transfusion Service</t>
   </si>
   <si>
     <t>5401 Old Court Rd</t>
@@ -7746,99 +7904,96 @@
   <si>
     <t>(410) 512-8342</t>
   </si>
   <si>
     <t>TB631</t>
   </si>
   <si>
     <t>South Baltimore County Medical Center Amb Surg Ctr</t>
   </si>
   <si>
     <t>Saif Al-bustani</t>
   </si>
   <si>
     <t>(301) 816-6365</t>
   </si>
   <si>
     <t>TB1977</t>
   </si>
   <si>
     <t>The Krieger Eye Institute</t>
   </si>
   <si>
     <t>2700 Quarry Lake Drive Suite 160</t>
   </si>
   <si>
-    <t>21209</t>
-[...1 lines deleted...]
-  <si>
     <t>Donald Abrams</t>
   </si>
   <si>
     <t>(410) 601-7643</t>
   </si>
   <si>
     <t>TB2558</t>
   </si>
   <si>
     <t>Umsjmc - Blood Bank</t>
   </si>
   <si>
     <t>7601 Osler Dr</t>
   </si>
   <si>
     <t>David Brinker</t>
   </si>
   <si>
     <t>(410) 337-1717</t>
   </si>
   <si>
     <t>TB059</t>
   </si>
   <si>
     <t>Umsjmc - General Or - Coronary Or- Blood Bank</t>
   </si>
   <si>
     <t>7601 Osler Drive</t>
   </si>
   <si>
     <t>Zhen Fan</t>
   </si>
   <si>
     <t>TB941</t>
   </si>
   <si>
     <t>University Of Maryland Rehab &amp; Ortho Institute</t>
   </si>
   <si>
     <t>2200 Kernan Dr</t>
   </si>
   <si>
     <t>21207</t>
   </si>
   <si>
-    <t>Parvez Lokhandwala</t>
+    <t>Sameer Sawhney</t>
   </si>
   <si>
     <t>(410) 328-7345</t>
   </si>
   <si>
     <t>TB009</t>
   </si>
   <si>
     <t>White Marsh Surgery Center Series</t>
   </si>
   <si>
     <t>4924 Campbell Blvd Ste 250</t>
   </si>
   <si>
     <t>Nottingham</t>
   </si>
   <si>
     <t>21236</t>
   </si>
   <si>
     <t>Lisa Ishii</t>
   </si>
   <si>
     <t>(443) 442-2700</t>
   </si>
@@ -8061,53 +8216,50 @@
   <si>
     <t>Mercy Medical Center</t>
   </si>
   <si>
     <t>301 St Paul Pl</t>
   </si>
   <si>
     <t>21202</t>
   </si>
   <si>
     <t>Edgar Alonsozana</t>
   </si>
   <si>
     <t>(410) 332-9439</t>
   </si>
   <si>
     <t>TB011</t>
   </si>
   <si>
     <t>Octapharma Plasma Inc</t>
   </si>
   <si>
     <t>1203 W Pratt Street</t>
   </si>
   <si>
-    <t>Sameer Sawhney</t>
-[...1 lines deleted...]
-  <si>
     <t>(443) 927-2269</t>
   </si>
   <si>
     <t>TB3232</t>
   </si>
   <si>
     <t>Sinai Hospital Of Baltimore Blood And Tissue Bank</t>
   </si>
   <si>
     <t>2401 W Belvedere Ave</t>
   </si>
   <si>
     <t>Michael O'malley</t>
   </si>
   <si>
     <t>(410) 601-5112</t>
   </si>
   <si>
     <t>TB015</t>
   </si>
   <si>
     <t>Tap Hemapheresis &amp; Transfusion Support Dept</t>
   </si>
   <si>
     <t>1800 Orleans Street 1st Floor</t>
@@ -8121,51 +8273,51 @@
   <si>
     <t>(410) 955-8951</t>
   </si>
   <si>
     <t>TB1574</t>
   </si>
   <si>
     <t>The Union Memorial Hospital</t>
   </si>
   <si>
     <t>Beth Allen</t>
   </si>
   <si>
     <t>(410) 554-2325</t>
   </si>
   <si>
     <t>TB102</t>
   </si>
   <si>
     <t>Ummc Laboratories Of Pathology</t>
   </si>
   <si>
     <t>22 S Greene St Rm N2w48</t>
   </si>
   <si>
-    <t>Magali Fontaine</t>
+    <t>Brian Jackson</t>
   </si>
   <si>
     <t>TB017</t>
   </si>
   <si>
     <t>Ummc Midtown Campus</t>
   </si>
   <si>
     <t>827 Linden Ave</t>
   </si>
   <si>
     <t>Byron Jackson</t>
   </si>
   <si>
     <t>(410) 225-8460</t>
   </si>
   <si>
     <t>TB010</t>
   </si>
   <si>
     <t>Union Memorial Hosp Blood Donor Svcs</t>
   </si>
   <si>
     <t>201 E University Pkwy</t>
   </si>
@@ -8355,59 +8507,71 @@
   <si>
     <t>(301) 696-8110</t>
   </si>
   <si>
     <t>TB1116</t>
   </si>
   <si>
     <t>Fisher Bioservices</t>
   </si>
   <si>
     <t>4650 New Design Road</t>
   </si>
   <si>
     <t>21703</t>
   </si>
   <si>
     <t>Michael Sauri</t>
   </si>
   <si>
     <t>(800) 766-7000</t>
   </si>
   <si>
     <t>TB3222</t>
   </si>
   <si>
+    <t>Frederick Health Blood Donor Center</t>
+  </si>
+  <si>
+    <t>1 Frederick Health Way</t>
+  </si>
+  <si>
+    <t>21701</t>
+  </si>
+  <si>
+    <t>(240) 566-3700</t>
+  </si>
+  <si>
+    <t>TB4082</t>
+  </si>
+  <si>
     <t>Frederick Health Laboratory</t>
   </si>
   <si>
     <t>400 West 7th St</t>
   </si>
   <si>
-    <t>21701</t>
-[...1 lines deleted...]
-  <si>
     <t>Daniela Mihova</t>
   </si>
   <si>
     <t>(240) 566-4036</t>
   </si>
   <si>
     <t>TB025</t>
   </si>
   <si>
     <t>Lonza Walkersville Inc</t>
   </si>
   <si>
     <t>8830 Biggs Ford Rd</t>
   </si>
   <si>
     <t>Walkersville</t>
   </si>
   <si>
     <t>21793</t>
   </si>
   <si>
     <t>(301) 898-7025</t>
   </si>
   <si>
     <t>TB1283</t>
@@ -9186,297 +9350,282 @@
   <si>
     <t>(404) 383-4210</t>
   </si>
   <si>
     <t>TB3605</t>
   </si>
   <si>
     <t>Adventist Healthcare Fort Washington Medical Ctr</t>
   </si>
   <si>
     <t>11711 Livingston Rd</t>
   </si>
   <si>
     <t>Fort Washington</t>
   </si>
   <si>
     <t>20744</t>
   </si>
   <si>
     <t>(301) 203-2255</t>
   </si>
   <si>
     <t>TB372</t>
   </si>
   <si>
+    <t>6200 Baltimore Avenue</t>
+  </si>
+  <si>
+    <t>Riverdale</t>
+  </si>
+  <si>
+    <t>20737</t>
+  </si>
+  <si>
+    <t>(301) 356-4075</t>
+  </si>
+  <si>
+    <t>TB2411</t>
+  </si>
+  <si>
     <t>3316 Donnell Drive</t>
   </si>
   <si>
     <t>District Heights</t>
   </si>
   <si>
     <t>20747</t>
   </si>
   <si>
     <t>Richard Cook</t>
   </si>
   <si>
     <t>(240) 850-6589</t>
   </si>
   <si>
     <t>TB3896</t>
   </si>
   <si>
-    <t>6200 Baltimore Avenue</t>
-[...13 lines deleted...]
-  <si>
     <t>Children's National Hospital - Prince George's Co</t>
   </si>
   <si>
     <t>2900 North Campus Way</t>
   </si>
   <si>
     <t>Lanham</t>
   </si>
   <si>
     <t>20706</t>
   </si>
   <si>
     <t>Cyril Jacquot</t>
   </si>
   <si>
     <t>(301) 318-7272</t>
   </si>
   <si>
     <t>TB3980</t>
   </si>
   <si>
     <t>Csl Plasma Inc</t>
   </si>
   <si>
     <t>3302 Walters Lane</t>
   </si>
   <si>
     <t>(561) 912-3048</t>
   </si>
   <si>
     <t>TB2915</t>
   </si>
   <si>
-    <t>7714 Landover Road</t>
-[...2 lines deleted...]
-    <t>Landover</t>
+    <t>Dimensions Hlth Corp Dba Cap Region Medical Ctr</t>
+  </si>
+  <si>
+    <t>901 N Harry S Truman Dr</t>
+  </si>
+  <si>
+    <t>Upper Marlboro</t>
+  </si>
+  <si>
+    <t>20774</t>
+  </si>
+  <si>
+    <t>(301) 618-3050</t>
+  </si>
+  <si>
+    <t>TB057</t>
+  </si>
+  <si>
+    <t>Dimensions Hlth Corp Dba Univ Of Md Laurel Regiona</t>
+  </si>
+  <si>
+    <t>7150 Contee Road</t>
+  </si>
+  <si>
+    <t>20707</t>
+  </si>
+  <si>
+    <t>(301) 497-7930</t>
+  </si>
+  <si>
+    <t>TB285</t>
+  </si>
+  <si>
+    <t>Dimensions Hlth Cory Dba Bowie Hlth Ctr Laboratory</t>
+  </si>
+  <si>
+    <t>15001 Health Center Dr</t>
+  </si>
+  <si>
+    <t>Bowie</t>
+  </si>
+  <si>
+    <t>20716</t>
+  </si>
+  <si>
+    <t>Ellen Manlucu</t>
+  </si>
+  <si>
+    <t>(301) 262-5511</t>
+  </si>
+  <si>
+    <t>TB319</t>
+  </si>
+  <si>
+    <t>Doctor's Community Hospital</t>
+  </si>
+  <si>
+    <t>8118 Good Luck Road</t>
+  </si>
+  <si>
+    <t>James Elliott</t>
+  </si>
+  <si>
+    <t>(301) 552-8140</t>
+  </si>
+  <si>
+    <t>TB245</t>
+  </si>
+  <si>
+    <t>Kaiser Foundation Hlth Plan- Largo Medical Center</t>
+  </si>
+  <si>
+    <t>1221 Mercantile Lane</t>
+  </si>
+  <si>
+    <t>(301) 618-5500</t>
+  </si>
+  <si>
+    <t>TB2234</t>
+  </si>
+  <si>
+    <t>Kaiser Permanente Largo</t>
+  </si>
+  <si>
+    <t>Glenarden</t>
+  </si>
+  <si>
+    <t>Eun Oh</t>
+  </si>
+  <si>
+    <t>(301) 618-5512</t>
+  </si>
+  <si>
+    <t>TB1948</t>
+  </si>
+  <si>
+    <t>Medstar Southern Maryland Hospital Center</t>
+  </si>
+  <si>
+    <t>7503 Surratts Road</t>
+  </si>
+  <si>
+    <t>Clinton</t>
+  </si>
+  <si>
+    <t>20735</t>
+  </si>
+  <si>
+    <t>Yahia Tagouri</t>
+  </si>
+  <si>
+    <t>(301) 877-5532</t>
+  </si>
+  <si>
+    <t>TB277</t>
+  </si>
+  <si>
+    <t>3001 Hospital Drive Rm Lab 001 Ground Floor</t>
+  </si>
+  <si>
+    <t>Cheverly</t>
   </si>
   <si>
     <t>20785</t>
   </si>
   <si>
-    <t>(561) 912-3068</t>
-[...127 lines deleted...]
-  <si>
     <t>(301) 618-6246</t>
   </si>
   <si>
     <t>TB2120</t>
   </si>
   <si>
     <t>6806 Riverdale Road</t>
   </si>
   <si>
     <t>Rennae Anderson</t>
   </si>
   <si>
     <t>(240) 667-7035</t>
   </si>
   <si>
     <t>TB3107</t>
   </si>
   <si>
     <t>7730 Marlboro Pike</t>
   </si>
   <si>
     <t>Forestville</t>
   </si>
   <si>
     <t>Feremusu Kamara</t>
   </si>
   <si>
     <t>(404) 444-9090</t>
   </si>
   <si>
     <t>TB2412</t>
   </si>
   <si>
     <t>8050 New Hampshire Avenue</t>
   </si>
   <si>
     <t>Hyattsville</t>
   </si>
   <si>
     <t>20783</t>
-  </si>
-[...1 lines deleted...]
-    <t>Jocelyn El-sayed</t>
   </si>
   <si>
     <t>(240) 786-6085</t>
   </si>
   <si>
     <t>TB3948</t>
   </si>
   <si>
     <t>University Of Md Capital Regional Surgery Center</t>
   </si>
   <si>
     <t>14999 Health Center Dr Suite 103</t>
   </si>
   <si>
     <t>Homayoon Mahjoob</t>
   </si>
   <si>
     <t>(301) 809-2000</t>
   </si>
   <si>
     <t>TB3071</t>
   </si>
   <si>
     <t>Queen Annes</t>
   </si>
@@ -9688,67 +9837,62 @@
     <t>Eric Weaver</t>
   </si>
   <si>
     <t>(410) 641-9090</t>
   </si>
   <si>
     <t>TB636</t>
   </si>
   <si>
     <t>Ocean Pines Cancer Center Lab</t>
   </si>
   <si>
     <t>11105 Cathage Road</t>
   </si>
   <si>
     <t>(410) 912-6883</t>
   </si>
   <si>
     <t>TB2658</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-  <fonts count="4">
+  <fonts count="3">
     <font>
       <sz val="11.0"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11.0"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
-    </font>
-[...3 lines deleted...]
-      <scheme val="minor"/>
     </font>
     <font>
       <sz val="11.0"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="lightGray"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor rgb="FFC0C0C0"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="3">
     <border/>
     <border>
       <left style="thin">
@@ -9760,71 +9904,59 @@
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
     </border>
     <border>
       <left style="thin">
         <color rgb="FFD0D7E5"/>
       </left>
       <right style="thin">
         <color rgb="FFD0D7E5"/>
       </right>
       <top style="thin">
         <color rgb="FFD0D7E5"/>
       </top>
       <bottom style="thin">
         <color rgb="FFD0D7E5"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf borderId="0" fillId="0" fontId="0" numFmtId="0" applyAlignment="1" applyFont="1"/>
   </cellStyleXfs>
-  <cellXfs count="7">
+  <cellXfs count="3">
     <xf borderId="0" fillId="0" fontId="0" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
       <alignment readingOrder="0" shrinkToFit="0" vertical="bottom" wrapText="0"/>
     </xf>
     <xf borderId="1" fillId="2" fontId="1" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFill="1" applyFont="1">
-      <alignment horizontal="center" shrinkToFit="0" vertical="center" wrapText="1"/>
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf borderId="0" fillId="0" fontId="2" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
-[...2 lines deleted...]
-    <xf borderId="2" fillId="0" fontId="3" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
+    <xf borderId="2" fillId="0" fontId="2" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment shrinkToFit="0" vertical="center" wrapText="1"/>
-    </xf>
-[...7 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle xfId="0" name="Normal" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://customschemas.google.com/relationships/workbookmetadata" Target="metadata"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:x3Unk="http://schemas.microsoft.com/office/drawing/2010/slicer" xmlns:sle15="http://schemas.microsoft.com/office/drawing/2012/slicer"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheets">
   <a:themeElements>
     <a:clrScheme name="Sheets">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
@@ -10010,28020 +10142,16739 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
   <sheetPr>
     <pageSetUpPr/>
   </sheetPr>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr customHeight="1" defaultColWidth="14.43" defaultRowHeight="15.0"/>
   <cols>
     <col customWidth="1" min="1" max="1" width="18.57"/>
     <col customWidth="1" min="2" max="2" width="47.86"/>
     <col customWidth="1" min="3" max="3" width="45.43"/>
     <col customWidth="1" min="4" max="4" width="18.57"/>
-    <col customWidth="1" min="5" max="5" width="11.29"/>
+    <col customWidth="1" min="5" max="5" width="5.57"/>
     <col customWidth="1" min="6" max="6" width="8.71"/>
     <col customWidth="1" min="7" max="7" width="28.14"/>
     <col customWidth="1" min="8" max="8" width="22.29"/>
     <col customWidth="1" min="9" max="9" width="14.57"/>
     <col customWidth="1" hidden="1" min="10" max="26" width="8.71"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="J1" s="2"/>
-[...15 lines deleted...]
-      <c r="Z1" s="2"/>
     </row>
     <row r="2">
-      <c r="A2" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B2" s="3" t="s">
+      <c r="A2" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B2" s="2" t="s">
         <v>10</v>
       </c>
-      <c r="C2" s="3" t="s">
+      <c r="C2" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="D2" s="3" t="s">
+      <c r="D2" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="E2" s="4" t="s">
+      <c r="E2" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="F2" s="4" t="s">
+      <c r="F2" s="2" t="s">
         <v>14</v>
       </c>
-      <c r="G2" s="3" t="s">
+      <c r="G2" s="2" t="s">
         <v>15</v>
       </c>
-      <c r="H2" s="4" t="s">
+      <c r="H2" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="I2" s="4" t="s">
+      <c r="I2" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="J2" s="5"/>
-[...15 lines deleted...]
-      <c r="Z2" s="5"/>
     </row>
     <row r="3">
-      <c r="A3" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B3" s="3" t="s">
+      <c r="A3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B3" s="2" t="s">
         <v>10</v>
       </c>
-      <c r="C3" s="3" t="s">
+      <c r="C3" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="D3" s="3" t="s">
+      <c r="D3" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="E3" s="4" t="s">
+      <c r="E3" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="F3" s="4" t="s">
+      <c r="F3" s="2" t="s">
         <v>14</v>
       </c>
-      <c r="G3" s="3" t="s">
+      <c r="G3" s="2" t="s">
         <v>15</v>
       </c>
-      <c r="H3" s="4" t="s">
+      <c r="H3" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="I3" s="4" t="s">
+      <c r="I3" s="2" t="s">
         <v>19</v>
       </c>
-      <c r="J3" s="5"/>
-[...15 lines deleted...]
-      <c r="Z3" s="5"/>
     </row>
     <row r="4">
-      <c r="A4" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B4" s="3" t="s">
+      <c r="A4" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B4" s="2" t="s">
         <v>10</v>
       </c>
-      <c r="C4" s="3" t="s">
+      <c r="C4" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="D4" s="3" t="s">
+      <c r="D4" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="E4" s="4" t="s">
+      <c r="E4" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="F4" s="4" t="s">
+      <c r="F4" s="2" t="s">
         <v>14</v>
       </c>
-      <c r="G4" s="3" t="s">
+      <c r="G4" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="H4" s="4" t="s">
+      <c r="H4" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="I4" s="4" t="s">
+      <c r="I4" s="2" t="s">
         <v>21</v>
       </c>
-      <c r="J4" s="5"/>
-[...15 lines deleted...]
-      <c r="Z4" s="5"/>
     </row>
     <row r="5">
-      <c r="A5" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B5" s="3" t="s">
+      <c r="A5" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B5" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="C5" s="3" t="s">
+      <c r="C5" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="D5" s="3" t="s">
+      <c r="D5" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="E5" s="4" t="s">
+      <c r="E5" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="F5" s="4" t="s">
+      <c r="F5" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="G5" s="3" t="s">
+      <c r="G5" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="H5" s="4" t="s">
+      <c r="H5" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="I5" s="4" t="s">
+      <c r="I5" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="J5" s="5"/>
-[...15 lines deleted...]
-      <c r="Z5" s="5"/>
     </row>
     <row r="6">
-      <c r="A6" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B6" s="3" t="s">
+      <c r="A6" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B6" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="C6" s="3" t="s">
+      <c r="C6" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="D6" s="3" t="s">
+      <c r="D6" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="E6" s="4" t="s">
+      <c r="E6" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="F6" s="4" t="s">
+      <c r="F6" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="G6" s="3" t="s">
+      <c r="G6" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="H6" s="4" t="s">
+      <c r="H6" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="I6" s="4" t="s">
+      <c r="I6" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="J6" s="5"/>
-[...15 lines deleted...]
-      <c r="Z6" s="5"/>
     </row>
     <row r="7">
-      <c r="A7" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B7" s="3" t="s">
+      <c r="A7" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B7" s="2" t="s">
         <v>37</v>
       </c>
-      <c r="C7" s="3" t="s">
+      <c r="C7" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="D7" s="3" t="s">
+      <c r="D7" s="2" t="s">
         <v>39</v>
       </c>
-      <c r="E7" s="4" t="s">
+      <c r="E7" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="F7" s="4" t="s">
+      <c r="F7" s="2" t="s">
         <v>41</v>
       </c>
-      <c r="G7" s="3" t="s">
+      <c r="G7" s="2" t="s">
         <v>42</v>
       </c>
-      <c r="H7" s="4" t="s">
+      <c r="H7" s="2" t="s">
         <v>43</v>
       </c>
-      <c r="I7" s="4" t="s">
+      <c r="I7" s="2" t="s">
         <v>44</v>
       </c>
-      <c r="J7" s="5"/>
-[...15 lines deleted...]
-      <c r="Z7" s="5"/>
     </row>
     <row r="8">
-      <c r="A8" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B8" s="3" t="s">
+      <c r="A8" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B8" s="2" t="s">
         <v>45</v>
       </c>
-      <c r="C8" s="3" t="s">
+      <c r="C8" s="2" t="s">
         <v>46</v>
       </c>
-      <c r="D8" s="3" t="s">
+      <c r="D8" s="2" t="s">
         <v>47</v>
       </c>
-      <c r="E8" s="4" t="s">
+      <c r="E8" s="2" t="s">
         <v>48</v>
       </c>
-      <c r="F8" s="4" t="s">
+      <c r="F8" s="2" t="s">
         <v>49</v>
       </c>
-      <c r="G8" s="3" t="s">
+      <c r="G8" s="2" t="s">
         <v>50</v>
       </c>
-      <c r="H8" s="4" t="s">
+      <c r="H8" s="2" t="s">
         <v>51</v>
       </c>
-      <c r="I8" s="4" t="s">
+      <c r="I8" s="2" t="s">
         <v>52</v>
       </c>
-      <c r="J8" s="5"/>
-[...15 lines deleted...]
-      <c r="Z8" s="5"/>
     </row>
     <row r="9">
-      <c r="A9" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B9" s="3" t="s">
+      <c r="A9" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B9" s="2" t="s">
         <v>53</v>
       </c>
-      <c r="C9" s="3" t="s">
+      <c r="C9" s="2" t="s">
         <v>54</v>
       </c>
-      <c r="D9" s="3" t="s">
+      <c r="D9" s="2" t="s">
         <v>55</v>
       </c>
-      <c r="E9" s="4" t="s">
+      <c r="E9" s="2" t="s">
         <v>48</v>
       </c>
-      <c r="F9" s="4" t="s">
+      <c r="F9" s="2" t="s">
         <v>56</v>
       </c>
-      <c r="G9" s="3" t="s">
+      <c r="G9" s="2" t="s">
         <v>50</v>
       </c>
-      <c r="H9" s="4" t="s">
+      <c r="H9" s="2" t="s">
         <v>51</v>
       </c>
-      <c r="I9" s="4" t="s">
+      <c r="I9" s="2" t="s">
         <v>57</v>
       </c>
-      <c r="J9" s="5"/>
-[...15 lines deleted...]
-      <c r="Z9" s="5"/>
     </row>
     <row r="10">
-      <c r="A10" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B10" s="3" t="s">
+      <c r="A10" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B10" s="2" t="s">
         <v>58</v>
       </c>
-      <c r="C10" s="3" t="s">
+      <c r="C10" s="2" t="s">
         <v>59</v>
       </c>
-      <c r="D10" s="3" t="s">
+      <c r="D10" s="2" t="s">
         <v>60</v>
       </c>
-      <c r="E10" s="4" t="s">
+      <c r="E10" s="2" t="s">
         <v>61</v>
       </c>
-      <c r="F10" s="4" t="s">
+      <c r="F10" s="2" t="s">
         <v>62</v>
       </c>
-      <c r="G10" s="3" t="s">
+      <c r="G10" s="2" t="s">
         <v>63</v>
       </c>
-      <c r="H10" s="4" t="s">
+      <c r="H10" s="2" t="s">
         <v>64</v>
       </c>
-      <c r="I10" s="4" t="s">
+      <c r="I10" s="2" t="s">
         <v>65</v>
       </c>
-      <c r="J10" s="5"/>
-[...15 lines deleted...]
-      <c r="Z10" s="5"/>
     </row>
     <row r="11">
-      <c r="A11" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B11" s="3" t="s">
+      <c r="A11" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B11" s="2" t="s">
         <v>66</v>
       </c>
-      <c r="C11" s="3" t="s">
+      <c r="C11" s="2" t="s">
         <v>67</v>
       </c>
-      <c r="D11" s="3" t="s">
+      <c r="D11" s="2" t="s">
         <v>68</v>
       </c>
-      <c r="E11" s="4" t="s">
+      <c r="E11" s="2" t="s">
         <v>69</v>
       </c>
-      <c r="F11" s="4" t="s">
+      <c r="F11" s="2" t="s">
         <v>70</v>
       </c>
-      <c r="G11" s="3" t="s">
+      <c r="G11" s="2" t="s">
         <v>71</v>
       </c>
-      <c r="H11" s="4" t="s">
+      <c r="H11" s="2" t="s">
         <v>72</v>
       </c>
-      <c r="I11" s="4" t="s">
+      <c r="I11" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="J11" s="5"/>
-[...15 lines deleted...]
-      <c r="Z11" s="5"/>
     </row>
     <row r="12">
-      <c r="A12" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B12" s="3" t="s">
+      <c r="A12" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B12" s="2" t="s">
         <v>74</v>
       </c>
-      <c r="C12" s="3" t="s">
+      <c r="C12" s="2" t="s">
         <v>75</v>
       </c>
-      <c r="D12" s="3" t="s">
+      <c r="D12" s="2" t="s">
         <v>76</v>
       </c>
-      <c r="E12" s="4" t="s">
+      <c r="E12" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="F12" s="4" t="s">
+      <c r="F12" s="2" t="s">
         <v>77</v>
       </c>
-      <c r="G12" s="3" t="s">
+      <c r="G12" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="H12" s="4" t="s">
+      <c r="H12" s="2" t="s">
         <v>78</v>
       </c>
-      <c r="I12" s="4" t="s">
+      <c r="I12" s="2" t="s">
         <v>79</v>
       </c>
-      <c r="J12" s="5"/>
-[...15 lines deleted...]
-      <c r="Z12" s="5"/>
     </row>
     <row r="13">
-      <c r="A13" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B13" s="3" t="s">
+      <c r="A13" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B13" s="2" t="s">
         <v>80</v>
       </c>
-      <c r="C13" s="3" t="s">
+      <c r="C13" s="2" t="s">
         <v>81</v>
       </c>
-      <c r="D13" s="3" t="s">
+      <c r="D13" s="2" t="s">
         <v>76</v>
       </c>
-      <c r="E13" s="4" t="s">
+      <c r="E13" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="F13" s="4" t="s">
+      <c r="F13" s="2" t="s">
         <v>82</v>
       </c>
-      <c r="G13" s="3" t="s">
+      <c r="G13" s="2" t="s">
         <v>83</v>
       </c>
-      <c r="H13" s="4" t="s">
+      <c r="H13" s="2" t="s">
         <v>84</v>
       </c>
-      <c r="I13" s="4" t="s">
+      <c r="I13" s="2" t="s">
         <v>85</v>
       </c>
-      <c r="J13" s="5"/>
-[...15 lines deleted...]
-      <c r="Z13" s="5"/>
     </row>
     <row r="14">
-      <c r="A14" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B14" s="3" t="s">
+      <c r="A14" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B14" s="2" t="s">
         <v>86</v>
       </c>
-      <c r="C14" s="3" t="s">
+      <c r="C14" s="2" t="s">
         <v>87</v>
       </c>
-      <c r="D14" s="3" t="s">
+      <c r="D14" s="2" t="s">
         <v>88</v>
       </c>
-      <c r="E14" s="4" t="s">
+      <c r="E14" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="F14" s="2" t="s">
         <v>89</v>
       </c>
-      <c r="F14" s="4" t="s">
+      <c r="G14" s="2" t="s">
         <v>90</v>
       </c>
-      <c r="G14" s="3" t="s">
+      <c r="H14" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="I14" s="2" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B15" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="C15" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="D15" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="E15" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F15" s="2" t="s">
+        <v>96</v>
+      </c>
+      <c r="G15" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="H15" s="2" t="s">
+        <v>98</v>
+      </c>
+      <c r="I15" s="2" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B16" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="C16" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="D16" s="2" t="s">
+        <v>102</v>
+      </c>
+      <c r="E16" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="F16" s="2" t="s">
+        <v>104</v>
+      </c>
+      <c r="G16" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="H14" s="4" t="s">
-[...33 lines deleted...]
-      <c r="D15" s="3" t="s">
+      <c r="H16" s="2" t="s">
+        <v>105</v>
+      </c>
+      <c r="I16" s="2" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B17" s="2" t="s">
+        <v>107</v>
+      </c>
+      <c r="C17" s="2" t="s">
+        <v>108</v>
+      </c>
+      <c r="D17" s="2" t="s">
+        <v>109</v>
+      </c>
+      <c r="E17" s="2" t="s">
+        <v>110</v>
+      </c>
+      <c r="F17" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="G17" s="2" t="s">
+        <v>112</v>
+      </c>
+      <c r="H17" s="2" t="s">
+        <v>113</v>
+      </c>
+      <c r="I17" s="2" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B18" s="2" t="s">
+        <v>107</v>
+      </c>
+      <c r="C18" s="2" t="s">
+        <v>115</v>
+      </c>
+      <c r="D18" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="E18" s="2" t="s">
+        <v>117</v>
+      </c>
+      <c r="F18" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="G18" s="2" t="s">
+        <v>119</v>
+      </c>
+      <c r="H18" s="2" t="s">
+        <v>120</v>
+      </c>
+      <c r="I18" s="2" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B19" s="2" t="s">
+        <v>122</v>
+      </c>
+      <c r="C19" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="D19" s="2" t="s">
+        <v>124</v>
+      </c>
+      <c r="E19" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="F19" s="2" t="s">
+        <v>125</v>
+      </c>
+      <c r="G19" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H19" s="2" t="s">
+        <v>126</v>
+      </c>
+      <c r="I19" s="2" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B20" s="2" t="s">
+        <v>128</v>
+      </c>
+      <c r="C20" s="2" t="s">
+        <v>129</v>
+      </c>
+      <c r="D20" s="2" t="s">
+        <v>130</v>
+      </c>
+      <c r="E20" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="F20" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="G20" s="2" t="s">
+        <v>132</v>
+      </c>
+      <c r="H20" s="2" t="s">
+        <v>133</v>
+      </c>
+      <c r="I20" s="2" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="21" ht="15.75" customHeight="1">
+      <c r="A21" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B21" s="2" t="s">
+        <v>135</v>
+      </c>
+      <c r="C21" s="2" t="s">
+        <v>136</v>
+      </c>
+      <c r="D21" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="E21" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F21" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="G21" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H21" s="2" t="s">
+        <v>137</v>
+      </c>
+      <c r="I21" s="2" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="22" ht="15.75" customHeight="1">
+      <c r="A22" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B22" s="2" t="s">
+        <v>135</v>
+      </c>
+      <c r="C22" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="D22" s="2" t="s">
+        <v>140</v>
+      </c>
+      <c r="E22" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="F22" s="2" t="s">
+        <v>142</v>
+      </c>
+      <c r="G22" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H22" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="I22" s="2" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="23" ht="15.75" customHeight="1">
+      <c r="A23" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B23" s="2" t="s">
+        <v>145</v>
+      </c>
+      <c r="C23" s="2" t="s">
+        <v>146</v>
+      </c>
+      <c r="D23" s="2" t="s">
+        <v>147</v>
+      </c>
+      <c r="E23" s="2" t="s">
+        <v>148</v>
+      </c>
+      <c r="F23" s="2" t="s">
+        <v>149</v>
+      </c>
+      <c r="G23" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H23" s="2" t="s">
+        <v>150</v>
+      </c>
+      <c r="I23" s="2" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="24" ht="15.75" customHeight="1">
+      <c r="A24" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B24" s="2" t="s">
+        <v>152</v>
+      </c>
+      <c r="C24" s="2" t="s">
+        <v>153</v>
+      </c>
+      <c r="D24" s="2" t="s">
+        <v>154</v>
+      </c>
+      <c r="E24" s="2" t="s">
+        <v>155</v>
+      </c>
+      <c r="F24" s="2" t="s">
+        <v>156</v>
+      </c>
+      <c r="G24" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="H24" s="2" t="s">
+        <v>158</v>
+      </c>
+      <c r="I24" s="2" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="25" ht="15.75" customHeight="1">
+      <c r="A25" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B25" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="C25" s="2" t="s">
+        <v>161</v>
+      </c>
+      <c r="D25" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="E25" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="F25" s="2" t="s">
+        <v>162</v>
+      </c>
+      <c r="G25" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="H25" s="2" t="s">
+        <v>164</v>
+      </c>
+      <c r="I25" s="2" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="26" ht="15.75" customHeight="1">
+      <c r="A26" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B26" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="C26" s="2" t="s">
+        <v>166</v>
+      </c>
+      <c r="D26" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="E26" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="F26" s="2" t="s">
+        <v>167</v>
+      </c>
+      <c r="G26" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="H26" s="2" t="s">
+        <v>168</v>
+      </c>
+      <c r="I26" s="2" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="27" ht="15.75" customHeight="1">
+      <c r="A27" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B27" s="2" t="s">
+        <v>170</v>
+      </c>
+      <c r="C27" s="2" t="s">
+        <v>171</v>
+      </c>
+      <c r="D27" s="2" t="s">
+        <v>172</v>
+      </c>
+      <c r="E27" s="2" t="s">
+        <v>173</v>
+      </c>
+      <c r="F27" s="2" t="s">
+        <v>174</v>
+      </c>
+      <c r="G27" s="2" t="s">
+        <v>175</v>
+      </c>
+      <c r="H27" s="2" t="s">
+        <v>176</v>
+      </c>
+      <c r="I27" s="2" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="28" ht="15.75" customHeight="1">
+      <c r="A28" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B28" s="2" t="s">
+        <v>178</v>
+      </c>
+      <c r="C28" s="2" t="s">
+        <v>179</v>
+      </c>
+      <c r="D28" s="2" t="s">
+        <v>180</v>
+      </c>
+      <c r="E28" s="2" t="s">
+        <v>117</v>
+      </c>
+      <c r="F28" s="2" t="s">
+        <v>181</v>
+      </c>
+      <c r="G28" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H28" s="2" t="s">
+        <v>182</v>
+      </c>
+      <c r="I28" s="2" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="29" ht="15.75" customHeight="1">
+      <c r="A29" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B29" s="2" t="s">
+        <v>184</v>
+      </c>
+      <c r="C29" s="2" t="s">
+        <v>185</v>
+      </c>
+      <c r="D29" s="2" t="s">
+        <v>186</v>
+      </c>
+      <c r="E29" s="2" t="s">
+        <v>173</v>
+      </c>
+      <c r="F29" s="2" t="s">
+        <v>187</v>
+      </c>
+      <c r="G29" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H29" s="2" t="s">
+        <v>188</v>
+      </c>
+      <c r="I29" s="2" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="30" ht="15.75" customHeight="1">
+      <c r="A30" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B30" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="C30" s="2" t="s">
+        <v>191</v>
+      </c>
+      <c r="D30" s="2" t="s">
+        <v>186</v>
+      </c>
+      <c r="E30" s="2" t="s">
+        <v>173</v>
+      </c>
+      <c r="F30" s="2" t="s">
+        <v>187</v>
+      </c>
+      <c r="G30" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H30" s="2" t="s">
+        <v>188</v>
+      </c>
+      <c r="I30" s="2" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="31" ht="15.75" customHeight="1">
+      <c r="A31" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B31" s="2" t="s">
+        <v>193</v>
+      </c>
+      <c r="C31" s="2" t="s">
+        <v>194</v>
+      </c>
+      <c r="D31" s="2" t="s">
+        <v>172</v>
+      </c>
+      <c r="E31" s="2" t="s">
+        <v>173</v>
+      </c>
+      <c r="F31" s="2" t="s">
+        <v>195</v>
+      </c>
+      <c r="G31" s="2" t="s">
+        <v>196</v>
+      </c>
+      <c r="H31" s="2" t="s">
+        <v>197</v>
+      </c>
+      <c r="I31" s="2" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="32" ht="15.75" customHeight="1">
+      <c r="A32" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B32" s="2" t="s">
+        <v>199</v>
+      </c>
+      <c r="C32" s="2" t="s">
+        <v>200</v>
+      </c>
+      <c r="D32" s="2" t="s">
+        <v>201</v>
+      </c>
+      <c r="E32" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="F32" s="2" t="s">
+        <v>202</v>
+      </c>
+      <c r="G32" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H32" s="2" t="s">
+        <v>203</v>
+      </c>
+      <c r="I32" s="2" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="33" ht="15.75" customHeight="1">
+      <c r="A33" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B33" s="2" t="s">
+        <v>199</v>
+      </c>
+      <c r="C33" s="2" t="s">
+        <v>205</v>
+      </c>
+      <c r="D33" s="2" t="s">
+        <v>201</v>
+      </c>
+      <c r="E33" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="F33" s="2" t="s">
+        <v>202</v>
+      </c>
+      <c r="G33" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H33" s="2" t="s">
+        <v>206</v>
+      </c>
+      <c r="I33" s="2" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="34" ht="15.75" customHeight="1">
+      <c r="A34" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B34" s="2" t="s">
+        <v>208</v>
+      </c>
+      <c r="C34" s="2" t="s">
+        <v>209</v>
+      </c>
+      <c r="D34" s="2" t="s">
+        <v>210</v>
+      </c>
+      <c r="E34" s="2" t="s">
+        <v>148</v>
+      </c>
+      <c r="F34" s="2" t="s">
+        <v>211</v>
+      </c>
+      <c r="G34" s="2" t="s">
+        <v>212</v>
+      </c>
+      <c r="H34" s="2" t="s">
+        <v>213</v>
+      </c>
+      <c r="I34" s="2" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="35" ht="15.75" customHeight="1">
+      <c r="A35" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B35" s="2" t="s">
+        <v>215</v>
+      </c>
+      <c r="C35" s="2" t="s">
+        <v>216</v>
+      </c>
+      <c r="D35" s="2" t="s">
+        <v>217</v>
+      </c>
+      <c r="E35" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F35" s="2" t="s">
+        <v>218</v>
+      </c>
+      <c r="G35" s="2" t="s">
+        <v>219</v>
+      </c>
+      <c r="H35" s="2" t="s">
+        <v>220</v>
+      </c>
+      <c r="I35" s="2" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="36" ht="15.75" customHeight="1">
+      <c r="A36" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B36" s="2" t="s">
+        <v>222</v>
+      </c>
+      <c r="C36" s="2" t="s">
+        <v>223</v>
+      </c>
+      <c r="D36" s="2" t="s">
+        <v>224</v>
+      </c>
+      <c r="E36" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="F36" s="2" t="s">
+        <v>225</v>
+      </c>
+      <c r="G36" s="2" t="s">
+        <v>226</v>
+      </c>
+      <c r="H36" s="2" t="s">
+        <v>227</v>
+      </c>
+      <c r="I36" s="2" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="37" ht="15.75" customHeight="1">
+      <c r="A37" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B37" s="2" t="s">
+        <v>229</v>
+      </c>
+      <c r="C37" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="D37" s="2" t="s">
+        <v>231</v>
+      </c>
+      <c r="E37" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="F37" s="2" t="s">
+        <v>232</v>
+      </c>
+      <c r="G37" s="2" t="s">
+        <v>233</v>
+      </c>
+      <c r="H37" s="2" t="s">
+        <v>234</v>
+      </c>
+      <c r="I37" s="2" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="38" ht="15.75" customHeight="1">
+      <c r="A38" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B38" s="2" t="s">
+        <v>236</v>
+      </c>
+      <c r="C38" s="2" t="s">
+        <v>237</v>
+      </c>
+      <c r="D38" s="2" t="s">
+        <v>76</v>
+      </c>
+      <c r="E38" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="F38" s="2" t="s">
+        <v>238</v>
+      </c>
+      <c r="G38" s="2" t="s">
+        <v>239</v>
+      </c>
+      <c r="H38" s="2" t="s">
+        <v>240</v>
+      </c>
+      <c r="I38" s="2" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="39" ht="15.75" customHeight="1">
+      <c r="A39" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B39" s="2" t="s">
+        <v>242</v>
+      </c>
+      <c r="C39" s="2" t="s">
+        <v>243</v>
+      </c>
+      <c r="D39" s="2" t="s">
+        <v>130</v>
+      </c>
+      <c r="E39" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="F39" s="2" t="s">
+        <v>244</v>
+      </c>
+      <c r="G39" s="2" t="s">
+        <v>245</v>
+      </c>
+      <c r="H39" s="2" t="s">
+        <v>246</v>
+      </c>
+      <c r="I39" s="2" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="40" ht="15.75" customHeight="1">
+      <c r="A40" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B40" s="2" t="s">
+        <v>248</v>
+      </c>
+      <c r="C40" s="2" t="s">
+        <v>249</v>
+      </c>
+      <c r="D40" s="2" t="s">
+        <v>130</v>
+      </c>
+      <c r="E40" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="F40" s="2" t="s">
+        <v>250</v>
+      </c>
+      <c r="G40" s="2" t="s">
+        <v>251</v>
+      </c>
+      <c r="H40" s="2" t="s">
+        <v>252</v>
+      </c>
+      <c r="I40" s="2" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="41" ht="15.75" customHeight="1">
+      <c r="A41" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B41" s="2" t="s">
+        <v>254</v>
+      </c>
+      <c r="C41" s="2" t="s">
+        <v>255</v>
+      </c>
+      <c r="D41" s="2" t="s">
+        <v>256</v>
+      </c>
+      <c r="E41" s="2" t="s">
+        <v>117</v>
+      </c>
+      <c r="F41" s="2" t="s">
+        <v>257</v>
+      </c>
+      <c r="G41" s="2" t="s">
+        <v>258</v>
+      </c>
+      <c r="H41" s="2" t="s">
+        <v>259</v>
+      </c>
+      <c r="I41" s="2" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="42" ht="15.75" customHeight="1">
+      <c r="A42" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B42" s="2" t="s">
+        <v>254</v>
+      </c>
+      <c r="C42" s="2" t="s">
+        <v>261</v>
+      </c>
+      <c r="D42" s="2" t="s">
+        <v>262</v>
+      </c>
+      <c r="E42" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="F42" s="2" t="s">
+        <v>263</v>
+      </c>
+      <c r="G42" s="2" t="s">
+        <v>258</v>
+      </c>
+      <c r="H42" s="2" t="s">
+        <v>264</v>
+      </c>
+      <c r="I42" s="2" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="43" ht="15.75" customHeight="1">
+      <c r="A43" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B43" s="2" t="s">
+        <v>254</v>
+      </c>
+      <c r="C43" s="2" t="s">
+        <v>266</v>
+      </c>
+      <c r="D43" s="2" t="s">
+        <v>267</v>
+      </c>
+      <c r="E43" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="F43" s="2" t="s">
+        <v>268</v>
+      </c>
+      <c r="G43" s="2" t="s">
+        <v>258</v>
+      </c>
+      <c r="H43" s="2" t="s">
+        <v>269</v>
+      </c>
+      <c r="I43" s="2" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="44" ht="15.75" customHeight="1">
+      <c r="A44" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B44" s="2" t="s">
+        <v>271</v>
+      </c>
+      <c r="C44" s="2" t="s">
+        <v>272</v>
+      </c>
+      <c r="D44" s="2" t="s">
+        <v>273</v>
+      </c>
+      <c r="E44" s="2" t="s">
+        <v>173</v>
+      </c>
+      <c r="F44" s="2" t="s">
+        <v>274</v>
+      </c>
+      <c r="G44" s="2" t="s">
+        <v>275</v>
+      </c>
+      <c r="H44" s="2" t="s">
+        <v>276</v>
+      </c>
+      <c r="I44" s="2" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="45" ht="15.75" customHeight="1">
+      <c r="A45" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B45" s="2" t="s">
+        <v>278</v>
+      </c>
+      <c r="C45" s="2" t="s">
+        <v>279</v>
+      </c>
+      <c r="D45" s="2" t="s">
+        <v>186</v>
+      </c>
+      <c r="E45" s="2" t="s">
+        <v>173</v>
+      </c>
+      <c r="F45" s="2" t="s">
+        <v>280</v>
+      </c>
+      <c r="G45" s="2" t="s">
+        <v>275</v>
+      </c>
+      <c r="H45" s="2" t="s">
+        <v>281</v>
+      </c>
+      <c r="I45" s="2" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="46" ht="15.75" customHeight="1">
+      <c r="A46" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B46" s="2" t="s">
+        <v>283</v>
+      </c>
+      <c r="C46" s="2" t="s">
+        <v>284</v>
+      </c>
+      <c r="D46" s="2" t="s">
+        <v>285</v>
+      </c>
+      <c r="E46" s="2" t="s">
+        <v>286</v>
+      </c>
+      <c r="F46" s="2" t="s">
+        <v>287</v>
+      </c>
+      <c r="G46" s="2" t="s">
+        <v>288</v>
+      </c>
+      <c r="H46" s="2" t="s">
+        <v>289</v>
+      </c>
+      <c r="I46" s="2" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="47" ht="15.75" customHeight="1">
+      <c r="A47" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B47" s="2" t="s">
+        <v>291</v>
+      </c>
+      <c r="C47" s="2" t="s">
+        <v>292</v>
+      </c>
+      <c r="D47" s="2" t="s">
+        <v>293</v>
+      </c>
+      <c r="E47" s="2" t="s">
+        <v>294</v>
+      </c>
+      <c r="F47" s="2" t="s">
+        <v>295</v>
+      </c>
+      <c r="G47" s="2" t="s">
+        <v>175</v>
+      </c>
+      <c r="H47" s="2" t="s">
+        <v>296</v>
+      </c>
+      <c r="I47" s="2" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="48" ht="15.75" customHeight="1">
+      <c r="A48" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B48" s="2" t="s">
+        <v>298</v>
+      </c>
+      <c r="C48" s="2" t="s">
+        <v>299</v>
+      </c>
+      <c r="D48" s="2" t="s">
+        <v>76</v>
+      </c>
+      <c r="E48" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="F48" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="G48" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H48" s="2" t="s">
+        <v>300</v>
+      </c>
+      <c r="I48" s="2" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="49" ht="15.75" customHeight="1">
+      <c r="A49" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B49" s="2" t="s">
+        <v>302</v>
+      </c>
+      <c r="C49" s="2" t="s">
+        <v>303</v>
+      </c>
+      <c r="D49" s="2" t="s">
+        <v>304</v>
+      </c>
+      <c r="E49" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F49" s="2" t="s">
+        <v>305</v>
+      </c>
+      <c r="G49" s="2" t="s">
+        <v>306</v>
+      </c>
+      <c r="H49" s="2" t="s">
+        <v>307</v>
+      </c>
+      <c r="I49" s="2" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="50" ht="15.75" customHeight="1">
+      <c r="A50" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B50" s="2" t="s">
+        <v>302</v>
+      </c>
+      <c r="C50" s="2" t="s">
+        <v>309</v>
+      </c>
+      <c r="D50" s="2" t="s">
+        <v>304</v>
+      </c>
+      <c r="E50" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F50" s="2" t="s">
+        <v>305</v>
+      </c>
+      <c r="G50" s="2" t="s">
+        <v>306</v>
+      </c>
+      <c r="H50" s="2" t="s">
+        <v>307</v>
+      </c>
+      <c r="I50" s="2" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="51" ht="15.75" customHeight="1">
+      <c r="A51" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B51" s="2" t="s">
+        <v>311</v>
+      </c>
+      <c r="C51" s="2" t="s">
+        <v>312</v>
+      </c>
+      <c r="D51" s="2" t="s">
+        <v>313</v>
+      </c>
+      <c r="E51" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F51" s="2" t="s">
+        <v>314</v>
+      </c>
+      <c r="G51" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H51" s="2" t="s">
+        <v>315</v>
+      </c>
+      <c r="I51" s="2" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="52" ht="15.75" customHeight="1">
+      <c r="A52" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B52" s="2" t="s">
+        <v>317</v>
+      </c>
+      <c r="C52" s="2" t="s">
+        <v>318</v>
+      </c>
+      <c r="D52" s="2" t="s">
+        <v>319</v>
+      </c>
+      <c r="E52" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="F52" s="2" t="s">
+        <v>320</v>
+      </c>
+      <c r="G52" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H52" s="2" t="s">
+        <v>321</v>
+      </c>
+      <c r="I52" s="2" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="53" ht="15.75" customHeight="1">
+      <c r="A53" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B53" s="2" t="s">
+        <v>323</v>
+      </c>
+      <c r="C53" s="2" t="s">
+        <v>324</v>
+      </c>
+      <c r="D53" s="2" t="s">
+        <v>325</v>
+      </c>
+      <c r="E53" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F53" s="2" t="s">
+        <v>326</v>
+      </c>
+      <c r="G53" s="2" t="s">
+        <v>327</v>
+      </c>
+      <c r="H53" s="2" t="s">
+        <v>328</v>
+      </c>
+      <c r="I53" s="2" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="54" ht="15.75" customHeight="1">
+      <c r="A54" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B54" s="2" t="s">
+        <v>330</v>
+      </c>
+      <c r="C54" s="2" t="s">
+        <v>331</v>
+      </c>
+      <c r="D54" s="2" t="s">
+        <v>332</v>
+      </c>
+      <c r="E54" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="F54" s="2" t="s">
+        <v>333</v>
+      </c>
+      <c r="G54" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H54" s="2" t="s">
+        <v>334</v>
+      </c>
+      <c r="I54" s="2" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="55" ht="15.75" customHeight="1">
+      <c r="A55" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B55" s="2" t="s">
+        <v>336</v>
+      </c>
+      <c r="C55" s="2" t="s">
+        <v>337</v>
+      </c>
+      <c r="D55" s="2" t="s">
+        <v>338</v>
+      </c>
+      <c r="E55" s="2" t="s">
+        <v>294</v>
+      </c>
+      <c r="F55" s="2" t="s">
+        <v>339</v>
+      </c>
+      <c r="G55" s="2" t="s">
+        <v>340</v>
+      </c>
+      <c r="H55" s="2" t="s">
+        <v>341</v>
+      </c>
+      <c r="I55" s="2" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="56" ht="15.75" customHeight="1">
+      <c r="A56" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B56" s="2" t="s">
+        <v>343</v>
+      </c>
+      <c r="C56" s="2" t="s">
+        <v>344</v>
+      </c>
+      <c r="D56" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="E56" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="F56" s="2" t="s">
+        <v>345</v>
+      </c>
+      <c r="G56" s="2" t="s">
+        <v>346</v>
+      </c>
+      <c r="H56" s="2" t="s">
+        <v>347</v>
+      </c>
+      <c r="I56" s="2" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="57" ht="15.75" customHeight="1">
+      <c r="A57" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B57" s="2" t="s">
+        <v>349</v>
+      </c>
+      <c r="C57" s="2" t="s">
+        <v>350</v>
+      </c>
+      <c r="D57" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="E57" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F57" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="G57" s="2" t="s">
+        <v>351</v>
+      </c>
+      <c r="H57" s="2" t="s">
+        <v>352</v>
+      </c>
+      <c r="I57" s="2" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="58" ht="15.75" customHeight="1">
+      <c r="A58" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B58" s="2" t="s">
+        <v>354</v>
+      </c>
+      <c r="C58" s="2" t="s">
+        <v>355</v>
+      </c>
+      <c r="D58" s="2" t="s">
+        <v>356</v>
+      </c>
+      <c r="E58" s="2" t="s">
+        <v>110</v>
+      </c>
+      <c r="F58" s="2" t="s">
+        <v>357</v>
+      </c>
+      <c r="G58" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H58" s="2" t="s">
+        <v>358</v>
+      </c>
+      <c r="I58" s="2" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="59" ht="15.75" customHeight="1">
+      <c r="A59" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B59" s="2" t="s">
+        <v>360</v>
+      </c>
+      <c r="C59" s="2" t="s">
+        <v>361</v>
+      </c>
+      <c r="D59" s="2" t="s">
+        <v>362</v>
+      </c>
+      <c r="E59" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="F59" s="2" t="s">
+        <v>363</v>
+      </c>
+      <c r="G59" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H59" s="2" t="s">
+        <v>364</v>
+      </c>
+      <c r="I59" s="2" t="s">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="60" ht="15.75" customHeight="1">
+      <c r="A60" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B60" s="2" t="s">
+        <v>366</v>
+      </c>
+      <c r="C60" s="2" t="s">
+        <v>367</v>
+      </c>
+      <c r="D60" s="2" t="s">
+        <v>368</v>
+      </c>
+      <c r="E60" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F60" s="2" t="s">
+        <v>369</v>
+      </c>
+      <c r="G60" s="2" t="s">
+        <v>370</v>
+      </c>
+      <c r="H60" s="2" t="s">
+        <v>371</v>
+      </c>
+      <c r="I60" s="2" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="61" ht="15.75" customHeight="1">
+      <c r="A61" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B61" s="2" t="s">
+        <v>373</v>
+      </c>
+      <c r="C61" s="2" t="s">
+        <v>374</v>
+      </c>
+      <c r="D61" s="2" t="s">
+        <v>375</v>
+      </c>
+      <c r="E61" s="2" t="s">
+        <v>376</v>
+      </c>
+      <c r="F61" s="2" t="s">
+        <v>377</v>
+      </c>
+      <c r="G61" s="2" t="s">
+        <v>378</v>
+      </c>
+      <c r="H61" s="2" t="s">
+        <v>379</v>
+      </c>
+      <c r="I61" s="2" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="62" ht="15.75" customHeight="1">
+      <c r="A62" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B62" s="2" t="s">
+        <v>381</v>
+      </c>
+      <c r="C62" s="2" t="s">
+        <v>382</v>
+      </c>
+      <c r="D62" s="2" t="s">
+        <v>383</v>
+      </c>
+      <c r="E62" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="F62" s="2" t="s">
+        <v>384</v>
+      </c>
+      <c r="G62" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H62" s="2" t="s">
+        <v>385</v>
+      </c>
+      <c r="I62" s="2" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="63" ht="15.75" customHeight="1">
+      <c r="A63" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B63" s="2" t="s">
+        <v>387</v>
+      </c>
+      <c r="C63" s="2" t="s">
+        <v>388</v>
+      </c>
+      <c r="D63" s="2" t="s">
+        <v>389</v>
+      </c>
+      <c r="E63" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="F63" s="2" t="s">
+        <v>390</v>
+      </c>
+      <c r="G63" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H63" s="2" t="s">
+        <v>391</v>
+      </c>
+      <c r="I63" s="2" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="64" ht="15.75" customHeight="1">
+      <c r="A64" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B64" s="2" t="s">
+        <v>393</v>
+      </c>
+      <c r="C64" s="2" t="s">
+        <v>394</v>
+      </c>
+      <c r="D64" s="2" t="s">
+        <v>395</v>
+      </c>
+      <c r="E64" s="2" t="s">
+        <v>396</v>
+      </c>
+      <c r="F64" s="2" t="s">
+        <v>397</v>
+      </c>
+      <c r="G64" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H64" s="2" t="s">
+        <v>398</v>
+      </c>
+      <c r="I64" s="2" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="65" ht="15.75" customHeight="1">
+      <c r="A65" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B65" s="2" t="s">
+        <v>400</v>
+      </c>
+      <c r="C65" s="2" t="s">
+        <v>401</v>
+      </c>
+      <c r="D65" s="2" t="s">
+        <v>402</v>
+      </c>
+      <c r="E65" s="2" t="s">
+        <v>403</v>
+      </c>
+      <c r="F65" s="2" t="s">
+        <v>404</v>
+      </c>
+      <c r="G65" s="2" t="s">
+        <v>405</v>
+      </c>
+      <c r="H65" s="2" t="s">
+        <v>406</v>
+      </c>
+      <c r="I65" s="2" t="s">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="66" ht="15.75" customHeight="1">
+      <c r="A66" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B66" s="2" t="s">
+        <v>408</v>
+      </c>
+      <c r="C66" s="2" t="s">
+        <v>409</v>
+      </c>
+      <c r="D66" s="2" t="s">
+        <v>410</v>
+      </c>
+      <c r="E66" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="F66" s="2" t="s">
+        <v>411</v>
+      </c>
+      <c r="G66" s="2" t="s">
+        <v>412</v>
+      </c>
+      <c r="H66" s="2" t="s">
+        <v>413</v>
+      </c>
+      <c r="I66" s="2" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="67" ht="15.75" customHeight="1">
+      <c r="A67" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B67" s="2" t="s">
+        <v>415</v>
+      </c>
+      <c r="C67" s="2" t="s">
+        <v>416</v>
+      </c>
+      <c r="D67" s="2" t="s">
+        <v>417</v>
+      </c>
+      <c r="E67" s="2" t="s">
+        <v>418</v>
+      </c>
+      <c r="F67" s="2" t="s">
+        <v>419</v>
+      </c>
+      <c r="G67" s="2" t="s">
+        <v>420</v>
+      </c>
+      <c r="H67" s="2" t="s">
+        <v>421</v>
+      </c>
+      <c r="I67" s="2" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="68" ht="15.75" customHeight="1">
+      <c r="A68" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B68" s="2" t="s">
+        <v>423</v>
+      </c>
+      <c r="C68" s="2" t="s">
+        <v>424</v>
+      </c>
+      <c r="D68" s="2" t="s">
+        <v>186</v>
+      </c>
+      <c r="E68" s="2" t="s">
+        <v>173</v>
+      </c>
+      <c r="F68" s="2" t="s">
+        <v>280</v>
+      </c>
+      <c r="G68" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H68" s="2" t="s">
+        <v>425</v>
+      </c>
+      <c r="I68" s="2" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="69" ht="15.75" customHeight="1">
+      <c r="A69" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B69" s="2" t="s">
+        <v>427</v>
+      </c>
+      <c r="C69" s="2" t="s">
+        <v>428</v>
+      </c>
+      <c r="D69" s="2" t="s">
+        <v>76</v>
+      </c>
+      <c r="E69" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="F69" s="2" t="s">
+        <v>429</v>
+      </c>
+      <c r="G69" s="2" t="s">
+        <v>430</v>
+      </c>
+      <c r="H69" s="2" t="s">
+        <v>431</v>
+      </c>
+      <c r="I69" s="2" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="70" ht="15.75" customHeight="1">
+      <c r="A70" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B70" s="2" t="s">
+        <v>433</v>
+      </c>
+      <c r="C70" s="2" t="s">
+        <v>434</v>
+      </c>
+      <c r="D70" s="2" t="s">
+        <v>435</v>
+      </c>
+      <c r="E70" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="F70" s="2" t="s">
+        <v>436</v>
+      </c>
+      <c r="G70" s="2" t="s">
+        <v>437</v>
+      </c>
+      <c r="H70" s="2" t="s">
+        <v>438</v>
+      </c>
+      <c r="I70" s="2" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="71" ht="15.75" customHeight="1">
+      <c r="A71" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B71" s="2" t="s">
+        <v>440</v>
+      </c>
+      <c r="C71" s="2" t="s">
+        <v>441</v>
+      </c>
+      <c r="D71" s="2" t="s">
+        <v>442</v>
+      </c>
+      <c r="E71" s="2" t="s">
+        <v>286</v>
+      </c>
+      <c r="F71" s="2" t="s">
+        <v>443</v>
+      </c>
+      <c r="G71" s="2" t="s">
+        <v>288</v>
+      </c>
+      <c r="H71" s="2" t="s">
+        <v>289</v>
+      </c>
+      <c r="I71" s="2" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="72" ht="15.75" customHeight="1">
+      <c r="A72" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B72" s="2" t="s">
+        <v>445</v>
+      </c>
+      <c r="C72" s="2" t="s">
+        <v>446</v>
+      </c>
+      <c r="D72" s="2" t="s">
+        <v>447</v>
+      </c>
+      <c r="E72" s="2" t="s">
+        <v>148</v>
+      </c>
+      <c r="F72" s="2" t="s">
+        <v>448</v>
+      </c>
+      <c r="G72" s="2" t="s">
+        <v>449</v>
+      </c>
+      <c r="H72" s="2" t="s">
+        <v>450</v>
+      </c>
+      <c r="I72" s="2" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="73" ht="15.75" customHeight="1">
+      <c r="A73" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B73" s="2" t="s">
+        <v>452</v>
+      </c>
+      <c r="C73" s="2" t="s">
+        <v>453</v>
+      </c>
+      <c r="D73" s="2" t="s">
+        <v>454</v>
+      </c>
+      <c r="E73" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="F73" s="2" t="s">
+        <v>455</v>
+      </c>
+      <c r="G73" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H73" s="2" t="s">
+        <v>456</v>
+      </c>
+      <c r="I73" s="2" t="s">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="74" ht="15.75" customHeight="1">
+      <c r="A74" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B74" s="2" t="s">
+        <v>458</v>
+      </c>
+      <c r="C74" s="2" t="s">
+        <v>459</v>
+      </c>
+      <c r="D74" s="2" t="s">
+        <v>460</v>
+      </c>
+      <c r="E74" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F74" s="2" t="s">
+        <v>461</v>
+      </c>
+      <c r="G74" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H74" s="2" t="s">
+        <v>462</v>
+      </c>
+      <c r="I74" s="2" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="75" ht="15.75" customHeight="1">
+      <c r="A75" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B75" s="2" t="s">
+        <v>458</v>
+      </c>
+      <c r="C75" s="2" t="s">
+        <v>464</v>
+      </c>
+      <c r="D75" s="2" t="s">
+        <v>465</v>
+      </c>
+      <c r="E75" s="2" t="s">
+        <v>173</v>
+      </c>
+      <c r="F75" s="2" t="s">
+        <v>466</v>
+      </c>
+      <c r="G75" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H75" s="2" t="s">
+        <v>467</v>
+      </c>
+      <c r="I75" s="2" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="76" ht="15.75" customHeight="1">
+      <c r="A76" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B76" s="2" t="s">
+        <v>469</v>
+      </c>
+      <c r="C76" s="2" t="s">
+        <v>470</v>
+      </c>
+      <c r="D76" s="2" t="s">
+        <v>471</v>
+      </c>
+      <c r="E76" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F76" s="2" t="s">
+        <v>473</v>
+      </c>
+      <c r="G76" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H76" s="2" t="s">
+        <v>474</v>
+      </c>
+      <c r="I76" s="2" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="77" ht="15.75" customHeight="1">
+      <c r="A77" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B77" s="2" t="s">
+        <v>476</v>
+      </c>
+      <c r="C77" s="2" t="s">
+        <v>477</v>
+      </c>
+      <c r="D77" s="2" t="s">
+        <v>478</v>
+      </c>
+      <c r="E77" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="F77" s="2" t="s">
+        <v>479</v>
+      </c>
+      <c r="G77" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="H77" s="2" t="s">
+        <v>481</v>
+      </c>
+      <c r="I77" s="2" t="s">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="78" ht="15.75" customHeight="1">
+      <c r="A78" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B78" s="2" t="s">
+        <v>483</v>
+      </c>
+      <c r="C78" s="2" t="s">
+        <v>484</v>
+      </c>
+      <c r="D78" s="2" t="s">
+        <v>485</v>
+      </c>
+      <c r="E78" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F78" s="2" t="s">
+        <v>486</v>
+      </c>
+      <c r="G78" s="2" t="s">
+        <v>487</v>
+      </c>
+      <c r="H78" s="2" t="s">
+        <v>488</v>
+      </c>
+      <c r="I78" s="2" t="s">
+        <v>489</v>
+      </c>
+    </row>
+    <row r="79" ht="15.75" customHeight="1">
+      <c r="A79" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B79" s="2" t="s">
+        <v>490</v>
+      </c>
+      <c r="C79" s="2" t="s">
+        <v>491</v>
+      </c>
+      <c r="D79" s="2" t="s">
+        <v>492</v>
+      </c>
+      <c r="E79" s="2" t="s">
+        <v>403</v>
+      </c>
+      <c r="F79" s="2" t="s">
+        <v>493</v>
+      </c>
+      <c r="G79" s="2" t="s">
+        <v>494</v>
+      </c>
+      <c r="H79" s="2" t="s">
+        <v>495</v>
+      </c>
+      <c r="I79" s="2" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="80" ht="15.75" customHeight="1">
+      <c r="A80" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B80" s="2" t="s">
+        <v>497</v>
+      </c>
+      <c r="C80" s="2" t="s">
+        <v>498</v>
+      </c>
+      <c r="D80" s="2" t="s">
+        <v>499</v>
+      </c>
+      <c r="E80" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="F80" s="2" t="s">
+        <v>500</v>
+      </c>
+      <c r="G80" s="2" t="s">
+        <v>501</v>
+      </c>
+      <c r="H80" s="2" t="s">
+        <v>502</v>
+      </c>
+      <c r="I80" s="2" t="s">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="81" ht="15.75" customHeight="1">
+      <c r="A81" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B81" s="2" t="s">
+        <v>504</v>
+      </c>
+      <c r="C81" s="2" t="s">
+        <v>505</v>
+      </c>
+      <c r="D81" s="2" t="s">
+        <v>506</v>
+      </c>
+      <c r="E81" s="2" t="s">
+        <v>418</v>
+      </c>
+      <c r="F81" s="2" t="s">
+        <v>507</v>
+      </c>
+      <c r="G81" s="2" t="s">
+        <v>508</v>
+      </c>
+      <c r="H81" s="2" t="s">
+        <v>509</v>
+      </c>
+      <c r="I81" s="2" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="82" ht="15.75" customHeight="1">
+      <c r="A82" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B82" s="2" t="s">
+        <v>511</v>
+      </c>
+      <c r="C82" s="2" t="s">
+        <v>512</v>
+      </c>
+      <c r="D82" s="2" t="s">
+        <v>513</v>
+      </c>
+      <c r="E82" s="2" t="s">
+        <v>418</v>
+      </c>
+      <c r="F82" s="2" t="s">
+        <v>514</v>
+      </c>
+      <c r="G82" s="2" t="s">
+        <v>515</v>
+      </c>
+      <c r="H82" s="2" t="s">
+        <v>516</v>
+      </c>
+      <c r="I82" s="2" t="s">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="83" ht="15.75" customHeight="1">
+      <c r="A83" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B83" s="2" t="s">
+        <v>518</v>
+      </c>
+      <c r="C83" s="2" t="s">
+        <v>519</v>
+      </c>
+      <c r="D83" s="2" t="s">
+        <v>520</v>
+      </c>
+      <c r="E83" s="2" t="s">
+        <v>521</v>
+      </c>
+      <c r="F83" s="2" t="s">
+        <v>522</v>
+      </c>
+      <c r="G83" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H83" s="2" t="s">
+        <v>523</v>
+      </c>
+      <c r="I83" s="2" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="84" ht="15.75" customHeight="1">
+      <c r="A84" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B84" s="2" t="s">
+        <v>525</v>
+      </c>
+      <c r="C84" s="2" t="s">
+        <v>526</v>
+      </c>
+      <c r="D84" s="2" t="s">
+        <v>527</v>
+      </c>
+      <c r="E84" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="F84" s="2" t="s">
+        <v>528</v>
+      </c>
+      <c r="G84" s="2" t="s">
+        <v>529</v>
+      </c>
+      <c r="H84" s="2" t="s">
+        <v>530</v>
+      </c>
+      <c r="I84" s="2" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="85" ht="15.75" customHeight="1">
+      <c r="A85" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B85" s="2" t="s">
+        <v>532</v>
+      </c>
+      <c r="C85" s="2" t="s">
+        <v>533</v>
+      </c>
+      <c r="D85" s="2" t="s">
+        <v>534</v>
+      </c>
+      <c r="E85" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="F85" s="2" t="s">
+        <v>535</v>
+      </c>
+      <c r="G85" s="2" t="s">
+        <v>536</v>
+      </c>
+      <c r="H85" s="2" t="s">
+        <v>537</v>
+      </c>
+      <c r="I85" s="2" t="s">
+        <v>538</v>
+      </c>
+    </row>
+    <row r="86" ht="15.75" customHeight="1">
+      <c r="A86" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B86" s="2" t="s">
+        <v>539</v>
+      </c>
+      <c r="C86" s="2" t="s">
+        <v>540</v>
+      </c>
+      <c r="D86" s="2" t="s">
+        <v>130</v>
+      </c>
+      <c r="E86" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="F86" s="2" t="s">
+        <v>541</v>
+      </c>
+      <c r="G86" s="2" t="s">
+        <v>542</v>
+      </c>
+      <c r="H86" s="2" t="s">
+        <v>543</v>
+      </c>
+      <c r="I86" s="2" t="s">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="87" ht="15.75" customHeight="1">
+      <c r="A87" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B87" s="2" t="s">
+        <v>545</v>
+      </c>
+      <c r="C87" s="2" t="s">
+        <v>546</v>
+      </c>
+      <c r="D87" s="2" t="s">
+        <v>547</v>
+      </c>
+      <c r="E87" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="F87" s="2" t="s">
+        <v>548</v>
+      </c>
+      <c r="G87" s="2" t="s">
+        <v>549</v>
+      </c>
+      <c r="H87" s="2" t="s">
+        <v>550</v>
+      </c>
+      <c r="I87" s="2" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="88" ht="15.75" customHeight="1">
+      <c r="A88" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B88" s="2" t="s">
+        <v>552</v>
+      </c>
+      <c r="C88" s="2" t="s">
+        <v>553</v>
+      </c>
+      <c r="D88" s="2" t="s">
+        <v>554</v>
+      </c>
+      <c r="E88" s="2" t="s">
+        <v>418</v>
+      </c>
+      <c r="F88" s="2" t="s">
+        <v>555</v>
+      </c>
+      <c r="G88" s="2" t="s">
+        <v>556</v>
+      </c>
+      <c r="H88" s="2" t="s">
+        <v>557</v>
+      </c>
+      <c r="I88" s="2" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="89" ht="15.75" customHeight="1">
+      <c r="A89" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B89" s="2" t="s">
+        <v>559</v>
+      </c>
+      <c r="C89" s="2" t="s">
+        <v>560</v>
+      </c>
+      <c r="D89" s="2" t="s">
+        <v>561</v>
+      </c>
+      <c r="E89" s="2" t="s">
+        <v>148</v>
+      </c>
+      <c r="F89" s="2" t="s">
+        <v>562</v>
+      </c>
+      <c r="G89" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H89" s="2" t="s">
+        <v>563</v>
+      </c>
+      <c r="I89" s="2" t="s">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="90" ht="15.75" customHeight="1">
+      <c r="A90" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B90" s="2" t="s">
+        <v>565</v>
+      </c>
+      <c r="C90" s="2" t="s">
+        <v>566</v>
+      </c>
+      <c r="D90" s="2" t="s">
+        <v>567</v>
+      </c>
+      <c r="E90" s="2" t="s">
+        <v>568</v>
+      </c>
+      <c r="F90" s="2" t="s">
+        <v>569</v>
+      </c>
+      <c r="G90" s="2" t="s">
+        <v>570</v>
+      </c>
+      <c r="H90" s="2" t="s">
+        <v>571</v>
+      </c>
+      <c r="I90" s="2" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="91" ht="15.75" customHeight="1">
+      <c r="A91" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B91" s="2" t="s">
+        <v>573</v>
+      </c>
+      <c r="C91" s="2" t="s">
+        <v>574</v>
+      </c>
+      <c r="D91" s="2" t="s">
+        <v>575</v>
+      </c>
+      <c r="E91" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="F91" s="2" t="s">
+        <v>576</v>
+      </c>
+      <c r="G91" s="2" t="s">
+        <v>577</v>
+      </c>
+      <c r="H91" s="2" t="s">
+        <v>578</v>
+      </c>
+      <c r="I91" s="2" t="s">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="92" ht="15.75" customHeight="1">
+      <c r="A92" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B92" s="2" t="s">
+        <v>580</v>
+      </c>
+      <c r="C92" s="2" t="s">
+        <v>581</v>
+      </c>
+      <c r="D92" s="2" t="s">
+        <v>582</v>
+      </c>
+      <c r="E92" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F92" s="2" t="s">
+        <v>583</v>
+      </c>
+      <c r="G92" s="2" t="s">
+        <v>584</v>
+      </c>
+      <c r="H92" s="2" t="s">
+        <v>585</v>
+      </c>
+      <c r="I92" s="2" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="93" ht="15.75" customHeight="1">
+      <c r="A93" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B93" s="2" t="s">
+        <v>587</v>
+      </c>
+      <c r="C93" s="2" t="s">
+        <v>588</v>
+      </c>
+      <c r="D93" s="2" t="s">
+        <v>589</v>
+      </c>
+      <c r="E93" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="F93" s="2" t="s">
+        <v>590</v>
+      </c>
+      <c r="G93" s="2" t="s">
+        <v>591</v>
+      </c>
+      <c r="H93" s="2" t="s">
+        <v>592</v>
+      </c>
+      <c r="I93" s="2" t="s">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="94" ht="15.75" customHeight="1">
+      <c r="A94" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B94" s="2" t="s">
+        <v>594</v>
+      </c>
+      <c r="C94" s="2" t="s">
+        <v>595</v>
+      </c>
+      <c r="D94" s="2" t="s">
+        <v>596</v>
+      </c>
+      <c r="E94" s="2" t="s">
+        <v>117</v>
+      </c>
+      <c r="F94" s="2" t="s">
+        <v>597</v>
+      </c>
+      <c r="G94" s="2" t="s">
+        <v>598</v>
+      </c>
+      <c r="H94" s="2" t="s">
+        <v>599</v>
+      </c>
+      <c r="I94" s="2" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="95" ht="15.75" customHeight="1">
+      <c r="A95" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B95" s="2" t="s">
+        <v>601</v>
+      </c>
+      <c r="C95" s="2" t="s">
+        <v>602</v>
+      </c>
+      <c r="D95" s="2" t="s">
+        <v>603</v>
+      </c>
+      <c r="E95" s="2" t="s">
+        <v>117</v>
+      </c>
+      <c r="F95" s="2" t="s">
+        <v>604</v>
+      </c>
+      <c r="G95" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H95" s="2" t="s">
+        <v>605</v>
+      </c>
+      <c r="I95" s="2" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="96" ht="15.75" customHeight="1">
+      <c r="A96" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B96" s="2" t="s">
+        <v>607</v>
+      </c>
+      <c r="C96" s="2" t="s">
+        <v>608</v>
+      </c>
+      <c r="D96" s="2" t="s">
+        <v>609</v>
+      </c>
+      <c r="E96" s="2" t="s">
+        <v>610</v>
+      </c>
+      <c r="F96" s="2" t="s">
+        <v>611</v>
+      </c>
+      <c r="G96" s="2" t="s">
+        <v>612</v>
+      </c>
+      <c r="H96" s="2" t="s">
+        <v>613</v>
+      </c>
+      <c r="I96" s="2" t="s">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="97" ht="15.75" customHeight="1">
+      <c r="A97" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B97" s="2" t="s">
+        <v>615</v>
+      </c>
+      <c r="C97" s="2" t="s">
+        <v>616</v>
+      </c>
+      <c r="D97" s="2" t="s">
+        <v>617</v>
+      </c>
+      <c r="E97" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="F97" s="2" t="s">
+        <v>618</v>
+      </c>
+      <c r="G97" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H97" s="2" t="s">
+        <v>619</v>
+      </c>
+      <c r="I97" s="2" t="s">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="98" ht="15.75" customHeight="1">
+      <c r="A98" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B98" s="2" t="s">
+        <v>621</v>
+      </c>
+      <c r="C98" s="2" t="s">
+        <v>622</v>
+      </c>
+      <c r="D98" s="2" t="s">
         <v>95</v>
       </c>
-      <c r="E15" s="4" t="s">
-[...42 lines deleted...]
-      <c r="D16" s="3" t="s">
+      <c r="E98" s="2" t="s">
+        <v>623</v>
+      </c>
+      <c r="F98" s="2" t="s">
+        <v>624</v>
+      </c>
+      <c r="G98" s="2" t="s">
+        <v>625</v>
+      </c>
+      <c r="H98" s="2" t="s">
+        <v>626</v>
+      </c>
+      <c r="I98" s="2" t="s">
+        <v>627</v>
+      </c>
+    </row>
+    <row r="99" ht="15.75" customHeight="1">
+      <c r="A99" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B99" s="2" t="s">
+        <v>628</v>
+      </c>
+      <c r="C99" s="2" t="s">
+        <v>629</v>
+      </c>
+      <c r="D99" s="2" t="s">
+        <v>630</v>
+      </c>
+      <c r="E99" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F99" s="2" t="s">
+        <v>631</v>
+      </c>
+      <c r="G99" s="2" t="s">
+        <v>632</v>
+      </c>
+      <c r="H99" s="2" t="s">
+        <v>633</v>
+      </c>
+      <c r="I99" s="2" t="s">
+        <v>634</v>
+      </c>
+    </row>
+    <row r="100" ht="15.75" customHeight="1">
+      <c r="A100" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B100" s="2" t="s">
+        <v>635</v>
+      </c>
+      <c r="C100" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="D100" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="E100" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="F100" s="2" t="s">
+        <v>638</v>
+      </c>
+      <c r="G100" s="2" t="s">
+        <v>639</v>
+      </c>
+      <c r="H100" s="2" t="s">
+        <v>640</v>
+      </c>
+      <c r="I100" s="2" t="s">
+        <v>641</v>
+      </c>
+    </row>
+    <row r="101" ht="15.75" customHeight="1">
+      <c r="A101" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B101" s="2" t="s">
+        <v>642</v>
+      </c>
+      <c r="C101" s="2" t="s">
+        <v>643</v>
+      </c>
+      <c r="D101" s="2" t="s">
+        <v>644</v>
+      </c>
+      <c r="E101" s="2" t="s">
+        <v>645</v>
+      </c>
+      <c r="F101" s="2" t="s">
+        <v>646</v>
+      </c>
+      <c r="G101" s="2" t="s">
+        <v>647</v>
+      </c>
+      <c r="H101" s="2" t="s">
+        <v>648</v>
+      </c>
+      <c r="I101" s="2" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="102" ht="15.75" customHeight="1">
+      <c r="A102" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B102" s="2" t="s">
+        <v>650</v>
+      </c>
+      <c r="C102" s="2" t="s">
+        <v>651</v>
+      </c>
+      <c r="D102" s="2" t="s">
+        <v>652</v>
+      </c>
+      <c r="E102" s="2" t="s">
+        <v>155</v>
+      </c>
+      <c r="F102" s="2" t="s">
+        <v>653</v>
+      </c>
+      <c r="G102" s="2" t="s">
+        <v>654</v>
+      </c>
+      <c r="H102" s="2" t="s">
+        <v>655</v>
+      </c>
+      <c r="I102" s="2" t="s">
+        <v>656</v>
+      </c>
+    </row>
+    <row r="103" ht="15.75" customHeight="1">
+      <c r="A103" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B103" s="2" t="s">
+        <v>657</v>
+      </c>
+      <c r="C103" s="2" t="s">
+        <v>658</v>
+      </c>
+      <c r="D103" s="2" t="s">
+        <v>659</v>
+      </c>
+      <c r="E103" s="2" t="s">
+        <v>117</v>
+      </c>
+      <c r="F103" s="2" t="s">
+        <v>660</v>
+      </c>
+      <c r="G103" s="2" t="s">
+        <v>661</v>
+      </c>
+      <c r="H103" s="2" t="s">
+        <v>662</v>
+      </c>
+      <c r="I103" s="2" t="s">
+        <v>663</v>
+      </c>
+    </row>
+    <row r="104" ht="15.75" customHeight="1">
+      <c r="A104" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B104" s="2" t="s">
+        <v>664</v>
+      </c>
+      <c r="C104" s="2" t="s">
+        <v>665</v>
+      </c>
+      <c r="D104" s="2" t="s">
+        <v>666</v>
+      </c>
+      <c r="E104" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="F104" s="2" t="s">
+        <v>667</v>
+      </c>
+      <c r="G104" s="2" t="s">
+        <v>661</v>
+      </c>
+      <c r="H104" s="2" t="s">
+        <v>668</v>
+      </c>
+      <c r="I104" s="2" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="105" ht="15.75" customHeight="1">
+      <c r="A105" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B105" s="2" t="s">
+        <v>670</v>
+      </c>
+      <c r="C105" s="2" t="s">
+        <v>671</v>
+      </c>
+      <c r="D105" s="2" t="s">
+        <v>672</v>
+      </c>
+      <c r="E105" s="2" t="s">
+        <v>673</v>
+      </c>
+      <c r="F105" s="2" t="s">
+        <v>674</v>
+      </c>
+      <c r="G105" s="2" t="s">
+        <v>661</v>
+      </c>
+      <c r="H105" s="2" t="s">
+        <v>675</v>
+      </c>
+      <c r="I105" s="2" t="s">
+        <v>676</v>
+      </c>
+    </row>
+    <row r="106" ht="15.75" customHeight="1">
+      <c r="A106" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B106" s="2" t="s">
+        <v>677</v>
+      </c>
+      <c r="C106" s="2" t="s">
+        <v>678</v>
+      </c>
+      <c r="D106" s="2" t="s">
+        <v>679</v>
+      </c>
+      <c r="E106" s="2" t="s">
+        <v>680</v>
+      </c>
+      <c r="F106" s="2" t="s">
+        <v>681</v>
+      </c>
+      <c r="G106" s="2" t="s">
+        <v>682</v>
+      </c>
+      <c r="H106" s="2" t="s">
+        <v>683</v>
+      </c>
+      <c r="I106" s="2" t="s">
+        <v>684</v>
+      </c>
+    </row>
+    <row r="107" ht="15.75" customHeight="1">
+      <c r="A107" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B107" s="2" t="s">
+        <v>685</v>
+      </c>
+      <c r="C107" s="2" t="s">
+        <v>686</v>
+      </c>
+      <c r="D107" s="2" t="s">
+        <v>687</v>
+      </c>
+      <c r="E107" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F107" s="2" t="s">
+        <v>688</v>
+      </c>
+      <c r="G107" s="2" t="s">
+        <v>689</v>
+      </c>
+      <c r="H107" s="2" t="s">
+        <v>690</v>
+      </c>
+      <c r="I107" s="2" t="s">
+        <v>691</v>
+      </c>
+    </row>
+    <row r="108" ht="15.75" customHeight="1">
+      <c r="A108" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B108" s="2" t="s">
+        <v>692</v>
+      </c>
+      <c r="C108" s="2" t="s">
+        <v>693</v>
+      </c>
+      <c r="D108" s="2" t="s">
+        <v>694</v>
+      </c>
+      <c r="E108" s="2" t="s">
+        <v>286</v>
+      </c>
+      <c r="F108" s="2" t="s">
+        <v>695</v>
+      </c>
+      <c r="G108" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H108" s="2" t="s">
+        <v>696</v>
+      </c>
+      <c r="I108" s="2" t="s">
+        <v>697</v>
+      </c>
+    </row>
+    <row r="109" ht="15.75" customHeight="1">
+      <c r="A109" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B109" s="2" t="s">
+        <v>698</v>
+      </c>
+      <c r="C109" s="2" t="s">
+        <v>699</v>
+      </c>
+      <c r="D109" s="2" t="s">
+        <v>442</v>
+      </c>
+      <c r="E109" s="2" t="s">
+        <v>286</v>
+      </c>
+      <c r="F109" s="2" t="s">
+        <v>700</v>
+      </c>
+      <c r="G109" s="2" t="s">
+        <v>701</v>
+      </c>
+      <c r="H109" s="2" t="s">
+        <v>702</v>
+      </c>
+      <c r="I109" s="2" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="110" ht="15.75" customHeight="1">
+      <c r="A110" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B110" s="2" t="s">
+        <v>704</v>
+      </c>
+      <c r="C110" s="2" t="s">
+        <v>705</v>
+      </c>
+      <c r="D110" s="2" t="s">
+        <v>375</v>
+      </c>
+      <c r="E110" s="2" t="s">
+        <v>376</v>
+      </c>
+      <c r="F110" s="2" t="s">
+        <v>706</v>
+      </c>
+      <c r="G110" s="2" t="s">
+        <v>707</v>
+      </c>
+      <c r="H110" s="2" t="s">
+        <v>708</v>
+      </c>
+      <c r="I110" s="2" t="s">
+        <v>709</v>
+      </c>
+    </row>
+    <row r="111" ht="15.75" customHeight="1">
+      <c r="A111" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B111" s="2" t="s">
+        <v>710</v>
+      </c>
+      <c r="C111" s="2" t="s">
+        <v>711</v>
+      </c>
+      <c r="D111" s="2" t="s">
+        <v>465</v>
+      </c>
+      <c r="E111" s="2" t="s">
+        <v>173</v>
+      </c>
+      <c r="F111" s="2" t="s">
+        <v>466</v>
+      </c>
+      <c r="G111" s="2" t="s">
+        <v>712</v>
+      </c>
+      <c r="H111" s="2" t="s">
+        <v>713</v>
+      </c>
+      <c r="I111" s="2" t="s">
+        <v>714</v>
+      </c>
+    </row>
+    <row r="112" ht="15.75" customHeight="1">
+      <c r="A112" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B112" s="2" t="s">
+        <v>715</v>
+      </c>
+      <c r="C112" s="2" t="s">
+        <v>716</v>
+      </c>
+      <c r="D112" s="2" t="s">
+        <v>717</v>
+      </c>
+      <c r="E112" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="F112" s="2" t="s">
+        <v>718</v>
+      </c>
+      <c r="G112" s="2" t="s">
+        <v>719</v>
+      </c>
+      <c r="H112" s="2" t="s">
+        <v>720</v>
+      </c>
+      <c r="I112" s="2" t="s">
+        <v>721</v>
+      </c>
+    </row>
+    <row r="113" ht="15.75" customHeight="1">
+      <c r="A113" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B113" s="2" t="s">
+        <v>722</v>
+      </c>
+      <c r="C113" s="2" t="s">
+        <v>723</v>
+      </c>
+      <c r="D113" s="2" t="s">
+        <v>724</v>
+      </c>
+      <c r="E113" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="F113" s="2" t="s">
+        <v>725</v>
+      </c>
+      <c r="G113" s="2" t="s">
+        <v>726</v>
+      </c>
+      <c r="H113" s="2" t="s">
+        <v>727</v>
+      </c>
+      <c r="I113" s="2" t="s">
+        <v>728</v>
+      </c>
+    </row>
+    <row r="114" ht="15.75" customHeight="1">
+      <c r="A114" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B114" s="2" t="s">
+        <v>729</v>
+      </c>
+      <c r="C114" s="2" t="s">
+        <v>730</v>
+      </c>
+      <c r="D114" s="2" t="s">
+        <v>435</v>
+      </c>
+      <c r="E114" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="F114" s="2" t="s">
+        <v>436</v>
+      </c>
+      <c r="G114" s="2" t="s">
+        <v>731</v>
+      </c>
+      <c r="H114" s="2" t="s">
+        <v>732</v>
+      </c>
+      <c r="I114" s="2" t="s">
+        <v>733</v>
+      </c>
+    </row>
+    <row r="115" ht="15.75" customHeight="1">
+      <c r="A115" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B115" s="2" t="s">
+        <v>734</v>
+      </c>
+      <c r="C115" s="2" t="s">
+        <v>735</v>
+      </c>
+      <c r="D115" s="2" t="s">
+        <v>130</v>
+      </c>
+      <c r="E115" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="F115" s="2" t="s">
+        <v>244</v>
+      </c>
+      <c r="G115" s="2" t="s">
+        <v>736</v>
+      </c>
+      <c r="H115" s="2" t="s">
+        <v>737</v>
+      </c>
+      <c r="I115" s="2" t="s">
+        <v>738</v>
+      </c>
+    </row>
+    <row r="116" ht="15.75" customHeight="1">
+      <c r="A116" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B116" s="2" t="s">
+        <v>739</v>
+      </c>
+      <c r="C116" s="2" t="s">
+        <v>740</v>
+      </c>
+      <c r="D116" s="2" t="s">
+        <v>741</v>
+      </c>
+      <c r="E116" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F116" s="2" t="s">
+        <v>742</v>
+      </c>
+      <c r="G116" s="2" t="s">
+        <v>743</v>
+      </c>
+      <c r="H116" s="2" t="s">
+        <v>744</v>
+      </c>
+      <c r="I116" s="2" t="s">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="117" ht="15.75" customHeight="1">
+      <c r="A117" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B117" s="2" t="s">
+        <v>746</v>
+      </c>
+      <c r="C117" s="2" t="s">
+        <v>747</v>
+      </c>
+      <c r="D117" s="2" t="s">
+        <v>717</v>
+      </c>
+      <c r="E117" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="F117" s="2" t="s">
+        <v>718</v>
+      </c>
+      <c r="G117" s="2" t="s">
+        <v>731</v>
+      </c>
+      <c r="H117" s="2" t="s">
+        <v>748</v>
+      </c>
+      <c r="I117" s="2" t="s">
+        <v>749</v>
+      </c>
+    </row>
+    <row r="118" ht="15.75" customHeight="1">
+      <c r="A118" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B118" s="2" t="s">
+        <v>750</v>
+      </c>
+      <c r="C118" s="2" t="s">
+        <v>751</v>
+      </c>
+      <c r="D118" s="2" t="s">
+        <v>752</v>
+      </c>
+      <c r="E118" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F118" s="2" t="s">
+        <v>753</v>
+      </c>
+      <c r="G118" s="2" t="s">
+        <v>754</v>
+      </c>
+      <c r="H118" s="2" t="s">
+        <v>755</v>
+      </c>
+      <c r="I118" s="2" t="s">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="119" ht="15.75" customHeight="1">
+      <c r="A119" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B119" s="2" t="s">
+        <v>757</v>
+      </c>
+      <c r="C119" s="2" t="s">
+        <v>758</v>
+      </c>
+      <c r="D119" s="2" t="s">
+        <v>417</v>
+      </c>
+      <c r="E119" s="2" t="s">
+        <v>418</v>
+      </c>
+      <c r="F119" s="2" t="s">
+        <v>759</v>
+      </c>
+      <c r="G119" s="2" t="s">
+        <v>760</v>
+      </c>
+      <c r="H119" s="2" t="s">
+        <v>761</v>
+      </c>
+      <c r="I119" s="2" t="s">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="120" ht="15.75" customHeight="1">
+      <c r="A120" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B120" s="2" t="s">
+        <v>763</v>
+      </c>
+      <c r="C120" s="2" t="s">
+        <v>764</v>
+      </c>
+      <c r="D120" s="2" t="s">
+        <v>765</v>
+      </c>
+      <c r="E120" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="F120" s="2" t="s">
+        <v>766</v>
+      </c>
+      <c r="G120" s="2" t="s">
+        <v>767</v>
+      </c>
+      <c r="H120" s="2" t="s">
+        <v>768</v>
+      </c>
+      <c r="I120" s="2" t="s">
+        <v>769</v>
+      </c>
+    </row>
+    <row r="121" ht="15.75" customHeight="1">
+      <c r="A121" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B121" s="2" t="s">
+        <v>770</v>
+      </c>
+      <c r="C121" s="2" t="s">
+        <v>771</v>
+      </c>
+      <c r="D121" s="2" t="s">
+        <v>596</v>
+      </c>
+      <c r="E121" s="2" t="s">
+        <v>117</v>
+      </c>
+      <c r="F121" s="2" t="s">
+        <v>772</v>
+      </c>
+      <c r="G121" s="2" t="s">
+        <v>773</v>
+      </c>
+      <c r="H121" s="2" t="s">
+        <v>774</v>
+      </c>
+      <c r="I121" s="2" t="s">
+        <v>775</v>
+      </c>
+    </row>
+    <row r="122" ht="15.75" customHeight="1">
+      <c r="A122" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B122" s="2" t="s">
+        <v>776</v>
+      </c>
+      <c r="C122" s="2" t="s">
+        <v>777</v>
+      </c>
+      <c r="D122" s="2" t="s">
+        <v>778</v>
+      </c>
+      <c r="E122" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="F122" s="2" t="s">
+        <v>779</v>
+      </c>
+      <c r="G122" s="2" t="s">
+        <v>780</v>
+      </c>
+      <c r="H122" s="2" t="s">
+        <v>781</v>
+      </c>
+      <c r="I122" s="2" t="s">
+        <v>782</v>
+      </c>
+    </row>
+    <row r="123" ht="15.75" customHeight="1">
+      <c r="A123" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B123" s="2" t="s">
+        <v>783</v>
+      </c>
+      <c r="C123" s="2" t="s">
+        <v>784</v>
+      </c>
+      <c r="D123" s="2" t="s">
+        <v>785</v>
+      </c>
+      <c r="E123" s="2" t="s">
+        <v>110</v>
+      </c>
+      <c r="F123" s="2" t="s">
+        <v>786</v>
+      </c>
+      <c r="G123" s="2" t="s">
+        <v>787</v>
+      </c>
+      <c r="H123" s="2" t="s">
+        <v>788</v>
+      </c>
+      <c r="I123" s="2" t="s">
+        <v>789</v>
+      </c>
+    </row>
+    <row r="124" ht="15.75" customHeight="1">
+      <c r="A124" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B124" s="2" t="s">
+        <v>790</v>
+      </c>
+      <c r="C124" s="2" t="s">
+        <v>791</v>
+      </c>
+      <c r="D124" s="2" t="s">
+        <v>442</v>
+      </c>
+      <c r="E124" s="2" t="s">
+        <v>286</v>
+      </c>
+      <c r="F124" s="2" t="s">
+        <v>792</v>
+      </c>
+      <c r="G124" s="2" t="s">
+        <v>793</v>
+      </c>
+      <c r="H124" s="2" t="s">
+        <v>794</v>
+      </c>
+      <c r="I124" s="2" t="s">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="125" ht="15.75" customHeight="1">
+      <c r="A125" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B125" s="2" t="s">
+        <v>796</v>
+      </c>
+      <c r="C125" s="2" t="s">
+        <v>797</v>
+      </c>
+      <c r="D125" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="E125" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="F125" s="2" t="s">
+        <v>167</v>
+      </c>
+      <c r="G125" s="2" t="s">
+        <v>798</v>
+      </c>
+      <c r="H125" s="2" t="s">
+        <v>799</v>
+      </c>
+      <c r="I125" s="2" t="s">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="126" ht="15.75" customHeight="1">
+      <c r="A126" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B126" s="2" t="s">
+        <v>801</v>
+      </c>
+      <c r="C126" s="2" t="s">
+        <v>802</v>
+      </c>
+      <c r="D126" s="2" t="s">
+        <v>724</v>
+      </c>
+      <c r="E126" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="F126" s="2" t="s">
+        <v>803</v>
+      </c>
+      <c r="G126" s="2" t="s">
+        <v>804</v>
+      </c>
+      <c r="H126" s="2" t="s">
+        <v>805</v>
+      </c>
+      <c r="I126" s="2" t="s">
+        <v>806</v>
+      </c>
+    </row>
+    <row r="127" ht="15.75" customHeight="1">
+      <c r="A127" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B127" s="2" t="s">
+        <v>807</v>
+      </c>
+      <c r="C127" s="2" t="s">
+        <v>808</v>
+      </c>
+      <c r="D127" s="2" t="s">
+        <v>809</v>
+      </c>
+      <c r="E127" s="2" t="s">
+        <v>810</v>
+      </c>
+      <c r="F127" s="2" t="s">
+        <v>811</v>
+      </c>
+      <c r="G127" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H127" s="2" t="s">
+        <v>812</v>
+      </c>
+      <c r="I127" s="2" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="128" ht="15.75" customHeight="1">
+      <c r="A128" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B128" s="2" t="s">
+        <v>814</v>
+      </c>
+      <c r="C128" s="2" t="s">
+        <v>815</v>
+      </c>
+      <c r="D128" s="2" t="s">
+        <v>816</v>
+      </c>
+      <c r="E128" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="F128" s="2" t="s">
+        <v>817</v>
+      </c>
+      <c r="G128" s="2" t="s">
+        <v>818</v>
+      </c>
+      <c r="H128" s="2" t="s">
+        <v>819</v>
+      </c>
+      <c r="I128" s="2" t="s">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="129" ht="15.75" customHeight="1">
+      <c r="A129" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B129" s="2" t="s">
+        <v>821</v>
+      </c>
+      <c r="C129" s="2" t="s">
+        <v>822</v>
+      </c>
+      <c r="D129" s="2" t="s">
+        <v>823</v>
+      </c>
+      <c r="E129" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="F129" s="2" t="s">
+        <v>824</v>
+      </c>
+      <c r="G129" s="2" t="s">
+        <v>825</v>
+      </c>
+      <c r="H129" s="2" t="s">
+        <v>826</v>
+      </c>
+      <c r="I129" s="2" t="s">
+        <v>827</v>
+      </c>
+    </row>
+    <row r="130" ht="15.75" customHeight="1">
+      <c r="A130" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B130" s="2" t="s">
+        <v>828</v>
+      </c>
+      <c r="C130" s="2" t="s">
+        <v>829</v>
+      </c>
+      <c r="D130" s="2" t="s">
+        <v>830</v>
+      </c>
+      <c r="E130" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F130" s="2" t="s">
+        <v>831</v>
+      </c>
+      <c r="G130" s="2" t="s">
+        <v>832</v>
+      </c>
+      <c r="H130" s="2" t="s">
+        <v>833</v>
+      </c>
+      <c r="I130" s="2" t="s">
+        <v>834</v>
+      </c>
+    </row>
+    <row r="131" ht="15.75" customHeight="1">
+      <c r="A131" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B131" s="2" t="s">
+        <v>835</v>
+      </c>
+      <c r="C131" s="2" t="s">
+        <v>836</v>
+      </c>
+      <c r="D131" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="E131" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="F131" s="2" t="s">
+        <v>837</v>
+      </c>
+      <c r="G131" s="2" t="s">
+        <v>838</v>
+      </c>
+      <c r="H131" s="2" t="s">
+        <v>839</v>
+      </c>
+      <c r="I131" s="2" t="s">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="132" ht="15.75" customHeight="1">
+      <c r="A132" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B132" s="2" t="s">
+        <v>841</v>
+      </c>
+      <c r="C132" s="2" t="s">
+        <v>842</v>
+      </c>
+      <c r="D132" s="2" t="s">
+        <v>843</v>
+      </c>
+      <c r="E132" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F132" s="2" t="s">
+        <v>844</v>
+      </c>
+      <c r="G132" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H132" s="2" t="s">
+        <v>845</v>
+      </c>
+      <c r="I132" s="2" t="s">
+        <v>846</v>
+      </c>
+    </row>
+    <row r="133" ht="15.75" customHeight="1">
+      <c r="A133" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B133" s="2" t="s">
+        <v>847</v>
+      </c>
+      <c r="C133" s="2" t="s">
+        <v>848</v>
+      </c>
+      <c r="D133" s="2" t="s">
+        <v>849</v>
+      </c>
+      <c r="E133" s="2" t="s">
+        <v>680</v>
+      </c>
+      <c r="F133" s="2" t="s">
+        <v>850</v>
+      </c>
+      <c r="G133" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H133" s="2" t="s">
+        <v>851</v>
+      </c>
+      <c r="I133" s="2" t="s">
+        <v>852</v>
+      </c>
+    </row>
+    <row r="134" ht="15.75" customHeight="1">
+      <c r="A134" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B134" s="2" t="s">
+        <v>853</v>
+      </c>
+      <c r="C134" s="2" t="s">
+        <v>854</v>
+      </c>
+      <c r="D134" s="2" t="s">
+        <v>855</v>
+      </c>
+      <c r="E134" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F134" s="2" t="s">
+        <v>856</v>
+      </c>
+      <c r="G134" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H134" s="2" t="s">
+        <v>857</v>
+      </c>
+      <c r="I134" s="2" t="s">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="135" ht="15.75" customHeight="1">
+      <c r="A135" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B135" s="2" t="s">
+        <v>853</v>
+      </c>
+      <c r="C135" s="2" t="s">
+        <v>859</v>
+      </c>
+      <c r="D135" s="2" t="s">
+        <v>855</v>
+      </c>
+      <c r="E135" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F135" s="2" t="s">
+        <v>856</v>
+      </c>
+      <c r="G135" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H135" s="2" t="s">
+        <v>857</v>
+      </c>
+      <c r="I135" s="2" t="s">
+        <v>860</v>
+      </c>
+    </row>
+    <row r="136" ht="15.75" customHeight="1">
+      <c r="A136" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B136" s="2" t="s">
+        <v>861</v>
+      </c>
+      <c r="C136" s="2" t="s">
+        <v>862</v>
+      </c>
+      <c r="D136" s="2" t="s">
+        <v>863</v>
+      </c>
+      <c r="E136" s="2" t="s">
+        <v>376</v>
+      </c>
+      <c r="F136" s="2" t="s">
+        <v>864</v>
+      </c>
+      <c r="G136" s="2" t="s">
+        <v>865</v>
+      </c>
+      <c r="H136" s="2" t="s">
+        <v>866</v>
+      </c>
+      <c r="I136" s="2" t="s">
+        <v>867</v>
+      </c>
+    </row>
+    <row r="137" ht="15.75" customHeight="1">
+      <c r="A137" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B137" s="2" t="s">
+        <v>868</v>
+      </c>
+      <c r="C137" s="2" t="s">
+        <v>869</v>
+      </c>
+      <c r="D137" s="2" t="s">
+        <v>870</v>
+      </c>
+      <c r="E137" s="2" t="s">
+        <v>568</v>
+      </c>
+      <c r="F137" s="2" t="s">
+        <v>871</v>
+      </c>
+      <c r="G137" s="2" t="s">
+        <v>872</v>
+      </c>
+      <c r="H137" s="2" t="s">
+        <v>873</v>
+      </c>
+      <c r="I137" s="2" t="s">
+        <v>874</v>
+      </c>
+    </row>
+    <row r="138" ht="15.75" customHeight="1">
+      <c r="A138" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B138" s="2" t="s">
+        <v>875</v>
+      </c>
+      <c r="C138" s="2" t="s">
+        <v>876</v>
+      </c>
+      <c r="D138" s="2" t="s">
+        <v>877</v>
+      </c>
+      <c r="E138" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F138" s="2" t="s">
+        <v>878</v>
+      </c>
+      <c r="G138" s="2" t="s">
+        <v>879</v>
+      </c>
+      <c r="H138" s="2" t="s">
+        <v>880</v>
+      </c>
+      <c r="I138" s="2" t="s">
+        <v>881</v>
+      </c>
+    </row>
+    <row r="139" ht="15.75" customHeight="1">
+      <c r="A139" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B139" s="2" t="s">
+        <v>882</v>
+      </c>
+      <c r="C139" s="2" t="s">
+        <v>883</v>
+      </c>
+      <c r="D139" s="2" t="s">
+        <v>884</v>
+      </c>
+      <c r="E139" s="2" t="s">
+        <v>885</v>
+      </c>
+      <c r="F139" s="2" t="s">
+        <v>886</v>
+      </c>
+      <c r="G139" s="2" t="s">
+        <v>887</v>
+      </c>
+      <c r="H139" s="2" t="s">
+        <v>888</v>
+      </c>
+      <c r="I139" s="2" t="s">
+        <v>889</v>
+      </c>
+    </row>
+    <row r="140" ht="15.75" customHeight="1">
+      <c r="A140" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B140" s="2" t="s">
+        <v>890</v>
+      </c>
+      <c r="C140" s="2" t="s">
+        <v>891</v>
+      </c>
+      <c r="D140" s="2" t="s">
+        <v>892</v>
+      </c>
+      <c r="E140" s="2" t="s">
+        <v>117</v>
+      </c>
+      <c r="F140" s="2" t="s">
+        <v>893</v>
+      </c>
+      <c r="G140" s="2" t="s">
+        <v>894</v>
+      </c>
+      <c r="H140" s="2" t="s">
+        <v>895</v>
+      </c>
+      <c r="I140" s="2" t="s">
+        <v>896</v>
+      </c>
+    </row>
+    <row r="141" ht="15.75" customHeight="1">
+      <c r="A141" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B141" s="2" t="s">
+        <v>897</v>
+      </c>
+      <c r="C141" s="2" t="s">
+        <v>898</v>
+      </c>
+      <c r="D141" s="2" t="s">
+        <v>76</v>
+      </c>
+      <c r="E141" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="F141" s="2" t="s">
+        <v>899</v>
+      </c>
+      <c r="G141" s="2" t="s">
+        <v>900</v>
+      </c>
+      <c r="H141" s="2" t="s">
+        <v>901</v>
+      </c>
+      <c r="I141" s="2" t="s">
+        <v>902</v>
+      </c>
+    </row>
+    <row r="142" ht="15.75" customHeight="1">
+      <c r="A142" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B142" s="2" t="s">
+        <v>903</v>
+      </c>
+      <c r="C142" s="2" t="s">
+        <v>904</v>
+      </c>
+      <c r="D142" s="2" t="s">
         <v>102</v>
       </c>
-      <c r="E16" s="4" t="s">
+      <c r="E142" s="2" t="s">
         <v>103</v>
       </c>
-      <c r="F16" s="4" t="s">
-[...36 lines deleted...]
-      <c r="C17" s="3" t="s">
+      <c r="F142" s="2" t="s">
+        <v>905</v>
+      </c>
+      <c r="G142" s="2" t="s">
+        <v>906</v>
+      </c>
+      <c r="H142" s="2" t="s">
+        <v>907</v>
+      </c>
+      <c r="I142" s="2" t="s">
+        <v>908</v>
+      </c>
+    </row>
+    <row r="143" ht="15.75" customHeight="1">
+      <c r="A143" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B143" s="2" t="s">
+        <v>909</v>
+      </c>
+      <c r="C143" s="2" t="s">
+        <v>910</v>
+      </c>
+      <c r="D143" s="2" t="s">
+        <v>911</v>
+      </c>
+      <c r="E143" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F143" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="G143" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H143" s="2" t="s">
+        <v>913</v>
+      </c>
+      <c r="I143" s="2" t="s">
+        <v>914</v>
+      </c>
+    </row>
+    <row r="144" ht="15.75" customHeight="1">
+      <c r="A144" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B144" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="C144" s="2" t="s">
+        <v>916</v>
+      </c>
+      <c r="D144" s="2" t="s">
+        <v>870</v>
+      </c>
+      <c r="E144" s="2" t="s">
+        <v>568</v>
+      </c>
+      <c r="F144" s="2" t="s">
+        <v>871</v>
+      </c>
+      <c r="G144" s="2" t="s">
+        <v>917</v>
+      </c>
+      <c r="H144" s="2" t="s">
+        <v>918</v>
+      </c>
+      <c r="I144" s="2" t="s">
+        <v>919</v>
+      </c>
+    </row>
+    <row r="145" ht="15.75" customHeight="1">
+      <c r="A145" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B145" s="2" t="s">
+        <v>920</v>
+      </c>
+      <c r="C145" s="2" t="s">
+        <v>921</v>
+      </c>
+      <c r="D145" s="2" t="s">
+        <v>922</v>
+      </c>
+      <c r="E145" s="2" t="s">
+        <v>155</v>
+      </c>
+      <c r="F145" s="2" t="s">
+        <v>923</v>
+      </c>
+      <c r="G145" s="2" t="s">
+        <v>924</v>
+      </c>
+      <c r="H145" s="2" t="s">
+        <v>925</v>
+      </c>
+      <c r="I145" s="2" t="s">
+        <v>926</v>
+      </c>
+    </row>
+    <row r="146" ht="15.75" customHeight="1">
+      <c r="A146" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B146" s="2" t="s">
+        <v>920</v>
+      </c>
+      <c r="C146" s="2" t="s">
+        <v>927</v>
+      </c>
+      <c r="D146" s="2" t="s">
+        <v>928</v>
+      </c>
+      <c r="E146" s="2" t="s">
+        <v>521</v>
+      </c>
+      <c r="F146" s="2" t="s">
+        <v>929</v>
+      </c>
+      <c r="G146" s="2" t="s">
+        <v>924</v>
+      </c>
+      <c r="H146" s="2" t="s">
+        <v>930</v>
+      </c>
+      <c r="I146" s="2" t="s">
+        <v>931</v>
+      </c>
+    </row>
+    <row r="147" ht="15.75" customHeight="1">
+      <c r="A147" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B147" s="2" t="s">
+        <v>932</v>
+      </c>
+      <c r="C147" s="2" t="s">
+        <v>933</v>
+      </c>
+      <c r="D147" s="2" t="s">
+        <v>934</v>
+      </c>
+      <c r="E147" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F147" s="2" t="s">
+        <v>935</v>
+      </c>
+      <c r="G147" s="2" t="s">
+        <v>924</v>
+      </c>
+      <c r="H147" s="2" t="s">
+        <v>936</v>
+      </c>
+      <c r="I147" s="2" t="s">
+        <v>937</v>
+      </c>
+    </row>
+    <row r="148" ht="15.75" customHeight="1">
+      <c r="A148" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B148" s="2" t="s">
+        <v>938</v>
+      </c>
+      <c r="C148" s="2" t="s">
+        <v>939</v>
+      </c>
+      <c r="D148" s="2" t="s">
+        <v>928</v>
+      </c>
+      <c r="E148" s="2" t="s">
+        <v>521</v>
+      </c>
+      <c r="F148" s="2" t="s">
+        <v>929</v>
+      </c>
+      <c r="G148" s="2" t="s">
+        <v>940</v>
+      </c>
+      <c r="H148" s="2" t="s">
+        <v>941</v>
+      </c>
+      <c r="I148" s="2" t="s">
+        <v>942</v>
+      </c>
+    </row>
+    <row r="149" ht="15.75" customHeight="1">
+      <c r="A149" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B149" s="2" t="s">
+        <v>943</v>
+      </c>
+      <c r="C149" s="2" t="s">
+        <v>944</v>
+      </c>
+      <c r="D149" s="2" t="s">
+        <v>217</v>
+      </c>
+      <c r="E149" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F149" s="2" t="s">
+        <v>945</v>
+      </c>
+      <c r="G149" s="2" t="s">
+        <v>946</v>
+      </c>
+      <c r="H149" s="2" t="s">
+        <v>947</v>
+      </c>
+      <c r="I149" s="2" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="150" ht="15.75" customHeight="1">
+      <c r="A150" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B150" s="2" t="s">
+        <v>949</v>
+      </c>
+      <c r="C150" s="2" t="s">
+        <v>950</v>
+      </c>
+      <c r="D150" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="E150" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="F150" s="2" t="s">
+        <v>951</v>
+      </c>
+      <c r="G150" s="2" t="s">
+        <v>952</v>
+      </c>
+      <c r="H150" s="2" t="s">
+        <v>438</v>
+      </c>
+      <c r="I150" s="2" t="s">
+        <v>953</v>
+      </c>
+    </row>
+    <row r="151" ht="15.75" customHeight="1">
+      <c r="A151" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B151" s="2" t="s">
+        <v>954</v>
+      </c>
+      <c r="C151" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="D151" s="2" t="s">
+        <v>956</v>
+      </c>
+      <c r="E151" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="F151" s="2" t="s">
+        <v>957</v>
+      </c>
+      <c r="G151" s="2" t="s">
+        <v>958</v>
+      </c>
+      <c r="H151" s="2" t="s">
+        <v>438</v>
+      </c>
+      <c r="I151" s="2" t="s">
+        <v>959</v>
+      </c>
+    </row>
+    <row r="152" ht="15.75" customHeight="1">
+      <c r="A152" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B152" s="2" t="s">
+        <v>960</v>
+      </c>
+      <c r="C152" s="2" t="s">
+        <v>961</v>
+      </c>
+      <c r="D152" s="2" t="s">
+        <v>962</v>
+      </c>
+      <c r="E152" s="2" t="s">
+        <v>963</v>
+      </c>
+      <c r="F152" s="2" t="s">
+        <v>964</v>
+      </c>
+      <c r="G152" s="2" t="s">
+        <v>965</v>
+      </c>
+      <c r="H152" s="2" t="s">
+        <v>966</v>
+      </c>
+      <c r="I152" s="2" t="s">
+        <v>967</v>
+      </c>
+    </row>
+    <row r="153" ht="15.75" customHeight="1">
+      <c r="A153" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B153" s="2" t="s">
+        <v>968</v>
+      </c>
+      <c r="C153" s="2" t="s">
+        <v>969</v>
+      </c>
+      <c r="D153" s="2" t="s">
+        <v>970</v>
+      </c>
+      <c r="E153" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F153" s="2" t="s">
+        <v>971</v>
+      </c>
+      <c r="G153" s="2" t="s">
+        <v>972</v>
+      </c>
+      <c r="H153" s="2" t="s">
+        <v>973</v>
+      </c>
+      <c r="I153" s="2" t="s">
+        <v>974</v>
+      </c>
+    </row>
+    <row r="154" ht="15.75" customHeight="1">
+      <c r="A154" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B154" s="2" t="s">
+        <v>975</v>
+      </c>
+      <c r="C154" s="2" t="s">
+        <v>976</v>
+      </c>
+      <c r="D154" s="2" t="s">
+        <v>977</v>
+      </c>
+      <c r="E154" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="F154" s="2" t="s">
+        <v>978</v>
+      </c>
+      <c r="G154" s="2" t="s">
+        <v>979</v>
+      </c>
+      <c r="H154" s="2" t="s">
+        <v>980</v>
+      </c>
+      <c r="I154" s="2" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="155" ht="15.75" customHeight="1">
+      <c r="A155" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B155" s="2" t="s">
+        <v>982</v>
+      </c>
+      <c r="C155" s="2" t="s">
+        <v>983</v>
+      </c>
+      <c r="D155" s="2" t="s">
+        <v>741</v>
+      </c>
+      <c r="E155" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F155" s="2" t="s">
+        <v>984</v>
+      </c>
+      <c r="G155" s="2" t="s">
+        <v>985</v>
+      </c>
+      <c r="H155" s="2" t="s">
+        <v>986</v>
+      </c>
+      <c r="I155" s="2" t="s">
+        <v>987</v>
+      </c>
+    </row>
+    <row r="156" ht="15.75" customHeight="1">
+      <c r="A156" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B156" s="2" t="s">
+        <v>988</v>
+      </c>
+      <c r="C156" s="2" t="s">
+        <v>989</v>
+      </c>
+      <c r="D156" s="2" t="s">
+        <v>990</v>
+      </c>
+      <c r="E156" s="2" t="s">
+        <v>148</v>
+      </c>
+      <c r="F156" s="2" t="s">
+        <v>991</v>
+      </c>
+      <c r="G156" s="2" t="s">
+        <v>992</v>
+      </c>
+      <c r="H156" s="2" t="s">
+        <v>993</v>
+      </c>
+      <c r="I156" s="2" t="s">
+        <v>994</v>
+      </c>
+    </row>
+    <row r="157" ht="15.75" customHeight="1">
+      <c r="A157" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B157" s="2" t="s">
+        <v>995</v>
+      </c>
+      <c r="C157" s="2" t="s">
+        <v>996</v>
+      </c>
+      <c r="D157" s="2" t="s">
+        <v>997</v>
+      </c>
+      <c r="E157" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F157" s="2" t="s">
+        <v>998</v>
+      </c>
+      <c r="G157" s="2" t="s">
+        <v>999</v>
+      </c>
+      <c r="H157" s="2" t="s">
+        <v>1000</v>
+      </c>
+      <c r="I157" s="2" t="s">
+        <v>1001</v>
+      </c>
+    </row>
+    <row r="158" ht="15.75" customHeight="1">
+      <c r="A158" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B158" s="2" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C158" s="2" t="s">
+        <v>1003</v>
+      </c>
+      <c r="D158" s="2" t="s">
+        <v>1004</v>
+      </c>
+      <c r="E158" s="2" t="s">
+        <v>148</v>
+      </c>
+      <c r="F158" s="2" t="s">
+        <v>1005</v>
+      </c>
+      <c r="G158" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H158" s="2" t="s">
+        <v>1006</v>
+      </c>
+      <c r="I158" s="2" t="s">
+        <v>1007</v>
+      </c>
+    </row>
+    <row r="159" ht="15.75" customHeight="1">
+      <c r="A159" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B159" s="2" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C159" s="2" t="s">
+        <v>1003</v>
+      </c>
+      <c r="D159" s="2" t="s">
+        <v>990</v>
+      </c>
+      <c r="E159" s="2" t="s">
+        <v>148</v>
+      </c>
+      <c r="F159" s="2" t="s">
+        <v>1008</v>
+      </c>
+      <c r="G159" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H159" s="2" t="s">
+        <v>1006</v>
+      </c>
+      <c r="I159" s="2" t="s">
+        <v>1009</v>
+      </c>
+    </row>
+    <row r="160" ht="15.75" customHeight="1">
+      <c r="A160" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B160" s="2" t="s">
+        <v>1010</v>
+      </c>
+      <c r="C160" s="2" t="s">
+        <v>1011</v>
+      </c>
+      <c r="D160" s="2" t="s">
+        <v>1012</v>
+      </c>
+      <c r="E160" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F160" s="2" t="s">
+        <v>1013</v>
+      </c>
+      <c r="G160" s="2" t="s">
+        <v>1014</v>
+      </c>
+      <c r="H160" s="2" t="s">
+        <v>1015</v>
+      </c>
+      <c r="I160" s="2" t="s">
+        <v>1016</v>
+      </c>
+    </row>
+    <row r="161" ht="15.75" customHeight="1">
+      <c r="A161" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B161" s="2" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C161" s="2" t="s">
+        <v>1018</v>
+      </c>
+      <c r="D161" s="2" t="s">
+        <v>130</v>
+      </c>
+      <c r="E161" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="F161" s="2" t="s">
+        <v>1019</v>
+      </c>
+      <c r="G161" s="2" t="s">
+        <v>1020</v>
+      </c>
+      <c r="H161" s="2" t="s">
+        <v>1021</v>
+      </c>
+      <c r="I161" s="2" t="s">
+        <v>1022</v>
+      </c>
+    </row>
+    <row r="162" ht="15.75" customHeight="1">
+      <c r="A162" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B162" s="2" t="s">
+        <v>1023</v>
+      </c>
+      <c r="C162" s="2" t="s">
+        <v>1024</v>
+      </c>
+      <c r="D162" s="2" t="s">
+        <v>1025</v>
+      </c>
+      <c r="E162" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F162" s="2" t="s">
+        <v>1026</v>
+      </c>
+      <c r="G162" s="2" t="s">
+        <v>1027</v>
+      </c>
+      <c r="H162" s="2" t="s">
+        <v>1028</v>
+      </c>
+      <c r="I162" s="2" t="s">
+        <v>1029</v>
+      </c>
+    </row>
+    <row r="163" ht="15.75" customHeight="1">
+      <c r="A163" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B163" s="2" t="s">
+        <v>1023</v>
+      </c>
+      <c r="C163" s="2" t="s">
+        <v>1030</v>
+      </c>
+      <c r="D163" s="2" t="s">
+        <v>1031</v>
+      </c>
+      <c r="E163" s="2" t="s">
+        <v>568</v>
+      </c>
+      <c r="F163" s="2" t="s">
+        <v>1032</v>
+      </c>
+      <c r="G163" s="2" t="s">
+        <v>1027</v>
+      </c>
+      <c r="H163" s="2" t="s">
+        <v>1033</v>
+      </c>
+      <c r="I163" s="2" t="s">
+        <v>1034</v>
+      </c>
+    </row>
+    <row r="164" ht="15.75" customHeight="1">
+      <c r="A164" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B164" s="2" t="s">
+        <v>1035</v>
+      </c>
+      <c r="C164" s="2" t="s">
+        <v>1036</v>
+      </c>
+      <c r="D164" s="2" t="s">
+        <v>1037</v>
+      </c>
+      <c r="E164" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F164" s="2" t="s">
+        <v>1038</v>
+      </c>
+      <c r="G164" s="2" t="s">
+        <v>1039</v>
+      </c>
+      <c r="H164" s="2" t="s">
+        <v>1040</v>
+      </c>
+      <c r="I164" s="2" t="s">
+        <v>1041</v>
+      </c>
+    </row>
+    <row r="165" ht="15.75" customHeight="1">
+      <c r="A165" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B165" s="2" t="s">
+        <v>1042</v>
+      </c>
+      <c r="C165" s="2" t="s">
+        <v>1043</v>
+      </c>
+      <c r="D165" s="2" t="s">
+        <v>1044</v>
+      </c>
+      <c r="E165" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F165" s="2" t="s">
+        <v>1045</v>
+      </c>
+      <c r="G165" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H165" s="2" t="s">
+        <v>1046</v>
+      </c>
+      <c r="I165" s="2" t="s">
+        <v>1047</v>
+      </c>
+    </row>
+    <row r="166" ht="15.75" customHeight="1">
+      <c r="A166" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B166" s="2" t="s">
+        <v>1048</v>
+      </c>
+      <c r="C166" s="2" t="s">
+        <v>1049</v>
+      </c>
+      <c r="D166" s="2" t="s">
+        <v>1050</v>
+      </c>
+      <c r="E166" s="2" t="s">
+        <v>568</v>
+      </c>
+      <c r="F166" s="2" t="s">
+        <v>1051</v>
+      </c>
+      <c r="G166" s="2" t="s">
+        <v>1027</v>
+      </c>
+      <c r="H166" s="2" t="s">
+        <v>1052</v>
+      </c>
+      <c r="I166" s="2" t="s">
+        <v>1053</v>
+      </c>
+    </row>
+    <row r="167" ht="15.75" customHeight="1">
+      <c r="A167" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B167" s="2" t="s">
+        <v>1054</v>
+      </c>
+      <c r="C167" s="2" t="s">
+        <v>1055</v>
+      </c>
+      <c r="D167" s="2" t="s">
+        <v>1056</v>
+      </c>
+      <c r="E167" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F167" s="2" t="s">
+        <v>1057</v>
+      </c>
+      <c r="G167" s="2" t="s">
+        <v>1058</v>
+      </c>
+      <c r="H167" s="2" t="s">
+        <v>1059</v>
+      </c>
+      <c r="I167" s="2" t="s">
+        <v>1060</v>
+      </c>
+    </row>
+    <row r="168" ht="15.75" customHeight="1">
+      <c r="A168" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B168" s="2" t="s">
+        <v>1061</v>
+      </c>
+      <c r="C168" s="2" t="s">
+        <v>1062</v>
+      </c>
+      <c r="D168" s="2" t="s">
+        <v>1063</v>
+      </c>
+      <c r="E168" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F168" s="2" t="s">
+        <v>1064</v>
+      </c>
+      <c r="G168" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H168" s="2" t="s">
+        <v>1065</v>
+      </c>
+      <c r="I168" s="2" t="s">
+        <v>1066</v>
+      </c>
+    </row>
+    <row r="169" ht="15.75" customHeight="1">
+      <c r="A169" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B169" s="2" t="s">
+        <v>1067</v>
+      </c>
+      <c r="C169" s="2" t="s">
+        <v>1068</v>
+      </c>
+      <c r="D169" s="2" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E169" s="2" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F169" s="2" t="s">
+        <v>1071</v>
+      </c>
+      <c r="G169" s="2" t="s">
+        <v>1072</v>
+      </c>
+      <c r="H169" s="2" t="s">
+        <v>1073</v>
+      </c>
+      <c r="I169" s="2" t="s">
+        <v>1074</v>
+      </c>
+    </row>
+    <row r="170" ht="15.75" customHeight="1">
+      <c r="A170" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B170" s="2" t="s">
+        <v>1075</v>
+      </c>
+      <c r="C170" s="2" t="s">
+        <v>1076</v>
+      </c>
+      <c r="D170" s="2" t="s">
+        <v>1077</v>
+      </c>
+      <c r="E170" s="2" t="s">
+        <v>1078</v>
+      </c>
+      <c r="F170" s="2" t="s">
+        <v>1079</v>
+      </c>
+      <c r="G170" s="2" t="s">
+        <v>1080</v>
+      </c>
+      <c r="H170" s="2" t="s">
+        <v>1081</v>
+      </c>
+      <c r="I170" s="2" t="s">
+        <v>1082</v>
+      </c>
+    </row>
+    <row r="171" ht="15.75" customHeight="1">
+      <c r="A171" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B171" s="2" t="s">
+        <v>1075</v>
+      </c>
+      <c r="C171" s="2" t="s">
+        <v>1083</v>
+      </c>
+      <c r="D171" s="2" t="s">
+        <v>1077</v>
+      </c>
+      <c r="E171" s="2" t="s">
+        <v>1078</v>
+      </c>
+      <c r="F171" s="2" t="s">
+        <v>1084</v>
+      </c>
+      <c r="G171" s="2" t="s">
+        <v>1085</v>
+      </c>
+      <c r="H171" s="2" t="s">
+        <v>1081</v>
+      </c>
+      <c r="I171" s="2" t="s">
+        <v>1086</v>
+      </c>
+    </row>
+    <row r="172" ht="15.75" customHeight="1">
+      <c r="A172" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B172" s="2" t="s">
+        <v>1087</v>
+      </c>
+      <c r="C172" s="2" t="s">
+        <v>1088</v>
+      </c>
+      <c r="D172" s="2" t="s">
+        <v>1089</v>
+      </c>
+      <c r="E172" s="2" t="s">
+        <v>1078</v>
+      </c>
+      <c r="F172" s="2" t="s">
+        <v>1090</v>
+      </c>
+      <c r="G172" s="2" t="s">
+        <v>1091</v>
+      </c>
+      <c r="H172" s="2" t="s">
+        <v>1092</v>
+      </c>
+      <c r="I172" s="2" t="s">
+        <v>1093</v>
+      </c>
+    </row>
+    <row r="173" ht="15.75" customHeight="1">
+      <c r="A173" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B173" s="2" t="s">
+        <v>1094</v>
+      </c>
+      <c r="C173" s="2" t="s">
+        <v>1095</v>
+      </c>
+      <c r="D173" s="2" t="s">
+        <v>1096</v>
+      </c>
+      <c r="E173" s="2" t="s">
+        <v>885</v>
+      </c>
+      <c r="F173" s="2" t="s">
+        <v>1097</v>
+      </c>
+      <c r="G173" s="2" t="s">
+        <v>1098</v>
+      </c>
+      <c r="H173" s="2" t="s">
+        <v>1099</v>
+      </c>
+      <c r="I173" s="2" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="174" ht="15.75" customHeight="1">
+      <c r="A174" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B174" s="2" t="s">
+        <v>1101</v>
+      </c>
+      <c r="C174" s="2" t="s">
+        <v>1102</v>
+      </c>
+      <c r="D174" s="2" t="s">
+        <v>1103</v>
+      </c>
+      <c r="E174" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F174" s="2" t="s">
+        <v>1104</v>
+      </c>
+      <c r="G174" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H174" s="2" t="s">
+        <v>1105</v>
+      </c>
+      <c r="I174" s="2" t="s">
+        <v>1106</v>
+      </c>
+    </row>
+    <row r="175" ht="15.75" customHeight="1">
+      <c r="A175" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B175" s="2" t="s">
+        <v>1107</v>
+      </c>
+      <c r="C175" s="2" t="s">
+        <v>1108</v>
+      </c>
+      <c r="D175" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="E175" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F175" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="G175" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H175" s="2" t="s">
+        <v>1109</v>
+      </c>
+      <c r="I175" s="2" t="s">
+        <v>1110</v>
+      </c>
+    </row>
+    <row r="176" ht="15.75" customHeight="1">
+      <c r="A176" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B176" s="2" t="s">
+        <v>1111</v>
+      </c>
+      <c r="C176" s="2" t="s">
+        <v>1112</v>
+      </c>
+      <c r="D176" s="2" t="s">
+        <v>332</v>
+      </c>
+      <c r="E176" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="F176" s="2" t="s">
+        <v>333</v>
+      </c>
+      <c r="G176" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H176" s="2" t="s">
+        <v>1113</v>
+      </c>
+      <c r="I176" s="2" t="s">
+        <v>1114</v>
+      </c>
+    </row>
+    <row r="177" ht="15.75" customHeight="1">
+      <c r="A177" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B177" s="2" t="s">
+        <v>1115</v>
+      </c>
+      <c r="C177" s="2" t="s">
+        <v>1116</v>
+      </c>
+      <c r="D177" s="2" t="s">
+        <v>375</v>
+      </c>
+      <c r="E177" s="2" t="s">
+        <v>376</v>
+      </c>
+      <c r="F177" s="2" t="s">
+        <v>377</v>
+      </c>
+      <c r="G177" s="2" t="s">
+        <v>1117</v>
+      </c>
+      <c r="H177" s="2" t="s">
+        <v>1118</v>
+      </c>
+      <c r="I177" s="2" t="s">
+        <v>1119</v>
+      </c>
+    </row>
+    <row r="178" ht="15.75" customHeight="1">
+      <c r="A178" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B178" s="2" t="s">
+        <v>1120</v>
+      </c>
+      <c r="C178" s="2" t="s">
+        <v>1121</v>
+      </c>
+      <c r="D178" s="2" t="s">
+        <v>1122</v>
+      </c>
+      <c r="E178" s="2" t="s">
+        <v>155</v>
+      </c>
+      <c r="F178" s="2" t="s">
+        <v>1123</v>
+      </c>
+      <c r="G178" s="2" t="s">
+        <v>1124</v>
+      </c>
+      <c r="H178" s="2" t="s">
+        <v>1125</v>
+      </c>
+      <c r="I178" s="2" t="s">
+        <v>1126</v>
+      </c>
+    </row>
+    <row r="179" ht="15.75" customHeight="1">
+      <c r="A179" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B179" s="2" t="s">
+        <v>1127</v>
+      </c>
+      <c r="C179" s="2" t="s">
+        <v>1128</v>
+      </c>
+      <c r="D179" s="2" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E179" s="2" t="s">
+        <v>117</v>
+      </c>
+      <c r="F179" s="2" t="s">
+        <v>1130</v>
+      </c>
+      <c r="G179" s="2" t="s">
+        <v>1131</v>
+      </c>
+      <c r="H179" s="2" t="s">
+        <v>1132</v>
+      </c>
+      <c r="I179" s="2" t="s">
+        <v>1133</v>
+      </c>
+    </row>
+    <row r="180" ht="15.75" customHeight="1">
+      <c r="A180" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B180" s="2" t="s">
+        <v>1134</v>
+      </c>
+      <c r="C180" s="2" t="s">
+        <v>1135</v>
+      </c>
+      <c r="D180" s="2" t="s">
+        <v>1136</v>
+      </c>
+      <c r="E180" s="2" t="s">
+        <v>521</v>
+      </c>
+      <c r="F180" s="2" t="s">
+        <v>1137</v>
+      </c>
+      <c r="G180" s="2" t="s">
+        <v>1138</v>
+      </c>
+      <c r="H180" s="2" t="s">
+        <v>1139</v>
+      </c>
+      <c r="I180" s="2" t="s">
+        <v>1140</v>
+      </c>
+    </row>
+    <row r="181" ht="15.75" customHeight="1">
+      <c r="A181" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B181" s="2" t="s">
+        <v>1141</v>
+      </c>
+      <c r="C181" s="2" t="s">
+        <v>1142</v>
+      </c>
+      <c r="D181" s="2" t="s">
+        <v>1143</v>
+      </c>
+      <c r="E181" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="F181" s="2" t="s">
+        <v>1144</v>
+      </c>
+      <c r="G181" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H181" s="2" t="s">
+        <v>1145</v>
+      </c>
+      <c r="I181" s="2" t="s">
+        <v>1146</v>
+      </c>
+    </row>
+    <row r="182" ht="15.75" customHeight="1">
+      <c r="A182" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B182" s="2" t="s">
+        <v>1147</v>
+      </c>
+      <c r="C182" s="2" t="s">
+        <v>1148</v>
+      </c>
+      <c r="D182" s="2" t="s">
+        <v>741</v>
+      </c>
+      <c r="E182" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F182" s="2" t="s">
+        <v>1149</v>
+      </c>
+      <c r="G182" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H182" s="2" t="s">
+        <v>1150</v>
+      </c>
+      <c r="I182" s="2" t="s">
+        <v>1151</v>
+      </c>
+    </row>
+    <row r="183" ht="15.75" customHeight="1">
+      <c r="A183" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B183" s="2" t="s">
+        <v>1152</v>
+      </c>
+      <c r="C183" s="2" t="s">
+        <v>1153</v>
+      </c>
+      <c r="D183" s="2" t="s">
+        <v>471</v>
+      </c>
+      <c r="E183" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F183" s="2" t="s">
+        <v>473</v>
+      </c>
+      <c r="G183" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H183" s="2" t="s">
+        <v>474</v>
+      </c>
+      <c r="I183" s="2" t="s">
+        <v>1154</v>
+      </c>
+    </row>
+    <row r="184" ht="15.75" customHeight="1">
+      <c r="A184" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B184" s="2" t="s">
+        <v>1155</v>
+      </c>
+      <c r="C184" s="2" t="s">
+        <v>1156</v>
+      </c>
+      <c r="D184" s="2" t="s">
+        <v>1157</v>
+      </c>
+      <c r="E184" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F184" s="2" t="s">
+        <v>1158</v>
+      </c>
+      <c r="G184" s="2" t="s">
+        <v>1159</v>
+      </c>
+      <c r="H184" s="2" t="s">
+        <v>1160</v>
+      </c>
+      <c r="I184" s="2" t="s">
+        <v>1161</v>
+      </c>
+    </row>
+    <row r="185" ht="15.75" customHeight="1">
+      <c r="A185" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B185" s="2" t="s">
+        <v>1162</v>
+      </c>
+      <c r="C185" s="2" t="s">
+        <v>1163</v>
+      </c>
+      <c r="D185" s="2" t="s">
+        <v>1164</v>
+      </c>
+      <c r="E185" s="2" t="s">
+        <v>1165</v>
+      </c>
+      <c r="F185" s="2" t="s">
+        <v>1166</v>
+      </c>
+      <c r="G185" s="2" t="s">
+        <v>1167</v>
+      </c>
+      <c r="H185" s="2" t="s">
+        <v>1168</v>
+      </c>
+      <c r="I185" s="2" t="s">
+        <v>1169</v>
+      </c>
+    </row>
+    <row r="186" ht="15.75" customHeight="1">
+      <c r="A186" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B186" s="2" t="s">
+        <v>1170</v>
+      </c>
+      <c r="C186" s="2" t="s">
+        <v>1171</v>
+      </c>
+      <c r="D186" s="2" t="s">
+        <v>741</v>
+      </c>
+      <c r="E186" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F186" s="2" t="s">
+        <v>1149</v>
+      </c>
+      <c r="G186" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H186" s="2" t="s">
+        <v>1172</v>
+      </c>
+      <c r="I186" s="2" t="s">
+        <v>1173</v>
+      </c>
+    </row>
+    <row r="187" ht="15.75" customHeight="1">
+      <c r="A187" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B187" s="2" t="s">
+        <v>1174</v>
+      </c>
+      <c r="C187" s="2" t="s">
+        <v>1175</v>
+      </c>
+      <c r="D187" s="2" t="s">
+        <v>1176</v>
+      </c>
+      <c r="E187" s="2" t="s">
+        <v>680</v>
+      </c>
+      <c r="F187" s="2" t="s">
+        <v>1177</v>
+      </c>
+      <c r="G187" s="2" t="s">
+        <v>175</v>
+      </c>
+      <c r="H187" s="2" t="s">
+        <v>1178</v>
+      </c>
+      <c r="I187" s="2" t="s">
+        <v>1179</v>
+      </c>
+    </row>
+    <row r="188" ht="15.75" customHeight="1">
+      <c r="A188" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B188" s="2" t="s">
+        <v>1180</v>
+      </c>
+      <c r="C188" s="2" t="s">
+        <v>1181</v>
+      </c>
+      <c r="D188" s="2" t="s">
+        <v>1182</v>
+      </c>
+      <c r="E188" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="F188" s="2" t="s">
+        <v>1183</v>
+      </c>
+      <c r="G188" s="2" t="s">
+        <v>1184</v>
+      </c>
+      <c r="H188" s="2" t="s">
+        <v>438</v>
+      </c>
+      <c r="I188" s="2" t="s">
+        <v>1185</v>
+      </c>
+    </row>
+    <row r="189" ht="15.75" customHeight="1">
+      <c r="A189" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B189" s="2" t="s">
+        <v>1186</v>
+      </c>
+      <c r="C189" s="2" t="s">
+        <v>1187</v>
+      </c>
+      <c r="D189" s="2" t="s">
+        <v>76</v>
+      </c>
+      <c r="E189" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="F189" s="2" t="s">
+        <v>899</v>
+      </c>
+      <c r="G189" s="2" t="s">
+        <v>1014</v>
+      </c>
+      <c r="H189" s="2" t="s">
+        <v>1188</v>
+      </c>
+      <c r="I189" s="2" t="s">
+        <v>1189</v>
+      </c>
+    </row>
+    <row r="190" ht="15.75" customHeight="1">
+      <c r="A190" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B190" s="2" t="s">
+        <v>1190</v>
+      </c>
+      <c r="C190" s="2" t="s">
+        <v>1191</v>
+      </c>
+      <c r="D190" s="2" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E190" s="2" t="s">
+        <v>568</v>
+      </c>
+      <c r="F190" s="2" t="s">
+        <v>1193</v>
+      </c>
+      <c r="G190" s="2" t="s">
+        <v>1194</v>
+      </c>
+      <c r="H190" s="2" t="s">
+        <v>1195</v>
+      </c>
+      <c r="I190" s="2" t="s">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="191" ht="15.75" customHeight="1">
+      <c r="A191" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B191" s="2" t="s">
+        <v>1197</v>
+      </c>
+      <c r="C191" s="2" t="s">
+        <v>1198</v>
+      </c>
+      <c r="D191" s="2" t="s">
         <v>109</v>
       </c>
-      <c r="D17" s="3" t="s">
+      <c r="E191" s="2" t="s">
         <v>110</v>
       </c>
-      <c r="E17" s="4" t="s">
+      <c r="F191" s="2" t="s">
+        <v>1199</v>
+      </c>
+      <c r="G191" s="2" t="s">
+        <v>112</v>
+      </c>
+      <c r="H191" s="2" t="s">
+        <v>1200</v>
+      </c>
+      <c r="I191" s="2" t="s">
+        <v>1201</v>
+      </c>
+    </row>
+    <row r="192" ht="15.75" customHeight="1">
+      <c r="A192" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B192" s="2" t="s">
+        <v>1202</v>
+      </c>
+      <c r="C192" s="2" t="s">
+        <v>1203</v>
+      </c>
+      <c r="D192" s="2" t="s">
+        <v>1204</v>
+      </c>
+      <c r="E192" s="2" t="s">
+        <v>521</v>
+      </c>
+      <c r="F192" s="2" t="s">
+        <v>1205</v>
+      </c>
+      <c r="G192" s="2" t="s">
+        <v>1206</v>
+      </c>
+      <c r="H192" s="2" t="s">
+        <v>1207</v>
+      </c>
+      <c r="I192" s="2" t="s">
+        <v>1208</v>
+      </c>
+    </row>
+    <row r="193" ht="15.75" customHeight="1">
+      <c r="A193" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B193" s="2" t="s">
+        <v>1209</v>
+      </c>
+      <c r="C193" s="2" t="s">
+        <v>1210</v>
+      </c>
+      <c r="D193" s="2" t="s">
+        <v>1211</v>
+      </c>
+      <c r="E193" s="2" t="s">
+        <v>568</v>
+      </c>
+      <c r="F193" s="2" t="s">
+        <v>1212</v>
+      </c>
+      <c r="G193" s="2" t="s">
+        <v>1213</v>
+      </c>
+      <c r="H193" s="2" t="s">
+        <v>1214</v>
+      </c>
+      <c r="I193" s="2" t="s">
+        <v>1215</v>
+      </c>
+    </row>
+    <row r="194" ht="15.75" customHeight="1">
+      <c r="A194" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B194" s="2" t="s">
+        <v>1216</v>
+      </c>
+      <c r="C194" s="2" t="s">
+        <v>1217</v>
+      </c>
+      <c r="D194" s="2" t="s">
+        <v>1218</v>
+      </c>
+      <c r="E194" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="F17" s="4" t="s">
+      <c r="F194" s="2" t="s">
+        <v>1219</v>
+      </c>
+      <c r="G194" s="2" t="s">
+        <v>1220</v>
+      </c>
+      <c r="H194" s="2" t="s">
+        <v>1221</v>
+      </c>
+      <c r="I194" s="2" t="s">
+        <v>1222</v>
+      </c>
+    </row>
+    <row r="195" ht="15.75" customHeight="1">
+      <c r="A195" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B195" s="2" t="s">
+        <v>1223</v>
+      </c>
+      <c r="C195" s="2" t="s">
+        <v>1224</v>
+      </c>
+      <c r="D195" s="2" t="s">
+        <v>666</v>
+      </c>
+      <c r="E195" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="F195" s="2" t="s">
+        <v>1225</v>
+      </c>
+      <c r="G195" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H195" s="2" t="s">
+        <v>1226</v>
+      </c>
+      <c r="I195" s="2" t="s">
+        <v>1227</v>
+      </c>
+    </row>
+    <row r="196" ht="15.75" customHeight="1">
+      <c r="A196" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B196" s="2" t="s">
+        <v>1228</v>
+      </c>
+      <c r="C196" s="2" t="s">
+        <v>1229</v>
+      </c>
+      <c r="D196" s="2" t="s">
+        <v>293</v>
+      </c>
+      <c r="E196" s="2" t="s">
+        <v>294</v>
+      </c>
+      <c r="F196" s="2" t="s">
+        <v>295</v>
+      </c>
+      <c r="G196" s="2" t="s">
+        <v>1230</v>
+      </c>
+      <c r="H196" s="2" t="s">
+        <v>1231</v>
+      </c>
+      <c r="I196" s="2" t="s">
+        <v>1232</v>
+      </c>
+    </row>
+    <row r="197" ht="15.75" customHeight="1">
+      <c r="A197" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B197" s="2" t="s">
+        <v>1233</v>
+      </c>
+      <c r="C197" s="2" t="s">
+        <v>1234</v>
+      </c>
+      <c r="D197" s="2" t="s">
+        <v>1235</v>
+      </c>
+      <c r="E197" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F197" s="2" t="s">
+        <v>1236</v>
+      </c>
+      <c r="G197" s="2" t="s">
+        <v>1237</v>
+      </c>
+      <c r="H197" s="2" t="s">
+        <v>1238</v>
+      </c>
+      <c r="I197" s="2" t="s">
+        <v>1239</v>
+      </c>
+    </row>
+    <row r="198" ht="15.75" customHeight="1">
+      <c r="A198" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B198" s="2" t="s">
+        <v>1240</v>
+      </c>
+      <c r="C198" s="2" t="s">
+        <v>1241</v>
+      </c>
+      <c r="D198" s="2" t="s">
+        <v>741</v>
+      </c>
+      <c r="E198" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F198" s="2" t="s">
+        <v>1149</v>
+      </c>
+      <c r="G198" s="2" t="s">
+        <v>1242</v>
+      </c>
+      <c r="H198" s="2" t="s">
+        <v>1243</v>
+      </c>
+      <c r="I198" s="2" t="s">
+        <v>1244</v>
+      </c>
+    </row>
+    <row r="199" ht="15.75" customHeight="1">
+      <c r="A199" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B199" s="2" t="s">
+        <v>1245</v>
+      </c>
+      <c r="C199" s="2" t="s">
+        <v>1246</v>
+      </c>
+      <c r="D199" s="2" t="s">
+        <v>1247</v>
+      </c>
+      <c r="E199" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="F199" s="2" t="s">
+        <v>1248</v>
+      </c>
+      <c r="G199" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H199" s="2" t="s">
+        <v>1249</v>
+      </c>
+      <c r="I199" s="2" t="s">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="200" ht="15.75" customHeight="1">
+      <c r="A200" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B200" s="2" t="s">
+        <v>1251</v>
+      </c>
+      <c r="C200" s="2" t="s">
+        <v>1252</v>
+      </c>
+      <c r="D200" s="2" t="s">
+        <v>1253</v>
+      </c>
+      <c r="E200" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="F200" s="2" t="s">
+        <v>1254</v>
+      </c>
+      <c r="G200" s="2" t="s">
+        <v>1255</v>
+      </c>
+      <c r="H200" s="2" t="s">
+        <v>1256</v>
+      </c>
+      <c r="I200" s="2" t="s">
+        <v>1257</v>
+      </c>
+    </row>
+    <row r="201" ht="15.75" customHeight="1">
+      <c r="A201" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B201" s="2" t="s">
+        <v>1258</v>
+      </c>
+      <c r="C201" s="2" t="s">
+        <v>1259</v>
+      </c>
+      <c r="D201" s="2" t="s">
+        <v>1260</v>
+      </c>
+      <c r="E201" s="2" t="s">
+        <v>568</v>
+      </c>
+      <c r="F201" s="2" t="s">
+        <v>1261</v>
+      </c>
+      <c r="G201" s="2" t="s">
+        <v>1262</v>
+      </c>
+      <c r="H201" s="2" t="s">
+        <v>1263</v>
+      </c>
+      <c r="I201" s="2" t="s">
+        <v>1264</v>
+      </c>
+    </row>
+    <row r="202" ht="15.75" customHeight="1">
+      <c r="A202" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B202" s="2" t="s">
+        <v>1258</v>
+      </c>
+      <c r="C202" s="2" t="s">
+        <v>1265</v>
+      </c>
+      <c r="D202" s="2" t="s">
+        <v>1260</v>
+      </c>
+      <c r="E202" s="2" t="s">
+        <v>568</v>
+      </c>
+      <c r="F202" s="2" t="s">
+        <v>1261</v>
+      </c>
+      <c r="G202" s="2" t="s">
+        <v>1262</v>
+      </c>
+      <c r="H202" s="2" t="s">
+        <v>1263</v>
+      </c>
+      <c r="I202" s="2" t="s">
+        <v>1266</v>
+      </c>
+    </row>
+    <row r="203" ht="15.75" customHeight="1">
+      <c r="A203" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B203" s="2" t="s">
+        <v>1258</v>
+      </c>
+      <c r="C203" s="2" t="s">
+        <v>1267</v>
+      </c>
+      <c r="D203" s="2" t="s">
+        <v>1260</v>
+      </c>
+      <c r="E203" s="2" t="s">
+        <v>568</v>
+      </c>
+      <c r="F203" s="2" t="s">
+        <v>1261</v>
+      </c>
+      <c r="G203" s="2" t="s">
+        <v>1262</v>
+      </c>
+      <c r="H203" s="2" t="s">
+        <v>1263</v>
+      </c>
+      <c r="I203" s="2" t="s">
+        <v>1268</v>
+      </c>
+    </row>
+    <row r="204" ht="15.75" customHeight="1">
+      <c r="A204" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B204" s="2" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C204" s="2" t="s">
+        <v>1270</v>
+      </c>
+      <c r="D204" s="2" t="s">
+        <v>1271</v>
+      </c>
+      <c r="E204" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="F204" s="2" t="s">
+        <v>1272</v>
+      </c>
+      <c r="G204" s="2" t="s">
+        <v>825</v>
+      </c>
+      <c r="H204" s="2" t="s">
+        <v>1273</v>
+      </c>
+      <c r="I204" s="2" t="s">
+        <v>1274</v>
+      </c>
+    </row>
+    <row r="205" ht="15.75" customHeight="1">
+      <c r="A205" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B205" s="2" t="s">
+        <v>1275</v>
+      </c>
+      <c r="C205" s="2" t="s">
+        <v>1276</v>
+      </c>
+      <c r="D205" s="2" t="s">
+        <v>1271</v>
+      </c>
+      <c r="E205" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="F205" s="2" t="s">
+        <v>1277</v>
+      </c>
+      <c r="G205" s="2" t="s">
+        <v>1278</v>
+      </c>
+      <c r="H205" s="2" t="s">
+        <v>1273</v>
+      </c>
+      <c r="I205" s="2" t="s">
+        <v>1279</v>
+      </c>
+    </row>
+    <row r="206" ht="15.75" customHeight="1">
+      <c r="A206" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B206" s="2" t="s">
+        <v>1280</v>
+      </c>
+      <c r="C206" s="2" t="s">
+        <v>1281</v>
+      </c>
+      <c r="D206" s="2" t="s">
+        <v>1282</v>
+      </c>
+      <c r="E206" s="2" t="s">
+        <v>521</v>
+      </c>
+      <c r="F206" s="2" t="s">
+        <v>1283</v>
+      </c>
+      <c r="G206" s="2" t="s">
+        <v>1284</v>
+      </c>
+      <c r="H206" s="2" t="s">
+        <v>1285</v>
+      </c>
+      <c r="I206" s="2" t="s">
+        <v>1286</v>
+      </c>
+    </row>
+    <row r="207" ht="15.75" customHeight="1">
+      <c r="A207" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B207" s="2" t="s">
+        <v>1280</v>
+      </c>
+      <c r="C207" s="2" t="s">
+        <v>1287</v>
+      </c>
+      <c r="D207" s="2" t="s">
+        <v>1282</v>
+      </c>
+      <c r="E207" s="2" t="s">
+        <v>521</v>
+      </c>
+      <c r="F207" s="2" t="s">
+        <v>1288</v>
+      </c>
+      <c r="G207" s="2" t="s">
+        <v>1284</v>
+      </c>
+      <c r="H207" s="2" t="s">
+        <v>1285</v>
+      </c>
+      <c r="I207" s="2" t="s">
+        <v>1289</v>
+      </c>
+    </row>
+    <row r="208" ht="15.75" customHeight="1">
+      <c r="A208" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B208" s="2" t="s">
+        <v>1280</v>
+      </c>
+      <c r="C208" s="2" t="s">
+        <v>1290</v>
+      </c>
+      <c r="D208" s="2" t="s">
+        <v>285</v>
+      </c>
+      <c r="E208" s="2" t="s">
+        <v>286</v>
+      </c>
+      <c r="F208" s="2" t="s">
+        <v>287</v>
+      </c>
+      <c r="G208" s="2" t="s">
+        <v>1284</v>
+      </c>
+      <c r="H208" s="2" t="s">
+        <v>1291</v>
+      </c>
+      <c r="I208" s="2" t="s">
+        <v>1292</v>
+      </c>
+    </row>
+    <row r="209" ht="15.75" customHeight="1">
+      <c r="A209" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B209" s="2" t="s">
+        <v>1293</v>
+      </c>
+      <c r="C209" s="2" t="s">
+        <v>1294</v>
+      </c>
+      <c r="D209" s="2" t="s">
+        <v>1295</v>
+      </c>
+      <c r="E209" s="2" t="s">
+        <v>418</v>
+      </c>
+      <c r="F209" s="2" t="s">
+        <v>1296</v>
+      </c>
+      <c r="G209" s="2" t="s">
+        <v>1284</v>
+      </c>
+      <c r="H209" s="2" t="s">
+        <v>1297</v>
+      </c>
+      <c r="I209" s="2" t="s">
+        <v>1298</v>
+      </c>
+    </row>
+    <row r="210" ht="15.75" customHeight="1">
+      <c r="A210" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B210" s="2" t="s">
+        <v>1299</v>
+      </c>
+      <c r="C210" s="2" t="s">
+        <v>1300</v>
+      </c>
+      <c r="D210" s="2" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E210" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F210" s="2" t="s">
+        <v>1302</v>
+      </c>
+      <c r="G210" s="2" t="s">
+        <v>1303</v>
+      </c>
+      <c r="H210" s="2" t="s">
+        <v>1304</v>
+      </c>
+      <c r="I210" s="2" t="s">
+        <v>1305</v>
+      </c>
+    </row>
+    <row r="211" ht="15.75" customHeight="1">
+      <c r="A211" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B211" s="2" t="s">
+        <v>1306</v>
+      </c>
+      <c r="C211" s="2" t="s">
+        <v>1307</v>
+      </c>
+      <c r="D211" s="2" t="s">
+        <v>1308</v>
+      </c>
+      <c r="E211" s="2" t="s">
+        <v>1309</v>
+      </c>
+      <c r="F211" s="2" t="s">
+        <v>1310</v>
+      </c>
+      <c r="G211" s="2" t="s">
+        <v>1311</v>
+      </c>
+      <c r="H211" s="2" t="s">
+        <v>1312</v>
+      </c>
+      <c r="I211" s="2" t="s">
+        <v>1313</v>
+      </c>
+    </row>
+    <row r="212" ht="15.75" customHeight="1">
+      <c r="A212" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B212" s="2" t="s">
+        <v>1314</v>
+      </c>
+      <c r="C212" s="2" t="s">
+        <v>1315</v>
+      </c>
+      <c r="D212" s="2" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E212" s="2" t="s">
+        <v>117</v>
+      </c>
+      <c r="F212" s="2" t="s">
+        <v>1316</v>
+      </c>
+      <c r="G212" s="2" t="s">
+        <v>1317</v>
+      </c>
+      <c r="H212" s="2" t="s">
+        <v>1318</v>
+      </c>
+      <c r="I212" s="2" t="s">
+        <v>1319</v>
+      </c>
+    </row>
+    <row r="213" ht="15.75" customHeight="1">
+      <c r="A213" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B213" s="2" t="s">
+        <v>1320</v>
+      </c>
+      <c r="C213" s="2" t="s">
+        <v>1321</v>
+      </c>
+      <c r="D213" s="2" t="s">
+        <v>1322</v>
+      </c>
+      <c r="E213" s="2" t="s">
+        <v>1323</v>
+      </c>
+      <c r="F213" s="2" t="s">
+        <v>1324</v>
+      </c>
+      <c r="G213" s="2" t="s">
+        <v>1325</v>
+      </c>
+      <c r="H213" s="2" t="s">
+        <v>1326</v>
+      </c>
+      <c r="I213" s="2" t="s">
+        <v>1327</v>
+      </c>
+    </row>
+    <row r="214" ht="15.75" customHeight="1">
+      <c r="A214" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B214" s="2" t="s">
+        <v>1328</v>
+      </c>
+      <c r="C214" s="2" t="s">
+        <v>1329</v>
+      </c>
+      <c r="D214" s="2" t="s">
+        <v>1122</v>
+      </c>
+      <c r="E214" s="2" t="s">
+        <v>155</v>
+      </c>
+      <c r="F214" s="2" t="s">
+        <v>1123</v>
+      </c>
+      <c r="G214" s="2" t="s">
+        <v>1330</v>
+      </c>
+      <c r="H214" s="2" t="s">
+        <v>1331</v>
+      </c>
+      <c r="I214" s="2" t="s">
+        <v>1332</v>
+      </c>
+    </row>
+    <row r="215" ht="15.75" customHeight="1">
+      <c r="A215" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B215" s="2" t="s">
+        <v>1333</v>
+      </c>
+      <c r="C215" s="2" t="s">
+        <v>1334</v>
+      </c>
+      <c r="D215" s="2" t="s">
+        <v>1335</v>
+      </c>
+      <c r="E215" s="2" t="s">
+        <v>521</v>
+      </c>
+      <c r="F215" s="2" t="s">
+        <v>1336</v>
+      </c>
+      <c r="G215" s="2" t="s">
+        <v>1337</v>
+      </c>
+      <c r="H215" s="2" t="s">
+        <v>1338</v>
+      </c>
+      <c r="I215" s="2" t="s">
+        <v>1339</v>
+      </c>
+    </row>
+    <row r="216" ht="15.75" customHeight="1">
+      <c r="A216" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B216" s="2" t="s">
+        <v>1340</v>
+      </c>
+      <c r="C216" s="2" t="s">
+        <v>1341</v>
+      </c>
+      <c r="D216" s="2" t="s">
+        <v>672</v>
+      </c>
+      <c r="E216" s="2" t="s">
+        <v>673</v>
+      </c>
+      <c r="F216" s="2" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G216" s="2" t="s">
+        <v>1343</v>
+      </c>
+      <c r="H216" s="2" t="s">
+        <v>1344</v>
+      </c>
+      <c r="I216" s="2" t="s">
+        <v>1345</v>
+      </c>
+    </row>
+    <row r="217" ht="15.75" customHeight="1">
+      <c r="A217" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B217" s="2" t="s">
+        <v>1346</v>
+      </c>
+      <c r="C217" s="2" t="s">
+        <v>1347</v>
+      </c>
+      <c r="D217" s="2" t="s">
+        <v>1348</v>
+      </c>
+      <c r="E217" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="F217" s="2" t="s">
+        <v>1349</v>
+      </c>
+      <c r="G217" s="2" t="s">
+        <v>1343</v>
+      </c>
+      <c r="H217" s="2" t="s">
+        <v>1344</v>
+      </c>
+      <c r="I217" s="2" t="s">
+        <v>1350</v>
+      </c>
+    </row>
+    <row r="218" ht="15.75" customHeight="1">
+      <c r="A218" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B218" s="2" t="s">
+        <v>1351</v>
+      </c>
+      <c r="C218" s="2" t="s">
+        <v>1352</v>
+      </c>
+      <c r="D218" s="2" t="s">
+        <v>1271</v>
+      </c>
+      <c r="E218" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="F218" s="2" t="s">
+        <v>1353</v>
+      </c>
+      <c r="G218" s="2" t="s">
+        <v>1354</v>
+      </c>
+      <c r="H218" s="2" t="s">
+        <v>1355</v>
+      </c>
+      <c r="I218" s="2" t="s">
+        <v>1356</v>
+      </c>
+    </row>
+    <row r="219" ht="15.75" customHeight="1">
+      <c r="A219" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B219" s="2" t="s">
+        <v>1357</v>
+      </c>
+      <c r="C219" s="2" t="s">
+        <v>1358</v>
+      </c>
+      <c r="D219" s="2" t="s">
+        <v>1359</v>
+      </c>
+      <c r="E219" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="F219" s="2" t="s">
+        <v>1360</v>
+      </c>
+      <c r="G219" s="2" t="s">
+        <v>1361</v>
+      </c>
+      <c r="H219" s="2" t="s">
+        <v>1362</v>
+      </c>
+      <c r="I219" s="2" t="s">
+        <v>1363</v>
+      </c>
+    </row>
+    <row r="220" ht="15.75" customHeight="1">
+      <c r="A220" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B220" s="2" t="s">
+        <v>1364</v>
+      </c>
+      <c r="C220" s="2" t="s">
+        <v>1365</v>
+      </c>
+      <c r="D220" s="2" t="s">
+        <v>1366</v>
+      </c>
+      <c r="E220" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="F220" s="2" t="s">
+        <v>1367</v>
+      </c>
+      <c r="G220" s="2" t="s">
+        <v>1368</v>
+      </c>
+      <c r="H220" s="2" t="s">
+        <v>1369</v>
+      </c>
+      <c r="I220" s="2" t="s">
+        <v>1370</v>
+      </c>
+    </row>
+    <row r="221" ht="15.75" customHeight="1">
+      <c r="A221" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B221" s="2" t="s">
+        <v>1371</v>
+      </c>
+      <c r="C221" s="2" t="s">
+        <v>1372</v>
+      </c>
+      <c r="D221" s="2" t="s">
+        <v>1373</v>
+      </c>
+      <c r="E221" s="2" t="s">
+        <v>376</v>
+      </c>
+      <c r="F221" s="2" t="s">
+        <v>1374</v>
+      </c>
+      <c r="G221" s="2" t="s">
+        <v>1375</v>
+      </c>
+      <c r="H221" s="2" t="s">
+        <v>1376</v>
+      </c>
+      <c r="I221" s="2" t="s">
+        <v>1377</v>
+      </c>
+    </row>
+    <row r="222" ht="15.75" customHeight="1">
+      <c r="A222" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B222" s="2" t="s">
+        <v>1378</v>
+      </c>
+      <c r="C222" s="2" t="s">
+        <v>1379</v>
+      </c>
+      <c r="D222" s="2" t="s">
+        <v>1380</v>
+      </c>
+      <c r="E222" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="F222" s="2" t="s">
+        <v>1381</v>
+      </c>
+      <c r="G222" s="2" t="s">
+        <v>1382</v>
+      </c>
+      <c r="H222" s="2" t="s">
+        <v>1383</v>
+      </c>
+      <c r="I222" s="2" t="s">
+        <v>1384</v>
+      </c>
+    </row>
+    <row r="223" ht="15.75" customHeight="1">
+      <c r="A223" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B223" s="2" t="s">
+        <v>1385</v>
+      </c>
+      <c r="C223" s="2" t="s">
+        <v>1386</v>
+      </c>
+      <c r="D223" s="2" t="s">
+        <v>1387</v>
+      </c>
+      <c r="E223" s="2" t="s">
+        <v>403</v>
+      </c>
+      <c r="F223" s="2" t="s">
+        <v>1388</v>
+      </c>
+      <c r="G223" s="2" t="s">
+        <v>378</v>
+      </c>
+      <c r="H223" s="2" t="s">
+        <v>1389</v>
+      </c>
+      <c r="I223" s="2" t="s">
+        <v>1390</v>
+      </c>
+    </row>
+    <row r="224" ht="15.75" customHeight="1">
+      <c r="A224" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B224" s="2" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C224" s="2" t="s">
+        <v>1392</v>
+      </c>
+      <c r="D224" s="2" t="s">
+        <v>1176</v>
+      </c>
+      <c r="E224" s="2" t="s">
+        <v>680</v>
+      </c>
+      <c r="F224" s="2" t="s">
+        <v>1393</v>
+      </c>
+      <c r="G224" s="2" t="s">
+        <v>1394</v>
+      </c>
+      <c r="H224" s="2" t="s">
+        <v>1395</v>
+      </c>
+      <c r="I224" s="2" t="s">
+        <v>1396</v>
+      </c>
+    </row>
+    <row r="225" ht="15.75" customHeight="1">
+      <c r="A225" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B225" s="2" t="s">
+        <v>1397</v>
+      </c>
+      <c r="C225" s="2" t="s">
+        <v>1398</v>
+      </c>
+      <c r="D225" s="2" t="s">
+        <v>1399</v>
+      </c>
+      <c r="E225" s="2" t="s">
+        <v>1400</v>
+      </c>
+      <c r="F225" s="2" t="s">
+        <v>1401</v>
+      </c>
+      <c r="G225" s="2" t="s">
+        <v>1402</v>
+      </c>
+      <c r="H225" s="2" t="s">
+        <v>1403</v>
+      </c>
+      <c r="I225" s="2" t="s">
+        <v>1404</v>
+      </c>
+    </row>
+    <row r="226" ht="15.75" customHeight="1">
+      <c r="A226" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B226" s="2" t="s">
+        <v>1405</v>
+      </c>
+      <c r="C226" s="2" t="s">
+        <v>1406</v>
+      </c>
+      <c r="D226" s="2" t="s">
+        <v>147</v>
+      </c>
+      <c r="E226" s="2" t="s">
+        <v>148</v>
+      </c>
+      <c r="F226" s="2" t="s">
+        <v>149</v>
+      </c>
+      <c r="G226" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H226" s="2" t="s">
+        <v>1407</v>
+      </c>
+      <c r="I226" s="2" t="s">
+        <v>1408</v>
+      </c>
+    </row>
+    <row r="227" ht="15.75" customHeight="1">
+      <c r="A227" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B227" s="2" t="s">
+        <v>1409</v>
+      </c>
+      <c r="C227" s="2" t="s">
+        <v>1410</v>
+      </c>
+      <c r="D227" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="E227" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="F227" s="2" t="s">
+        <v>1411</v>
+      </c>
+      <c r="G227" s="2" t="s">
+        <v>1412</v>
+      </c>
+      <c r="H227" s="2" t="s">
+        <v>1413</v>
+      </c>
+      <c r="I227" s="2" t="s">
+        <v>1414</v>
+      </c>
+    </row>
+    <row r="228" ht="15.75" customHeight="1">
+      <c r="A228" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B228" s="2" t="s">
+        <v>1415</v>
+      </c>
+      <c r="C228" s="2" t="s">
+        <v>1416</v>
+      </c>
+      <c r="D228" s="2" t="s">
+        <v>402</v>
+      </c>
+      <c r="E228" s="2" t="s">
+        <v>403</v>
+      </c>
+      <c r="F228" s="2" t="s">
+        <v>404</v>
+      </c>
+      <c r="G228" s="2" t="s">
+        <v>1417</v>
+      </c>
+      <c r="H228" s="2" t="s">
+        <v>1418</v>
+      </c>
+      <c r="I228" s="2" t="s">
+        <v>1419</v>
+      </c>
+    </row>
+    <row r="229" ht="15.75" customHeight="1">
+      <c r="A229" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B229" s="2" t="s">
+        <v>1420</v>
+      </c>
+      <c r="C229" s="2" t="s">
+        <v>1421</v>
+      </c>
+      <c r="D229" s="2" t="s">
+        <v>1422</v>
+      </c>
+      <c r="E229" s="2" t="s">
+        <v>568</v>
+      </c>
+      <c r="F229" s="2" t="s">
+        <v>1423</v>
+      </c>
+      <c r="G229" s="2" t="s">
+        <v>1424</v>
+      </c>
+      <c r="H229" s="2" t="s">
+        <v>1425</v>
+      </c>
+      <c r="I229" s="2" t="s">
+        <v>1426</v>
+      </c>
+    </row>
+    <row r="230" ht="15.75" customHeight="1">
+      <c r="A230" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B230" s="2" t="s">
+        <v>1427</v>
+      </c>
+      <c r="C230" s="2" t="s">
+        <v>1428</v>
+      </c>
+      <c r="D230" s="2" t="s">
+        <v>1429</v>
+      </c>
+      <c r="E230" s="2" t="s">
+        <v>1165</v>
+      </c>
+      <c r="F230" s="2" t="s">
+        <v>1430</v>
+      </c>
+      <c r="G230" s="2" t="s">
+        <v>591</v>
+      </c>
+      <c r="H230" s="2" t="s">
+        <v>1431</v>
+      </c>
+      <c r="I230" s="2" t="s">
+        <v>1432</v>
+      </c>
+    </row>
+    <row r="231" ht="15.75" customHeight="1">
+      <c r="A231" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B231" s="2" t="s">
+        <v>1433</v>
+      </c>
+      <c r="C231" s="2" t="s">
+        <v>1434</v>
+      </c>
+      <c r="D231" s="2" t="s">
+        <v>1435</v>
+      </c>
+      <c r="E231" s="2" t="s">
+        <v>680</v>
+      </c>
+      <c r="F231" s="2" t="s">
+        <v>1436</v>
+      </c>
+      <c r="G231" s="2" t="s">
+        <v>1437</v>
+      </c>
+      <c r="H231" s="2" t="s">
+        <v>1438</v>
+      </c>
+      <c r="I231" s="2" t="s">
+        <v>1439</v>
+      </c>
+    </row>
+    <row r="232" ht="15.75" customHeight="1">
+      <c r="A232" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B232" s="2" t="s">
+        <v>1440</v>
+      </c>
+      <c r="C232" s="2" t="s">
+        <v>1441</v>
+      </c>
+      <c r="D232" s="2" t="s">
+        <v>1442</v>
+      </c>
+      <c r="E232" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F232" s="2" t="s">
+        <v>1443</v>
+      </c>
+      <c r="G232" s="2" t="s">
+        <v>1444</v>
+      </c>
+      <c r="H232" s="2" t="s">
+        <v>1445</v>
+      </c>
+      <c r="I232" s="2" t="s">
+        <v>1446</v>
+      </c>
+    </row>
+    <row r="233" ht="15.75" customHeight="1">
+      <c r="A233" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B233" s="2" t="s">
+        <v>1447</v>
+      </c>
+      <c r="C233" s="2" t="s">
+        <v>1448</v>
+      </c>
+      <c r="D233" s="2" t="s">
+        <v>1449</v>
+      </c>
+      <c r="E233" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="F233" s="2" t="s">
+        <v>1450</v>
+      </c>
+      <c r="G233" s="2" t="s">
+        <v>1451</v>
+      </c>
+      <c r="H233" s="2" t="s">
+        <v>1452</v>
+      </c>
+      <c r="I233" s="2" t="s">
+        <v>1453</v>
+      </c>
+    </row>
+    <row r="234" ht="15.75" customHeight="1">
+      <c r="A234" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B234" s="2" t="s">
+        <v>1454</v>
+      </c>
+      <c r="C234" s="2" t="s">
+        <v>1372</v>
+      </c>
+      <c r="D234" s="2" t="s">
+        <v>1373</v>
+      </c>
+      <c r="E234" s="2" t="s">
+        <v>376</v>
+      </c>
+      <c r="F234" s="2" t="s">
+        <v>1374</v>
+      </c>
+      <c r="G234" s="2" t="s">
+        <v>1375</v>
+      </c>
+      <c r="H234" s="2" t="s">
+        <v>1455</v>
+      </c>
+      <c r="I234" s="2" t="s">
+        <v>1456</v>
+      </c>
+    </row>
+    <row r="235" ht="15.75" customHeight="1">
+      <c r="A235" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B235" s="2" t="s">
+        <v>1457</v>
+      </c>
+      <c r="C235" s="2" t="s">
+        <v>1458</v>
+      </c>
+      <c r="D235" s="2" t="s">
+        <v>1459</v>
+      </c>
+      <c r="E235" s="2" t="s">
+        <v>568</v>
+      </c>
+      <c r="F235" s="2" t="s">
+        <v>1460</v>
+      </c>
+      <c r="G235" s="2" t="s">
+        <v>1461</v>
+      </c>
+      <c r="H235" s="2" t="s">
+        <v>1462</v>
+      </c>
+      <c r="I235" s="2" t="s">
+        <v>1463</v>
+      </c>
+    </row>
+    <row r="236" ht="15.75" customHeight="1">
+      <c r="A236" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B236" s="2" t="s">
+        <v>1457</v>
+      </c>
+      <c r="C236" s="2" t="s">
+        <v>1464</v>
+      </c>
+      <c r="D236" s="2" t="s">
+        <v>1157</v>
+      </c>
+      <c r="E236" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F236" s="2" t="s">
+        <v>1158</v>
+      </c>
+      <c r="G236" s="2" t="s">
+        <v>1465</v>
+      </c>
+      <c r="H236" s="2" t="s">
+        <v>1466</v>
+      </c>
+      <c r="I236" s="2" t="s">
+        <v>1467</v>
+      </c>
+    </row>
+    <row r="237" ht="15.75" customHeight="1">
+      <c r="A237" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B237" s="2" t="s">
+        <v>1457</v>
+      </c>
+      <c r="C237" s="2" t="s">
+        <v>1468</v>
+      </c>
+      <c r="D237" s="2" t="s">
+        <v>1469</v>
+      </c>
+      <c r="E237" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F237" s="2" t="s">
+        <v>1470</v>
+      </c>
+      <c r="G237" s="2" t="s">
+        <v>1461</v>
+      </c>
+      <c r="H237" s="2" t="s">
+        <v>1471</v>
+      </c>
+      <c r="I237" s="2" t="s">
+        <v>1472</v>
+      </c>
+    </row>
+    <row r="238" ht="15.75" customHeight="1">
+      <c r="A238" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B238" s="2" t="s">
+        <v>1473</v>
+      </c>
+      <c r="C238" s="2" t="s">
+        <v>1474</v>
+      </c>
+      <c r="D238" s="2" t="s">
+        <v>1475</v>
+      </c>
+      <c r="E238" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F238" s="2" t="s">
+        <v>1476</v>
+      </c>
+      <c r="G238" s="2" t="s">
+        <v>1461</v>
+      </c>
+      <c r="H238" s="2" t="s">
+        <v>1477</v>
+      </c>
+      <c r="I238" s="2" t="s">
+        <v>1478</v>
+      </c>
+    </row>
+    <row r="239" ht="15.75" customHeight="1">
+      <c r="A239" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B239" s="2" t="s">
+        <v>1479</v>
+      </c>
+      <c r="C239" s="2" t="s">
+        <v>1480</v>
+      </c>
+      <c r="D239" s="2" t="s">
+        <v>1459</v>
+      </c>
+      <c r="E239" s="2" t="s">
+        <v>568</v>
+      </c>
+      <c r="F239" s="2" t="s">
+        <v>1460</v>
+      </c>
+      <c r="G239" s="2" t="s">
+        <v>1465</v>
+      </c>
+      <c r="H239" s="2" t="s">
+        <v>341</v>
+      </c>
+      <c r="I239" s="2" t="s">
+        <v>1481</v>
+      </c>
+    </row>
+    <row r="240" ht="15.75" customHeight="1">
+      <c r="A240" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B240" s="2" t="s">
+        <v>1482</v>
+      </c>
+      <c r="C240" s="2" t="s">
+        <v>1483</v>
+      </c>
+      <c r="D240" s="2" t="s">
+        <v>823</v>
+      </c>
+      <c r="E240" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="F240" s="2" t="s">
+        <v>1484</v>
+      </c>
+      <c r="G240" s="2" t="s">
+        <v>1485</v>
+      </c>
+      <c r="H240" s="2" t="s">
+        <v>1486</v>
+      </c>
+      <c r="I240" s="2" t="s">
+        <v>1487</v>
+      </c>
+    </row>
+    <row r="241" ht="15.75" customHeight="1">
+      <c r="A241" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B241" s="2" t="s">
+        <v>1488</v>
+      </c>
+      <c r="C241" s="2" t="s">
+        <v>1489</v>
+      </c>
+      <c r="D241" s="2" t="s">
+        <v>1490</v>
+      </c>
+      <c r="E241" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F241" s="2" t="s">
+        <v>1491</v>
+      </c>
+      <c r="G241" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H241" s="2" t="s">
+        <v>1492</v>
+      </c>
+      <c r="I241" s="2" t="s">
+        <v>1493</v>
+      </c>
+    </row>
+    <row r="242" ht="15.75" customHeight="1">
+      <c r="A242" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B242" s="2" t="s">
+        <v>1488</v>
+      </c>
+      <c r="C242" s="2" t="s">
+        <v>1494</v>
+      </c>
+      <c r="D242" s="2" t="s">
+        <v>1495</v>
+      </c>
+      <c r="E242" s="2" t="s">
+        <v>418</v>
+      </c>
+      <c r="F242" s="2" t="s">
+        <v>1496</v>
+      </c>
+      <c r="G242" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H242" s="2" t="s">
+        <v>1492</v>
+      </c>
+      <c r="I242" s="2" t="s">
+        <v>1497</v>
+      </c>
+    </row>
+    <row r="243" ht="15.75" customHeight="1">
+      <c r="A243" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B243" s="2" t="s">
+        <v>1498</v>
+      </c>
+      <c r="C243" s="2" t="s">
+        <v>1499</v>
+      </c>
+      <c r="D243" s="2" t="s">
+        <v>1500</v>
+      </c>
+      <c r="E243" s="2" t="s">
+        <v>155</v>
+      </c>
+      <c r="F243" s="2" t="s">
+        <v>1501</v>
+      </c>
+      <c r="G243" s="2" t="s">
+        <v>1502</v>
+      </c>
+      <c r="H243" s="2" t="s">
+        <v>1503</v>
+      </c>
+      <c r="I243" s="2" t="s">
+        <v>1504</v>
+      </c>
+    </row>
+    <row r="244" ht="15.75" customHeight="1">
+      <c r="A244" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B244" s="2" t="s">
+        <v>1505</v>
+      </c>
+      <c r="C244" s="2" t="s">
+        <v>1506</v>
+      </c>
+      <c r="D244" s="2" t="s">
+        <v>596</v>
+      </c>
+      <c r="E244" s="2" t="s">
+        <v>117</v>
+      </c>
+      <c r="F244" s="2" t="s">
+        <v>1507</v>
+      </c>
+      <c r="G244" s="2" t="s">
+        <v>1508</v>
+      </c>
+      <c r="H244" s="2" t="s">
+        <v>1509</v>
+      </c>
+      <c r="I244" s="2" t="s">
+        <v>1510</v>
+      </c>
+    </row>
+    <row r="245" ht="15.75" customHeight="1">
+      <c r="A245" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B245" s="2" t="s">
+        <v>1511</v>
+      </c>
+      <c r="C245" s="2" t="s">
+        <v>1512</v>
+      </c>
+      <c r="D245" s="2" t="s">
+        <v>934</v>
+      </c>
+      <c r="E245" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F245" s="2" t="s">
+        <v>1513</v>
+      </c>
+      <c r="G245" s="2" t="s">
+        <v>1514</v>
+      </c>
+      <c r="H245" s="2" t="s">
+        <v>1515</v>
+      </c>
+      <c r="I245" s="2" t="s">
+        <v>1516</v>
+      </c>
+    </row>
+    <row r="246" ht="15.75" customHeight="1">
+      <c r="A246" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B246" s="2" t="s">
+        <v>1517</v>
+      </c>
+      <c r="C246" s="2" t="s">
+        <v>1518</v>
+      </c>
+      <c r="D246" s="2" t="s">
+        <v>1519</v>
+      </c>
+      <c r="E246" s="2" t="s">
+        <v>376</v>
+      </c>
+      <c r="F246" s="2" t="s">
+        <v>1520</v>
+      </c>
+      <c r="G246" s="2" t="s">
+        <v>1521</v>
+      </c>
+      <c r="H246" s="2" t="s">
+        <v>1522</v>
+      </c>
+      <c r="I246" s="2" t="s">
+        <v>1523</v>
+      </c>
+    </row>
+    <row r="247" ht="15.75" customHeight="1">
+      <c r="A247" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B247" s="2" t="s">
+        <v>1524</v>
+      </c>
+      <c r="C247" s="2" t="s">
+        <v>1525</v>
+      </c>
+      <c r="D247" s="2" t="s">
+        <v>375</v>
+      </c>
+      <c r="E247" s="2" t="s">
+        <v>376</v>
+      </c>
+      <c r="F247" s="2" t="s">
+        <v>1526</v>
+      </c>
+      <c r="G247" s="2" t="s">
+        <v>1527</v>
+      </c>
+      <c r="H247" s="2" t="s">
+        <v>1528</v>
+      </c>
+      <c r="I247" s="2" t="s">
+        <v>1529</v>
+      </c>
+    </row>
+    <row r="248" ht="15.75" customHeight="1">
+      <c r="A248" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B248" s="2" t="s">
+        <v>1530</v>
+      </c>
+      <c r="C248" s="2" t="s">
+        <v>1531</v>
+      </c>
+      <c r="D248" s="2" t="s">
+        <v>375</v>
+      </c>
+      <c r="E248" s="2" t="s">
+        <v>376</v>
+      </c>
+      <c r="F248" s="2" t="s">
+        <v>377</v>
+      </c>
+      <c r="G248" s="2" t="s">
+        <v>1532</v>
+      </c>
+      <c r="H248" s="2" t="s">
+        <v>1533</v>
+      </c>
+      <c r="I248" s="2" t="s">
+        <v>1534</v>
+      </c>
+    </row>
+    <row r="249" ht="15.75" customHeight="1">
+      <c r="A249" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B249" s="2" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C249" s="2" t="s">
+        <v>1536</v>
+      </c>
+      <c r="D249" s="2" t="s">
+        <v>1537</v>
+      </c>
+      <c r="E249" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="F249" s="2" t="s">
+        <v>1538</v>
+      </c>
+      <c r="G249" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H249" s="2" t="s">
+        <v>1539</v>
+      </c>
+      <c r="I249" s="2" t="s">
+        <v>1540</v>
+      </c>
+    </row>
+    <row r="250" ht="15.75" customHeight="1">
+      <c r="A250" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B250" s="2" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C250" s="2" t="s">
+        <v>1542</v>
+      </c>
+      <c r="D250" s="2" t="s">
+        <v>1543</v>
+      </c>
+      <c r="E250" s="2" t="s">
+        <v>1544</v>
+      </c>
+      <c r="F250" s="2" t="s">
+        <v>1545</v>
+      </c>
+      <c r="G250" s="2" t="s">
+        <v>1546</v>
+      </c>
+      <c r="H250" s="2" t="s">
+        <v>1547</v>
+      </c>
+      <c r="I250" s="2" t="s">
+        <v>1548</v>
+      </c>
+    </row>
+    <row r="251" ht="15.75" customHeight="1">
+      <c r="A251" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B251" s="2" t="s">
+        <v>1549</v>
+      </c>
+      <c r="C251" s="2" t="s">
+        <v>1550</v>
+      </c>
+      <c r="D251" s="2" t="s">
+        <v>1551</v>
+      </c>
+      <c r="E251" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="F251" s="2" t="s">
+        <v>1552</v>
+      </c>
+      <c r="G251" s="2" t="s">
+        <v>1553</v>
+      </c>
+      <c r="H251" s="2" t="s">
+        <v>1554</v>
+      </c>
+      <c r="I251" s="2" t="s">
+        <v>1555</v>
+      </c>
+    </row>
+    <row r="252" ht="15.75" customHeight="1">
+      <c r="A252" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B252" s="2" t="s">
+        <v>1556</v>
+      </c>
+      <c r="C252" s="2" t="s">
+        <v>1557</v>
+      </c>
+      <c r="D252" s="2" t="s">
+        <v>884</v>
+      </c>
+      <c r="E252" s="2" t="s">
+        <v>623</v>
+      </c>
+      <c r="F252" s="2" t="s">
+        <v>1558</v>
+      </c>
+      <c r="G252" s="2" t="s">
+        <v>1559</v>
+      </c>
+      <c r="H252" s="2" t="s">
+        <v>1560</v>
+      </c>
+      <c r="I252" s="2" t="s">
+        <v>1561</v>
+      </c>
+    </row>
+    <row r="253" ht="15.75" customHeight="1">
+      <c r="A253" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B253" s="2" t="s">
+        <v>1556</v>
+      </c>
+      <c r="C253" s="2" t="s">
+        <v>1562</v>
+      </c>
+      <c r="D253" s="2" t="s">
+        <v>1563</v>
+      </c>
+      <c r="E253" s="2" t="s">
+        <v>623</v>
+      </c>
+      <c r="F253" s="2" t="s">
+        <v>1564</v>
+      </c>
+      <c r="G253" s="2" t="s">
+        <v>1559</v>
+      </c>
+      <c r="H253" s="2" t="s">
+        <v>1560</v>
+      </c>
+      <c r="I253" s="2" t="s">
+        <v>1565</v>
+      </c>
+    </row>
+    <row r="254" ht="15.75" customHeight="1">
+      <c r="A254" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B254" s="2" t="s">
+        <v>1566</v>
+      </c>
+      <c r="C254" s="2" t="s">
+        <v>1567</v>
+      </c>
+      <c r="D254" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="E254" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="F254" s="2" t="s">
+        <v>1568</v>
+      </c>
+      <c r="G254" s="2" t="s">
+        <v>1569</v>
+      </c>
+      <c r="H254" s="2" t="s">
+        <v>1570</v>
+      </c>
+      <c r="I254" s="2" t="s">
+        <v>1571</v>
+      </c>
+    </row>
+    <row r="255" ht="15.75" customHeight="1">
+      <c r="A255" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B255" s="2" t="s">
+        <v>1572</v>
+      </c>
+      <c r="C255" s="2" t="s">
+        <v>1573</v>
+      </c>
+      <c r="D255" s="2" t="s">
+        <v>1103</v>
+      </c>
+      <c r="E255" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F255" s="2" t="s">
+        <v>1104</v>
+      </c>
+      <c r="G255" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H255" s="2" t="s">
+        <v>1574</v>
+      </c>
+      <c r="I255" s="2" t="s">
+        <v>1575</v>
+      </c>
+    </row>
+    <row r="256" ht="15.75" customHeight="1">
+      <c r="A256" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B256" s="2" t="s">
+        <v>1576</v>
+      </c>
+      <c r="C256" s="2" t="s">
+        <v>1577</v>
+      </c>
+      <c r="D256" s="2" t="s">
+        <v>1578</v>
+      </c>
+      <c r="E256" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F256" s="2" t="s">
+        <v>1579</v>
+      </c>
+      <c r="G256" s="2" t="s">
+        <v>1580</v>
+      </c>
+      <c r="H256" s="2" t="s">
+        <v>1581</v>
+      </c>
+      <c r="I256" s="2" t="s">
+        <v>1582</v>
+      </c>
+    </row>
+    <row r="257" ht="15.75" customHeight="1">
+      <c r="A257" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B257" s="2" t="s">
+        <v>1583</v>
+      </c>
+      <c r="C257" s="2" t="s">
+        <v>1584</v>
+      </c>
+      <c r="D257" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="E257" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="F257" s="2" t="s">
+        <v>1585</v>
+      </c>
+      <c r="G257" s="2" t="s">
+        <v>1586</v>
+      </c>
+      <c r="H257" s="2" t="s">
+        <v>1587</v>
+      </c>
+      <c r="I257" s="2" t="s">
+        <v>1588</v>
+      </c>
+    </row>
+    <row r="258" ht="15.75" customHeight="1">
+      <c r="A258" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B258" s="2" t="s">
+        <v>1589</v>
+      </c>
+      <c r="C258" s="2" t="s">
+        <v>1590</v>
+      </c>
+      <c r="D258" s="2" t="s">
+        <v>140</v>
+      </c>
+      <c r="E258" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="F258" s="2" t="s">
+        <v>142</v>
+      </c>
+      <c r="G258" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H258" s="2" t="s">
+        <v>1591</v>
+      </c>
+      <c r="I258" s="2" t="s">
+        <v>1592</v>
+      </c>
+    </row>
+    <row r="259" ht="15.75" customHeight="1">
+      <c r="A259" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B259" s="2" t="s">
+        <v>1593</v>
+      </c>
+      <c r="C259" s="2" t="s">
+        <v>1594</v>
+      </c>
+      <c r="D259" s="2" t="s">
+        <v>217</v>
+      </c>
+      <c r="E259" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F259" s="2" t="s">
+        <v>218</v>
+      </c>
+      <c r="G259" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H259" s="2" t="s">
+        <v>1595</v>
+      </c>
+      <c r="I259" s="2" t="s">
+        <v>1596</v>
+      </c>
+    </row>
+    <row r="260" ht="15.75" customHeight="1">
+      <c r="A260" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B260" s="2" t="s">
+        <v>1597</v>
+      </c>
+      <c r="C260" s="2" t="s">
+        <v>1598</v>
+      </c>
+      <c r="D260" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="E260" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="F260" s="2" t="s">
+        <v>1568</v>
+      </c>
+      <c r="G260" s="2" t="s">
+        <v>1599</v>
+      </c>
+      <c r="H260" s="2" t="s">
+        <v>1600</v>
+      </c>
+      <c r="I260" s="2" t="s">
+        <v>1601</v>
+      </c>
+    </row>
+    <row r="261" ht="15.75" customHeight="1">
+      <c r="A261" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B261" s="2" t="s">
+        <v>1602</v>
+      </c>
+      <c r="C261" s="2" t="s">
+        <v>1603</v>
+      </c>
+      <c r="D261" s="2" t="s">
+        <v>1604</v>
+      </c>
+      <c r="E261" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="F261" s="2" t="s">
+        <v>1605</v>
+      </c>
+      <c r="G261" s="2" t="s">
+        <v>1606</v>
+      </c>
+      <c r="H261" s="2" t="s">
+        <v>1607</v>
+      </c>
+      <c r="I261" s="2" t="s">
+        <v>1608</v>
+      </c>
+    </row>
+    <row r="262" ht="15.75" customHeight="1">
+      <c r="A262" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B262" s="2" t="s">
+        <v>1609</v>
+      </c>
+      <c r="C262" s="2" t="s">
+        <v>1610</v>
+      </c>
+      <c r="D262" s="2" t="s">
+        <v>596</v>
+      </c>
+      <c r="E262" s="2" t="s">
+        <v>117</v>
+      </c>
+      <c r="F262" s="2" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G262" s="2" t="s">
+        <v>1612</v>
+      </c>
+      <c r="H262" s="2" t="s">
+        <v>1613</v>
+      </c>
+      <c r="I262" s="2" t="s">
+        <v>1614</v>
+      </c>
+    </row>
+    <row r="263" ht="15.75" customHeight="1">
+      <c r="A263" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B263" s="2" t="s">
+        <v>1615</v>
+      </c>
+      <c r="C263" s="2" t="s">
+        <v>1616</v>
+      </c>
+      <c r="D263" s="2" t="s">
+        <v>1617</v>
+      </c>
+      <c r="E263" s="2" t="s">
+        <v>1618</v>
+      </c>
+      <c r="F263" s="2" t="s">
+        <v>1619</v>
+      </c>
+      <c r="G263" s="2" t="s">
+        <v>1620</v>
+      </c>
+      <c r="H263" s="2" t="s">
+        <v>1621</v>
+      </c>
+      <c r="I263" s="2" t="s">
+        <v>1622</v>
+      </c>
+    </row>
+    <row r="264" ht="15.75" customHeight="1">
+      <c r="A264" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B264" s="2" t="s">
+        <v>1623</v>
+      </c>
+      <c r="C264" s="2" t="s">
+        <v>1624</v>
+      </c>
+      <c r="D264" s="2" t="s">
+        <v>1617</v>
+      </c>
+      <c r="E264" s="2" t="s">
+        <v>1618</v>
+      </c>
+      <c r="F264" s="2" t="s">
+        <v>1625</v>
+      </c>
+      <c r="G264" s="2" t="s">
+        <v>1626</v>
+      </c>
+      <c r="H264" s="2" t="s">
+        <v>1627</v>
+      </c>
+      <c r="I264" s="2" t="s">
+        <v>1628</v>
+      </c>
+    </row>
+    <row r="265" ht="15.75" customHeight="1">
+      <c r="A265" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B265" s="2" t="s">
+        <v>1629</v>
+      </c>
+      <c r="C265" s="2" t="s">
+        <v>1630</v>
+      </c>
+      <c r="D265" s="2" t="s">
+        <v>1631</v>
+      </c>
+      <c r="E265" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="F265" s="2" t="s">
+        <v>1632</v>
+      </c>
+      <c r="G265" s="2" t="s">
+        <v>1633</v>
+      </c>
+      <c r="H265" s="2" t="s">
+        <v>1634</v>
+      </c>
+      <c r="I265" s="2" t="s">
+        <v>1635</v>
+      </c>
+    </row>
+    <row r="266" ht="15.75" customHeight="1">
+      <c r="A266" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B266" s="2" t="s">
+        <v>1636</v>
+      </c>
+      <c r="C266" s="2" t="s">
+        <v>1637</v>
+      </c>
+      <c r="D266" s="2" t="s">
+        <v>460</v>
+      </c>
+      <c r="E266" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F266" s="2" t="s">
+        <v>1638</v>
+      </c>
+      <c r="G266" s="2" t="s">
+        <v>1639</v>
+      </c>
+      <c r="H266" s="2" t="s">
+        <v>1640</v>
+      </c>
+      <c r="I266" s="2" t="s">
+        <v>1641</v>
+      </c>
+    </row>
+    <row r="267" ht="15.75" customHeight="1">
+      <c r="A267" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B267" s="2" t="s">
+        <v>1642</v>
+      </c>
+      <c r="C267" s="2" t="s">
+        <v>1643</v>
+      </c>
+      <c r="D267" s="2" t="s">
+        <v>1644</v>
+      </c>
+      <c r="E267" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F267" s="2" t="s">
+        <v>1645</v>
+      </c>
+      <c r="G267" s="2" t="s">
+        <v>1646</v>
+      </c>
+      <c r="H267" s="2" t="s">
+        <v>1647</v>
+      </c>
+      <c r="I267" s="2" t="s">
+        <v>1648</v>
+      </c>
+    </row>
+    <row r="268" ht="15.75" customHeight="1">
+      <c r="A268" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B268" s="2" t="s">
+        <v>1642</v>
+      </c>
+      <c r="C268" s="2" t="s">
+        <v>1649</v>
+      </c>
+      <c r="D268" s="2" t="s">
+        <v>1650</v>
+      </c>
+      <c r="E268" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="F268" s="2" t="s">
+        <v>1651</v>
+      </c>
+      <c r="G268" s="2" t="s">
+        <v>1646</v>
+      </c>
+      <c r="H268" s="2" t="s">
+        <v>1652</v>
+      </c>
+      <c r="I268" s="2" t="s">
+        <v>1653</v>
+      </c>
+    </row>
+    <row r="269" ht="15.75" customHeight="1">
+      <c r="A269" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B269" s="2" t="s">
+        <v>1642</v>
+      </c>
+      <c r="C269" s="2" t="s">
+        <v>1654</v>
+      </c>
+      <c r="D269" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="E269" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="F269" s="2" t="s">
+        <v>1655</v>
+      </c>
+      <c r="G269" s="2" t="s">
+        <v>1656</v>
+      </c>
+      <c r="H269" s="2" t="s">
+        <v>1657</v>
+      </c>
+      <c r="I269" s="2" t="s">
+        <v>1658</v>
+      </c>
+    </row>
+    <row r="270" ht="15.75" customHeight="1">
+      <c r="A270" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B270" s="2" t="s">
+        <v>1642</v>
+      </c>
+      <c r="C270" s="2" t="s">
+        <v>1659</v>
+      </c>
+      <c r="D270" s="2" t="s">
+        <v>1050</v>
+      </c>
+      <c r="E270" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="F270" s="2" t="s">
+        <v>1660</v>
+      </c>
+      <c r="G270" s="2" t="s">
+        <v>1661</v>
+      </c>
+      <c r="H270" s="2" t="s">
+        <v>1652</v>
+      </c>
+      <c r="I270" s="2" t="s">
+        <v>1662</v>
+      </c>
+    </row>
+    <row r="271" ht="15.75" customHeight="1">
+      <c r="A271" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B271" s="2" t="s">
+        <v>1663</v>
+      </c>
+      <c r="C271" s="2" t="s">
+        <v>1664</v>
+      </c>
+      <c r="D271" s="2" t="s">
+        <v>375</v>
+      </c>
+      <c r="E271" s="2" t="s">
+        <v>376</v>
+      </c>
+      <c r="F271" s="2" t="s">
+        <v>706</v>
+      </c>
+      <c r="G271" s="2" t="s">
+        <v>212</v>
+      </c>
+      <c r="H271" s="2" t="s">
+        <v>1665</v>
+      </c>
+      <c r="I271" s="2" t="s">
+        <v>1666</v>
+      </c>
+    </row>
+    <row r="272" ht="15.75" customHeight="1">
+      <c r="A272" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B272" s="2" t="s">
+        <v>1667</v>
+      </c>
+      <c r="C272" s="2" t="s">
+        <v>1668</v>
+      </c>
+      <c r="D272" s="2" t="s">
+        <v>186</v>
+      </c>
+      <c r="E272" s="2" t="s">
+        <v>173</v>
+      </c>
+      <c r="F272" s="2" t="s">
+        <v>280</v>
+      </c>
+      <c r="G272" s="2" t="s">
+        <v>275</v>
+      </c>
+      <c r="H272" s="2" t="s">
+        <v>281</v>
+      </c>
+      <c r="I272" s="2" t="s">
+        <v>1669</v>
+      </c>
+    </row>
+    <row r="273" ht="15.75" customHeight="1">
+      <c r="A273" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B273" s="2" t="s">
+        <v>1670</v>
+      </c>
+      <c r="C273" s="2" t="s">
+        <v>1671</v>
+      </c>
+      <c r="D273" s="2" t="s">
+        <v>1247</v>
+      </c>
+      <c r="E273" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="F273" s="2" t="s">
+        <v>1672</v>
+      </c>
+      <c r="G273" s="2" t="s">
+        <v>1673</v>
+      </c>
+      <c r="H273" s="2" t="s">
+        <v>1674</v>
+      </c>
+      <c r="I273" s="2" t="s">
+        <v>1675</v>
+      </c>
+    </row>
+    <row r="274" ht="15.75" customHeight="1">
+      <c r="A274" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B274" s="2" t="s">
+        <v>1676</v>
+      </c>
+      <c r="C274" s="2" t="s">
+        <v>1677</v>
+      </c>
+      <c r="D274" s="2" t="s">
+        <v>1678</v>
+      </c>
+      <c r="E274" s="2" t="s">
+        <v>286</v>
+      </c>
+      <c r="F274" s="2" t="s">
+        <v>1679</v>
+      </c>
+      <c r="G274" s="2" t="s">
+        <v>1680</v>
+      </c>
+      <c r="H274" s="2" t="s">
+        <v>1681</v>
+      </c>
+      <c r="I274" s="2" t="s">
+        <v>1682</v>
+      </c>
+    </row>
+    <row r="275" ht="15.75" customHeight="1">
+      <c r="A275" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B275" s="2" t="s">
+        <v>1683</v>
+      </c>
+      <c r="C275" s="2" t="s">
+        <v>1684</v>
+      </c>
+      <c r="D275" s="2" t="s">
+        <v>442</v>
+      </c>
+      <c r="E275" s="2" t="s">
+        <v>286</v>
+      </c>
+      <c r="F275" s="2" t="s">
+        <v>1685</v>
+      </c>
+      <c r="G275" s="2" t="s">
+        <v>1686</v>
+      </c>
+      <c r="H275" s="2" t="s">
+        <v>1687</v>
+      </c>
+      <c r="I275" s="2" t="s">
+        <v>1688</v>
+      </c>
+    </row>
+    <row r="276" ht="15.75" customHeight="1">
+      <c r="A276" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B276" s="2" t="s">
+        <v>1689</v>
+      </c>
+      <c r="C276" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="D276" s="2" t="s">
+        <v>124</v>
+      </c>
+      <c r="E276" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="F276" s="2" t="s">
+        <v>125</v>
+      </c>
+      <c r="G276" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H276" s="2" t="s">
+        <v>126</v>
+      </c>
+      <c r="I276" s="2" t="s">
+        <v>1690</v>
+      </c>
+    </row>
+    <row r="277" ht="15.75" customHeight="1">
+      <c r="A277" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B277" s="2" t="s">
+        <v>1691</v>
+      </c>
+      <c r="C277" s="2" t="s">
+        <v>1692</v>
+      </c>
+      <c r="D277" s="2" t="s">
+        <v>1693</v>
+      </c>
+      <c r="E277" s="2" t="s">
+        <v>568</v>
+      </c>
+      <c r="F277" s="2" t="s">
+        <v>1694</v>
+      </c>
+      <c r="G277" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H277" s="2" t="s">
+        <v>1695</v>
+      </c>
+      <c r="I277" s="2" t="s">
+        <v>1696</v>
+      </c>
+    </row>
+    <row r="278" ht="15.75" customHeight="1">
+      <c r="A278" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B278" s="2" t="s">
+        <v>1697</v>
+      </c>
+      <c r="C278" s="2" t="s">
+        <v>1698</v>
+      </c>
+      <c r="D278" s="2" t="s">
+        <v>934</v>
+      </c>
+      <c r="E278" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F278" s="2" t="s">
+        <v>1699</v>
+      </c>
+      <c r="G278" s="2" t="s">
+        <v>1700</v>
+      </c>
+      <c r="H278" s="2" t="s">
+        <v>1701</v>
+      </c>
+      <c r="I278" s="2" t="s">
+        <v>1702</v>
+      </c>
+    </row>
+    <row r="279" ht="15.75" customHeight="1">
+      <c r="A279" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B279" s="2" t="s">
+        <v>1703</v>
+      </c>
+      <c r="C279" s="2" t="s">
+        <v>1704</v>
+      </c>
+      <c r="D279" s="2" t="s">
+        <v>1705</v>
+      </c>
+      <c r="E279" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F279" s="2" t="s">
+        <v>1706</v>
+      </c>
+      <c r="G279" s="2" t="s">
+        <v>924</v>
+      </c>
+      <c r="H279" s="2" t="s">
+        <v>1707</v>
+      </c>
+      <c r="I279" s="2" t="s">
+        <v>1708</v>
+      </c>
+    </row>
+    <row r="280" ht="15.75" customHeight="1">
+      <c r="A280" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B280" s="2" t="s">
+        <v>1709</v>
+      </c>
+      <c r="C280" s="2" t="s">
+        <v>1710</v>
+      </c>
+      <c r="D280" s="2" t="s">
+        <v>1271</v>
+      </c>
+      <c r="E280" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="F280" s="2" t="s">
+        <v>1711</v>
+      </c>
+      <c r="G280" s="2" t="s">
+        <v>1712</v>
+      </c>
+      <c r="H280" s="2" t="s">
+        <v>1713</v>
+      </c>
+      <c r="I280" s="2" t="s">
+        <v>1714</v>
+      </c>
+    </row>
+    <row r="281" ht="15.75" customHeight="1">
+      <c r="A281" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B281" s="2" t="s">
+        <v>1715</v>
+      </c>
+      <c r="C281" s="2" t="s">
+        <v>1716</v>
+      </c>
+      <c r="D281" s="2" t="s">
+        <v>1031</v>
+      </c>
+      <c r="E281" s="2" t="s">
+        <v>110</v>
+      </c>
+      <c r="F281" s="2" t="s">
+        <v>1199</v>
+      </c>
+      <c r="G281" s="2" t="s">
+        <v>1717</v>
+      </c>
+      <c r="H281" s="2" t="s">
+        <v>1718</v>
+      </c>
+      <c r="I281" s="2" t="s">
+        <v>1719</v>
+      </c>
+    </row>
+    <row r="282" ht="15.75" customHeight="1">
+      <c r="A282" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B282" s="2" t="s">
+        <v>1720</v>
+      </c>
+      <c r="C282" s="2" t="s">
+        <v>1721</v>
+      </c>
+      <c r="D282" s="2" t="s">
+        <v>1722</v>
+      </c>
+      <c r="E282" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="F282" s="2" t="s">
+        <v>1723</v>
+      </c>
+      <c r="G282" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H282" s="2" t="s">
+        <v>1724</v>
+      </c>
+      <c r="I282" s="2" t="s">
+        <v>1725</v>
+      </c>
+    </row>
+    <row r="283" ht="15.75" customHeight="1">
+      <c r="A283" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B283" s="2" t="s">
+        <v>1726</v>
+      </c>
+      <c r="C283" s="2" t="s">
+        <v>1727</v>
+      </c>
+      <c r="D283" s="2" t="s">
+        <v>172</v>
+      </c>
+      <c r="E283" s="2" t="s">
+        <v>173</v>
+      </c>
+      <c r="F283" s="2" t="s">
+        <v>174</v>
+      </c>
+      <c r="G283" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H283" s="2" t="s">
+        <v>1728</v>
+      </c>
+      <c r="I283" s="2" t="s">
+        <v>1729</v>
+      </c>
+    </row>
+    <row r="284" ht="15.75" customHeight="1">
+      <c r="A284" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B284" s="2" t="s">
+        <v>1730</v>
+      </c>
+      <c r="C284" s="2" t="s">
+        <v>1731</v>
+      </c>
+      <c r="D284" s="2" t="s">
+        <v>76</v>
+      </c>
+      <c r="E284" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="F284" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="G284" s="2" t="s">
+        <v>1732</v>
+      </c>
+      <c r="H284" s="2" t="s">
+        <v>1733</v>
+      </c>
+      <c r="I284" s="2" t="s">
+        <v>1734</v>
+      </c>
+    </row>
+    <row r="285" ht="15.75" customHeight="1">
+      <c r="A285" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B285" s="2" t="s">
+        <v>1735</v>
+      </c>
+      <c r="C285" s="2" t="s">
+        <v>1736</v>
+      </c>
+      <c r="D285" s="2" t="s">
+        <v>1737</v>
+      </c>
+      <c r="E285" s="2" t="s">
+        <v>1738</v>
+      </c>
+      <c r="F285" s="2" t="s">
+        <v>1739</v>
+      </c>
+      <c r="G285" s="2" t="s">
+        <v>1740</v>
+      </c>
+      <c r="H285" s="2" t="s">
+        <v>1741</v>
+      </c>
+      <c r="I285" s="2" t="s">
+        <v>1742</v>
+      </c>
+    </row>
+    <row r="286" ht="15.75" customHeight="1">
+      <c r="A286" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B286" s="2" t="s">
+        <v>1743</v>
+      </c>
+      <c r="C286" s="2" t="s">
+        <v>1744</v>
+      </c>
+      <c r="D286" s="2" t="s">
+        <v>741</v>
+      </c>
+      <c r="E286" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F286" s="2" t="s">
+        <v>984</v>
+      </c>
+      <c r="G286" s="2" t="s">
+        <v>1745</v>
+      </c>
+      <c r="H286" s="2" t="s">
+        <v>1746</v>
+      </c>
+      <c r="I286" s="2" t="s">
+        <v>1747</v>
+      </c>
+    </row>
+    <row r="287" ht="15.75" customHeight="1">
+      <c r="A287" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B287" s="2" t="s">
+        <v>1748</v>
+      </c>
+      <c r="C287" s="2" t="s">
+        <v>1749</v>
+      </c>
+      <c r="D287" s="2" t="s">
+        <v>1750</v>
+      </c>
+      <c r="E287" s="2" t="s">
+        <v>568</v>
+      </c>
+      <c r="F287" s="2" t="s">
+        <v>1751</v>
+      </c>
+      <c r="G287" s="2" t="s">
+        <v>1752</v>
+      </c>
+      <c r="H287" s="2" t="s">
+        <v>341</v>
+      </c>
+      <c r="I287" s="2" t="s">
+        <v>1753</v>
+      </c>
+    </row>
+    <row r="288" ht="15.75" customHeight="1">
+      <c r="A288" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B288" s="2" t="s">
+        <v>1754</v>
+      </c>
+      <c r="C288" s="2" t="s">
+        <v>1755</v>
+      </c>
+      <c r="D288" s="2" t="s">
+        <v>1756</v>
+      </c>
+      <c r="E288" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="F288" s="2" t="s">
+        <v>1757</v>
+      </c>
+      <c r="G288" s="2" t="s">
+        <v>1758</v>
+      </c>
+      <c r="H288" s="2" t="s">
+        <v>1759</v>
+      </c>
+      <c r="I288" s="2" t="s">
+        <v>1760</v>
+      </c>
+    </row>
+    <row r="289" ht="15.75" customHeight="1">
+      <c r="A289" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B289" s="2" t="s">
+        <v>1761</v>
+      </c>
+      <c r="C289" s="2" t="s">
+        <v>1762</v>
+      </c>
+      <c r="D289" s="2" t="s">
+        <v>1763</v>
+      </c>
+      <c r="E289" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F289" s="2" t="s">
+        <v>1764</v>
+      </c>
+      <c r="G289" s="2" t="s">
+        <v>1765</v>
+      </c>
+      <c r="H289" s="2" t="s">
+        <v>1766</v>
+      </c>
+      <c r="I289" s="2" t="s">
+        <v>1767</v>
+      </c>
+    </row>
+    <row r="290" ht="15.75" customHeight="1">
+      <c r="A290" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B290" s="2" t="s">
+        <v>1768</v>
+      </c>
+      <c r="C290" s="2" t="s">
+        <v>1769</v>
+      </c>
+      <c r="D290" s="2" t="s">
+        <v>1770</v>
+      </c>
+      <c r="E290" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F290" s="2" t="s">
+        <v>1771</v>
+      </c>
+      <c r="G290" s="2" t="s">
+        <v>1765</v>
+      </c>
+      <c r="H290" s="2" t="s">
+        <v>1772</v>
+      </c>
+      <c r="I290" s="2" t="s">
+        <v>1773</v>
+      </c>
+    </row>
+    <row r="291" ht="15.75" customHeight="1">
+      <c r="A291" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B291" s="2" t="s">
+        <v>1774</v>
+      </c>
+      <c r="C291" s="2" t="s">
+        <v>1775</v>
+      </c>
+      <c r="D291" s="2" t="s">
+        <v>1776</v>
+      </c>
+      <c r="E291" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F291" s="2" t="s">
+        <v>1777</v>
+      </c>
+      <c r="G291" s="2" t="s">
+        <v>1778</v>
+      </c>
+      <c r="H291" s="2" t="s">
+        <v>1779</v>
+      </c>
+      <c r="I291" s="2" t="s">
+        <v>1780</v>
+      </c>
+    </row>
+    <row r="292" ht="15.75" customHeight="1">
+      <c r="A292" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B292" s="2" t="s">
+        <v>1781</v>
+      </c>
+      <c r="C292" s="2" t="s">
+        <v>1782</v>
+      </c>
+      <c r="D292" s="2" t="s">
+        <v>1783</v>
+      </c>
+      <c r="E292" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="F292" s="2" t="s">
+        <v>1784</v>
+      </c>
+      <c r="G292" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H292" s="2" t="s">
+        <v>1785</v>
+      </c>
+      <c r="I292" s="2" t="s">
+        <v>1786</v>
+      </c>
+    </row>
+    <row r="293" ht="15.75" customHeight="1">
+      <c r="A293" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B293" s="2" t="s">
+        <v>1787</v>
+      </c>
+      <c r="C293" s="2" t="s">
+        <v>1788</v>
+      </c>
+      <c r="D293" s="2" t="s">
+        <v>1789</v>
+      </c>
+      <c r="E293" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="F293" s="2" t="s">
+        <v>1790</v>
+      </c>
+      <c r="G293" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H293" s="2" t="s">
+        <v>1791</v>
+      </c>
+      <c r="I293" s="2" t="s">
+        <v>1792</v>
+      </c>
+    </row>
+    <row r="294" ht="15.75" customHeight="1">
+      <c r="A294" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B294" s="2" t="s">
+        <v>1793</v>
+      </c>
+      <c r="C294" s="2" t="s">
+        <v>1794</v>
+      </c>
+      <c r="D294" s="2" t="s">
+        <v>76</v>
+      </c>
+      <c r="E294" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="F294" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="G294" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H294" s="2" t="s">
+        <v>1795</v>
+      </c>
+      <c r="I294" s="2" t="s">
+        <v>1796</v>
+      </c>
+    </row>
+    <row r="295" ht="15.75" customHeight="1">
+      <c r="A295" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B295" s="2" t="s">
+        <v>1797</v>
+      </c>
+      <c r="C295" s="2" t="s">
+        <v>1798</v>
+      </c>
+      <c r="D295" s="2" t="s">
+        <v>855</v>
+      </c>
+      <c r="E295" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F295" s="2" t="s">
+        <v>856</v>
+      </c>
+      <c r="G295" s="2" t="s">
+        <v>1799</v>
+      </c>
+      <c r="H295" s="2" t="s">
+        <v>438</v>
+      </c>
+      <c r="I295" s="2" t="s">
+        <v>1800</v>
+      </c>
+    </row>
+    <row r="296" ht="15.75" customHeight="1">
+      <c r="A296" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B296" s="2" t="s">
+        <v>1801</v>
+      </c>
+      <c r="C296" s="2" t="s">
+        <v>1802</v>
+      </c>
+      <c r="D296" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="E296" s="2" t="s">
+        <v>623</v>
+      </c>
+      <c r="F296" s="2" t="s">
+        <v>1803</v>
+      </c>
+      <c r="G296" s="2" t="s">
+        <v>1804</v>
+      </c>
+      <c r="H296" s="2" t="s">
+        <v>1805</v>
+      </c>
+      <c r="I296" s="2" t="s">
+        <v>1806</v>
+      </c>
+    </row>
+    <row r="297" ht="15.75" customHeight="1">
+      <c r="A297" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B297" s="2" t="s">
+        <v>1807</v>
+      </c>
+      <c r="C297" s="2" t="s">
+        <v>1808</v>
+      </c>
+      <c r="D297" s="2" t="s">
+        <v>990</v>
+      </c>
+      <c r="E297" s="2" t="s">
+        <v>148</v>
+      </c>
+      <c r="F297" s="2" t="s">
+        <v>991</v>
+      </c>
+      <c r="G297" s="2" t="s">
+        <v>1809</v>
+      </c>
+      <c r="H297" s="2" t="s">
+        <v>1810</v>
+      </c>
+      <c r="I297" s="2" t="s">
+        <v>1811</v>
+      </c>
+    </row>
+    <row r="298" ht="15.75" customHeight="1">
+      <c r="A298" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B298" s="2" t="s">
+        <v>1812</v>
+      </c>
+      <c r="C298" s="2" t="s">
+        <v>1813</v>
+      </c>
+      <c r="D298" s="2" t="s">
+        <v>1814</v>
+      </c>
+      <c r="E298" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="F298" s="2" t="s">
+        <v>1815</v>
+      </c>
+      <c r="G298" s="2" t="s">
+        <v>1816</v>
+      </c>
+      <c r="H298" s="2" t="s">
+        <v>1817</v>
+      </c>
+      <c r="I298" s="2" t="s">
+        <v>1818</v>
+      </c>
+    </row>
+    <row r="299" ht="15.75" customHeight="1">
+      <c r="A299" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B299" s="2" t="s">
+        <v>1819</v>
+      </c>
+      <c r="C299" s="2" t="s">
+        <v>1820</v>
+      </c>
+      <c r="D299" s="2" t="s">
+        <v>1821</v>
+      </c>
+      <c r="E299" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F299" s="2" t="s">
+        <v>1822</v>
+      </c>
+      <c r="G299" s="2" t="s">
+        <v>1823</v>
+      </c>
+      <c r="H299" s="2" t="s">
+        <v>438</v>
+      </c>
+      <c r="I299" s="2" t="s">
+        <v>1824</v>
+      </c>
+    </row>
+    <row r="300" ht="15.75" customHeight="1">
+      <c r="A300" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B300" s="2" t="s">
+        <v>1825</v>
+      </c>
+      <c r="C300" s="2" t="s">
+        <v>1826</v>
+      </c>
+      <c r="D300" s="2" t="s">
+        <v>1827</v>
+      </c>
+      <c r="E300" s="2" t="s">
+        <v>396</v>
+      </c>
+      <c r="F300" s="2" t="s">
+        <v>1828</v>
+      </c>
+      <c r="G300" s="2" t="s">
+        <v>1829</v>
+      </c>
+      <c r="H300" s="2" t="s">
+        <v>1830</v>
+      </c>
+      <c r="I300" s="2" t="s">
+        <v>1831</v>
+      </c>
+    </row>
+    <row r="301" ht="15.75" customHeight="1">
+      <c r="A301" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B301" s="2" t="s">
+        <v>1832</v>
+      </c>
+      <c r="C301" s="2" t="s">
+        <v>1833</v>
+      </c>
+      <c r="D301" s="2" t="s">
+        <v>1834</v>
+      </c>
+      <c r="E301" s="2" t="s">
+        <v>403</v>
+      </c>
+      <c r="F301" s="2" t="s">
+        <v>1835</v>
+      </c>
+      <c r="G301" s="2" t="s">
+        <v>1836</v>
+      </c>
+      <c r="H301" s="2" t="s">
+        <v>1132</v>
+      </c>
+      <c r="I301" s="2" t="s">
+        <v>1837</v>
+      </c>
+    </row>
+    <row r="302" ht="15.75" customHeight="1">
+      <c r="A302" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B302" s="2" t="s">
+        <v>1838</v>
+      </c>
+      <c r="C302" s="2" t="s">
+        <v>1839</v>
+      </c>
+      <c r="D302" s="2" t="s">
+        <v>319</v>
+      </c>
+      <c r="E302" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="F302" s="2" t="s">
+        <v>1840</v>
+      </c>
+      <c r="G302" s="2" t="s">
+        <v>1841</v>
+      </c>
+      <c r="H302" s="2" t="s">
+        <v>1842</v>
+      </c>
+      <c r="I302" s="2" t="s">
+        <v>1843</v>
+      </c>
+    </row>
+    <row r="303" ht="15.75" customHeight="1">
+      <c r="A303" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B303" s="2" t="s">
+        <v>1838</v>
+      </c>
+      <c r="C303" s="2" t="s">
+        <v>1844</v>
+      </c>
+      <c r="D303" s="2" t="s">
+        <v>1519</v>
+      </c>
+      <c r="E303" s="2" t="s">
+        <v>376</v>
+      </c>
+      <c r="F303" s="2" t="s">
+        <v>1845</v>
+      </c>
+      <c r="G303" s="2" t="s">
+        <v>1841</v>
+      </c>
+      <c r="H303" s="2" t="s">
+        <v>1846</v>
+      </c>
+      <c r="I303" s="2" t="s">
+        <v>1847</v>
+      </c>
+    </row>
+    <row r="304" ht="15.75" customHeight="1">
+      <c r="A304" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B304" s="2" t="s">
+        <v>1838</v>
+      </c>
+      <c r="C304" s="2" t="s">
+        <v>1848</v>
+      </c>
+      <c r="D304" s="2" t="s">
+        <v>1849</v>
+      </c>
+      <c r="E304" s="2" t="s">
+        <v>885</v>
+      </c>
+      <c r="F304" s="2" t="s">
+        <v>1850</v>
+      </c>
+      <c r="G304" s="2" t="s">
+        <v>1841</v>
+      </c>
+      <c r="H304" s="2" t="s">
+        <v>1851</v>
+      </c>
+      <c r="I304" s="2" t="s">
+        <v>1852</v>
+      </c>
+    </row>
+    <row r="305" ht="15.75" customHeight="1">
+      <c r="A305" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B305" s="2" t="s">
+        <v>1838</v>
+      </c>
+      <c r="C305" s="2" t="s">
+        <v>1853</v>
+      </c>
+      <c r="D305" s="2" t="s">
+        <v>1122</v>
+      </c>
+      <c r="E305" s="2" t="s">
+        <v>155</v>
+      </c>
+      <c r="F305" s="2" t="s">
+        <v>1854</v>
+      </c>
+      <c r="G305" s="2" t="s">
+        <v>1841</v>
+      </c>
+      <c r="H305" s="2" t="s">
+        <v>1855</v>
+      </c>
+      <c r="I305" s="2" t="s">
+        <v>1856</v>
+      </c>
+    </row>
+    <row r="306" ht="15.75" customHeight="1">
+      <c r="A306" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B306" s="2" t="s">
+        <v>1857</v>
+      </c>
+      <c r="C306" s="2" t="s">
+        <v>1858</v>
+      </c>
+      <c r="D306" s="2" t="s">
+        <v>1859</v>
+      </c>
+      <c r="E306" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="F306" s="2" t="s">
+        <v>1860</v>
+      </c>
+      <c r="G306" s="2" t="s">
+        <v>1861</v>
+      </c>
+      <c r="H306" s="2" t="s">
+        <v>1862</v>
+      </c>
+      <c r="I306" s="2" t="s">
+        <v>1863</v>
+      </c>
+    </row>
+    <row r="307" ht="15.75" customHeight="1">
+      <c r="A307" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B307" s="2" t="s">
+        <v>1864</v>
+      </c>
+      <c r="C307" s="2" t="s">
+        <v>1865</v>
+      </c>
+      <c r="D307" s="2" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E307" s="2" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F307" s="2" t="s">
+        <v>1866</v>
+      </c>
+      <c r="G307" s="2" t="s">
+        <v>1867</v>
+      </c>
+      <c r="H307" s="2" t="s">
+        <v>1868</v>
+      </c>
+      <c r="I307" s="2" t="s">
+        <v>1869</v>
+      </c>
+    </row>
+    <row r="308" ht="15.75" customHeight="1">
+      <c r="A308" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B308" s="2" t="s">
+        <v>1870</v>
+      </c>
+      <c r="C308" s="2" t="s">
+        <v>1871</v>
+      </c>
+      <c r="D308" s="2" t="s">
+        <v>1872</v>
+      </c>
+      <c r="E308" s="2" t="s">
+        <v>110</v>
+      </c>
+      <c r="F308" s="2" t="s">
+        <v>1873</v>
+      </c>
+      <c r="G308" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H308" s="2" t="s">
+        <v>1874</v>
+      </c>
+      <c r="I308" s="2" t="s">
+        <v>1875</v>
+      </c>
+    </row>
+    <row r="309" ht="15.75" customHeight="1">
+      <c r="A309" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B309" s="2" t="s">
+        <v>1876</v>
+      </c>
+      <c r="C309" s="2" t="s">
+        <v>1877</v>
+      </c>
+      <c r="D309" s="2" t="s">
+        <v>217</v>
+      </c>
+      <c r="E309" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F309" s="2" t="s">
+        <v>1878</v>
+      </c>
+      <c r="G309" s="2" t="s">
+        <v>1879</v>
+      </c>
+      <c r="H309" s="2" t="s">
+        <v>1880</v>
+      </c>
+      <c r="I309" s="2" t="s">
+        <v>1881</v>
+      </c>
+    </row>
+    <row r="310" ht="15.75" customHeight="1">
+      <c r="A310" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B310" s="2" t="s">
+        <v>1882</v>
+      </c>
+      <c r="C310" s="2" t="s">
+        <v>1883</v>
+      </c>
+      <c r="D310" s="2" t="s">
+        <v>262</v>
+      </c>
+      <c r="E310" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="F310" s="2" t="s">
+        <v>263</v>
+      </c>
+      <c r="G310" s="2" t="s">
+        <v>1884</v>
+      </c>
+      <c r="H310" s="2" t="s">
+        <v>1885</v>
+      </c>
+      <c r="I310" s="2" t="s">
+        <v>1886</v>
+      </c>
+    </row>
+    <row r="311" ht="15.75" customHeight="1">
+      <c r="A311" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B311" s="2" t="s">
+        <v>1887</v>
+      </c>
+      <c r="C311" s="2" t="s">
+        <v>1888</v>
+      </c>
+      <c r="D311" s="2" t="s">
+        <v>1889</v>
+      </c>
+      <c r="E311" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="F311" s="2" t="s">
+        <v>1890</v>
+      </c>
+      <c r="G311" s="2" t="s">
+        <v>1891</v>
+      </c>
+      <c r="H311" s="2" t="s">
+        <v>1892</v>
+      </c>
+      <c r="I311" s="2" t="s">
+        <v>1893</v>
+      </c>
+    </row>
+    <row r="312" ht="15.75" customHeight="1">
+      <c r="A312" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B312" s="2" t="s">
+        <v>1894</v>
+      </c>
+      <c r="C312" s="2" t="s">
+        <v>1895</v>
+      </c>
+      <c r="D312" s="2" t="s">
+        <v>1834</v>
+      </c>
+      <c r="E312" s="2" t="s">
+        <v>403</v>
+      </c>
+      <c r="F312" s="2" t="s">
+        <v>1896</v>
+      </c>
+      <c r="G312" s="2" t="s">
+        <v>1897</v>
+      </c>
+      <c r="H312" s="2" t="s">
+        <v>1898</v>
+      </c>
+      <c r="I312" s="2" t="s">
+        <v>1899</v>
+      </c>
+    </row>
+    <row r="313" ht="15.75" customHeight="1">
+      <c r="A313" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B313" s="2" t="s">
+        <v>1900</v>
+      </c>
+      <c r="C313" s="2" t="s">
+        <v>1901</v>
+      </c>
+      <c r="D313" s="2" t="s">
+        <v>332</v>
+      </c>
+      <c r="E313" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="F313" s="2" t="s">
+        <v>333</v>
+      </c>
+      <c r="G313" s="2" t="s">
+        <v>430</v>
+      </c>
+      <c r="H313" s="2" t="s">
+        <v>1902</v>
+      </c>
+      <c r="I313" s="2" t="s">
+        <v>1903</v>
+      </c>
+    </row>
+    <row r="314" ht="15.75" customHeight="1">
+      <c r="A314" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B314" s="2" t="s">
+        <v>1904</v>
+      </c>
+      <c r="C314" s="2" t="s">
+        <v>1905</v>
+      </c>
+      <c r="D314" s="2" t="s">
+        <v>76</v>
+      </c>
+      <c r="E314" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="F314" s="2" t="s">
+        <v>899</v>
+      </c>
+      <c r="G314" s="2" t="s">
+        <v>1906</v>
+      </c>
+      <c r="H314" s="2" t="s">
+        <v>1907</v>
+      </c>
+      <c r="I314" s="2" t="s">
+        <v>1908</v>
+      </c>
+    </row>
+    <row r="315" ht="15.75" customHeight="1">
+      <c r="A315" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B315" s="2" t="s">
+        <v>1909</v>
+      </c>
+      <c r="C315" s="2" t="s">
+        <v>1910</v>
+      </c>
+      <c r="D315" s="2" t="s">
+        <v>217</v>
+      </c>
+      <c r="E315" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F315" s="2" t="s">
+        <v>1911</v>
+      </c>
+      <c r="G315" s="2" t="s">
+        <v>1912</v>
+      </c>
+      <c r="H315" s="2" t="s">
+        <v>1913</v>
+      </c>
+      <c r="I315" s="2" t="s">
+        <v>1914</v>
+      </c>
+    </row>
+    <row r="316" ht="15.75" customHeight="1">
+      <c r="A316" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B316" s="2" t="s">
+        <v>1915</v>
+      </c>
+      <c r="C316" s="2" t="s">
+        <v>1916</v>
+      </c>
+      <c r="D316" s="2" t="s">
+        <v>1176</v>
+      </c>
+      <c r="E316" s="2" t="s">
+        <v>680</v>
+      </c>
+      <c r="F316" s="2" t="s">
+        <v>1917</v>
+      </c>
+      <c r="G316" s="2" t="s">
+        <v>1918</v>
+      </c>
+      <c r="H316" s="2" t="s">
+        <v>1919</v>
+      </c>
+      <c r="I316" s="2" t="s">
+        <v>1920</v>
+      </c>
+    </row>
+    <row r="317" ht="15.75" customHeight="1">
+      <c r="A317" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B317" s="2" t="s">
+        <v>1915</v>
+      </c>
+      <c r="C317" s="2" t="s">
+        <v>1921</v>
+      </c>
+      <c r="D317" s="2" t="s">
+        <v>679</v>
+      </c>
+      <c r="E317" s="2" t="s">
+        <v>680</v>
+      </c>
+      <c r="F317" s="2" t="s">
+        <v>1922</v>
+      </c>
+      <c r="G317" s="2" t="s">
+        <v>1918</v>
+      </c>
+      <c r="H317" s="2" t="s">
+        <v>1923</v>
+      </c>
+      <c r="I317" s="2" t="s">
+        <v>1924</v>
+      </c>
+    </row>
+    <row r="318" ht="15.75" customHeight="1">
+      <c r="A318" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B318" s="2" t="s">
+        <v>1925</v>
+      </c>
+      <c r="C318" s="2" t="s">
+        <v>1926</v>
+      </c>
+      <c r="D318" s="2" t="s">
+        <v>724</v>
+      </c>
+      <c r="E318" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="F318" s="2" t="s">
+        <v>1927</v>
+      </c>
+      <c r="G318" s="2" t="s">
+        <v>1928</v>
+      </c>
+      <c r="H318" s="2" t="s">
+        <v>1929</v>
+      </c>
+      <c r="I318" s="2" t="s">
+        <v>1930</v>
+      </c>
+    </row>
+    <row r="319" ht="15.75" customHeight="1">
+      <c r="A319" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B319" s="2" t="s">
+        <v>1931</v>
+      </c>
+      <c r="C319" s="2" t="s">
+        <v>1932</v>
+      </c>
+      <c r="D319" s="2" t="s">
+        <v>217</v>
+      </c>
+      <c r="E319" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F319" s="2" t="s">
+        <v>1878</v>
+      </c>
+      <c r="G319" s="2" t="s">
+        <v>1933</v>
+      </c>
+      <c r="H319" s="2" t="s">
+        <v>1934</v>
+      </c>
+      <c r="I319" s="2" t="s">
+        <v>1935</v>
+      </c>
+    </row>
+    <row r="320" ht="15.75" customHeight="1">
+      <c r="A320" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B320" s="2" t="s">
+        <v>1936</v>
+      </c>
+      <c r="C320" s="2" t="s">
+        <v>1937</v>
+      </c>
+      <c r="D320" s="2" t="s">
+        <v>1938</v>
+      </c>
+      <c r="E320" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F320" s="2" t="s">
+        <v>1939</v>
+      </c>
+      <c r="G320" s="2" t="s">
+        <v>1940</v>
+      </c>
+      <c r="H320" s="2" t="s">
+        <v>1941</v>
+      </c>
+      <c r="I320" s="2" t="s">
+        <v>1942</v>
+      </c>
+    </row>
+    <row r="321" ht="15.75" customHeight="1">
+      <c r="A321" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B321" s="2" t="s">
+        <v>1943</v>
+      </c>
+      <c r="C321" s="2" t="s">
+        <v>1944</v>
+      </c>
+      <c r="D321" s="2" t="s">
+        <v>1945</v>
+      </c>
+      <c r="E321" s="2" t="s">
+        <v>418</v>
+      </c>
+      <c r="F321" s="2" t="s">
+        <v>1946</v>
+      </c>
+      <c r="G321" s="2" t="s">
+        <v>1947</v>
+      </c>
+      <c r="H321" s="2" t="s">
+        <v>1948</v>
+      </c>
+      <c r="I321" s="2" t="s">
+        <v>1949</v>
+      </c>
+    </row>
+    <row r="322" ht="15.75" customHeight="1">
+      <c r="A322" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B322" s="2" t="s">
+        <v>1950</v>
+      </c>
+      <c r="C322" s="2" t="s">
+        <v>1951</v>
+      </c>
+      <c r="D322" s="2" t="s">
+        <v>417</v>
+      </c>
+      <c r="E322" s="2" t="s">
+        <v>418</v>
+      </c>
+      <c r="F322" s="2" t="s">
+        <v>555</v>
+      </c>
+      <c r="G322" s="2" t="s">
+        <v>1947</v>
+      </c>
+      <c r="H322" s="2" t="s">
+        <v>1952</v>
+      </c>
+      <c r="I322" s="2" t="s">
+        <v>1953</v>
+      </c>
+    </row>
+    <row r="323" ht="15.75" customHeight="1">
+      <c r="A323" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B323" s="2" t="s">
+        <v>1954</v>
+      </c>
+      <c r="C323" s="2" t="s">
+        <v>1955</v>
+      </c>
+      <c r="D323" s="2" t="s">
+        <v>417</v>
+      </c>
+      <c r="E323" s="2" t="s">
+        <v>418</v>
+      </c>
+      <c r="F323" s="2" t="s">
+        <v>1956</v>
+      </c>
+      <c r="G323" s="2" t="s">
+        <v>1957</v>
+      </c>
+      <c r="H323" s="2" t="s">
+        <v>1958</v>
+      </c>
+      <c r="I323" s="2" t="s">
+        <v>1959</v>
+      </c>
+    </row>
+    <row r="324" ht="15.75" customHeight="1">
+      <c r="A324" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B324" s="2" t="s">
+        <v>1960</v>
+      </c>
+      <c r="C324" s="2" t="s">
+        <v>1961</v>
+      </c>
+      <c r="D324" s="2" t="s">
+        <v>368</v>
+      </c>
+      <c r="E324" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F324" s="2" t="s">
+        <v>369</v>
+      </c>
+      <c r="G324" s="2" t="s">
+        <v>370</v>
+      </c>
+      <c r="H324" s="2" t="s">
+        <v>1962</v>
+      </c>
+      <c r="I324" s="2" t="s">
+        <v>1963</v>
+      </c>
+    </row>
+    <row r="325" ht="15.75" customHeight="1">
+      <c r="A325" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B325" s="2" t="s">
+        <v>1964</v>
+      </c>
+      <c r="C325" s="2" t="s">
+        <v>1965</v>
+      </c>
+      <c r="D325" s="2" t="s">
+        <v>410</v>
+      </c>
+      <c r="E325" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="F325" s="2" t="s">
+        <v>1966</v>
+      </c>
+      <c r="G325" s="2" t="s">
+        <v>1967</v>
+      </c>
+      <c r="H325" s="2" t="s">
+        <v>1968</v>
+      </c>
+      <c r="I325" s="2" t="s">
+        <v>1969</v>
+      </c>
+    </row>
+    <row r="326" ht="15.75" customHeight="1">
+      <c r="A326" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B326" s="2" t="s">
+        <v>1970</v>
+      </c>
+      <c r="C326" s="2" t="s">
+        <v>1971</v>
+      </c>
+      <c r="D326" s="2" t="s">
+        <v>1972</v>
+      </c>
+      <c r="E326" s="2" t="s">
+        <v>110</v>
+      </c>
+      <c r="F326" s="2" t="s">
         <v>111</v>
       </c>
-      <c r="G17" s="3" t="s">
+      <c r="G326" s="2" t="s">
+        <v>1973</v>
+      </c>
+      <c r="H326" s="2" t="s">
+        <v>1974</v>
+      </c>
+      <c r="I326" s="2" t="s">
+        <v>1975</v>
+      </c>
+    </row>
+    <row r="327" ht="15.75" customHeight="1">
+      <c r="A327" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B327" s="2" t="s">
+        <v>1976</v>
+      </c>
+      <c r="C327" s="2" t="s">
+        <v>1977</v>
+      </c>
+      <c r="D327" s="2" t="s">
+        <v>1978</v>
+      </c>
+      <c r="E327" s="2" t="s">
+        <v>403</v>
+      </c>
+      <c r="F327" s="2" t="s">
+        <v>1979</v>
+      </c>
+      <c r="G327" s="2" t="s">
+        <v>1980</v>
+      </c>
+      <c r="H327" s="2" t="s">
+        <v>1981</v>
+      </c>
+      <c r="I327" s="2" t="s">
+        <v>1982</v>
+      </c>
+    </row>
+    <row r="328" ht="15.75" customHeight="1">
+      <c r="A328" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B328" s="2" t="s">
+        <v>1983</v>
+      </c>
+      <c r="C328" s="2" t="s">
+        <v>1984</v>
+      </c>
+      <c r="D328" s="2" t="s">
+        <v>724</v>
+      </c>
+      <c r="E328" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="F328" s="2" t="s">
+        <v>1985</v>
+      </c>
+      <c r="G328" s="2" t="s">
+        <v>1986</v>
+      </c>
+      <c r="H328" s="2" t="s">
+        <v>1987</v>
+      </c>
+      <c r="I328" s="2" t="s">
+        <v>1988</v>
+      </c>
+    </row>
+    <row r="329" ht="15.75" customHeight="1">
+      <c r="A329" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B329" s="2" t="s">
+        <v>1989</v>
+      </c>
+      <c r="C329" s="2" t="s">
+        <v>1990</v>
+      </c>
+      <c r="D329" s="2" t="s">
+        <v>1271</v>
+      </c>
+      <c r="E329" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="F329" s="2" t="s">
+        <v>1991</v>
+      </c>
+      <c r="G329" s="2" t="s">
+        <v>1992</v>
+      </c>
+      <c r="H329" s="2" t="s">
+        <v>1993</v>
+      </c>
+      <c r="I329" s="2" t="s">
+        <v>1994</v>
+      </c>
+    </row>
+    <row r="330" ht="15.75" customHeight="1">
+      <c r="A330" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B330" s="2" t="s">
+        <v>1995</v>
+      </c>
+      <c r="C330" s="2" t="s">
+        <v>1996</v>
+      </c>
+      <c r="D330" s="2" t="s">
+        <v>1997</v>
+      </c>
+      <c r="E330" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="F330" s="2" t="s">
+        <v>1998</v>
+      </c>
+      <c r="G330" s="2" t="s">
+        <v>1999</v>
+      </c>
+      <c r="H330" s="2" t="s">
+        <v>2000</v>
+      </c>
+      <c r="I330" s="2" t="s">
+        <v>2001</v>
+      </c>
+    </row>
+    <row r="331" ht="15.75" customHeight="1">
+      <c r="A331" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B331" s="2" t="s">
+        <v>2002</v>
+      </c>
+      <c r="C331" s="2" t="s">
+        <v>2003</v>
+      </c>
+      <c r="D331" s="2" t="s">
+        <v>2004</v>
+      </c>
+      <c r="E331" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F331" s="2" t="s">
+        <v>2005</v>
+      </c>
+      <c r="G331" s="2" t="s">
+        <v>2006</v>
+      </c>
+      <c r="H331" s="2" t="s">
+        <v>2007</v>
+      </c>
+      <c r="I331" s="2" t="s">
+        <v>2008</v>
+      </c>
+    </row>
+    <row r="332" ht="15.75" customHeight="1">
+      <c r="A332" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B332" s="2" t="s">
+        <v>2009</v>
+      </c>
+      <c r="C332" s="2" t="s">
+        <v>2010</v>
+      </c>
+      <c r="D332" s="2" t="s">
+        <v>2011</v>
+      </c>
+      <c r="E332" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F332" s="2" t="s">
+        <v>2012</v>
+      </c>
+      <c r="G332" s="2" t="s">
+        <v>2013</v>
+      </c>
+      <c r="H332" s="2" t="s">
+        <v>2014</v>
+      </c>
+      <c r="I332" s="2" t="s">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="333" ht="15.75" customHeight="1">
+      <c r="A333" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B333" s="2" t="s">
+        <v>2016</v>
+      </c>
+      <c r="C333" s="2" t="s">
+        <v>2017</v>
+      </c>
+      <c r="D333" s="2" t="s">
+        <v>2018</v>
+      </c>
+      <c r="E333" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F333" s="2" t="s">
+        <v>2019</v>
+      </c>
+      <c r="G333" s="2" t="s">
+        <v>2020</v>
+      </c>
+      <c r="H333" s="2" t="s">
+        <v>2021</v>
+      </c>
+      <c r="I333" s="2" t="s">
+        <v>2022</v>
+      </c>
+    </row>
+    <row r="334" ht="15.75" customHeight="1">
+      <c r="A334" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B334" s="2" t="s">
+        <v>2023</v>
+      </c>
+      <c r="C334" s="2" t="s">
+        <v>2024</v>
+      </c>
+      <c r="D334" s="2" t="s">
+        <v>2025</v>
+      </c>
+      <c r="E334" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="F334" s="2" t="s">
+        <v>2026</v>
+      </c>
+      <c r="G334" s="2" t="s">
+        <v>2027</v>
+      </c>
+      <c r="H334" s="2" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I334" s="2" t="s">
+        <v>2029</v>
+      </c>
+    </row>
+    <row r="335" ht="15.75" customHeight="1">
+      <c r="A335" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B335" s="2" t="s">
+        <v>2030</v>
+      </c>
+      <c r="C335" s="2" t="s">
+        <v>2031</v>
+      </c>
+      <c r="D335" s="2" t="s">
+        <v>417</v>
+      </c>
+      <c r="E335" s="2" t="s">
+        <v>418</v>
+      </c>
+      <c r="F335" s="2" t="s">
+        <v>759</v>
+      </c>
+      <c r="G335" s="2" t="s">
+        <v>2032</v>
+      </c>
+      <c r="H335" s="2" t="s">
+        <v>2033</v>
+      </c>
+      <c r="I335" s="2" t="s">
+        <v>2034</v>
+      </c>
+    </row>
+    <row r="336" ht="15.75" customHeight="1">
+      <c r="A336" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B336" s="2" t="s">
+        <v>2035</v>
+      </c>
+      <c r="C336" s="2" t="s">
+        <v>2036</v>
+      </c>
+      <c r="D336" s="2" t="s">
+        <v>1037</v>
+      </c>
+      <c r="E336" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F336" s="2" t="s">
+        <v>1038</v>
+      </c>
+      <c r="G336" s="2" t="s">
+        <v>2037</v>
+      </c>
+      <c r="H336" s="2" t="s">
+        <v>2038</v>
+      </c>
+      <c r="I336" s="2" t="s">
+        <v>2039</v>
+      </c>
+    </row>
+    <row r="337" ht="15.75" customHeight="1">
+      <c r="A337" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B337" s="2" t="s">
+        <v>2040</v>
+      </c>
+      <c r="C337" s="2" t="s">
+        <v>2041</v>
+      </c>
+      <c r="D337" s="2" t="s">
+        <v>2042</v>
+      </c>
+      <c r="E337" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="F337" s="2" t="s">
+        <v>2043</v>
+      </c>
+      <c r="G337" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="H17" s="4" t="s">
-[...36 lines deleted...]
-      <c r="E18" s="4" t="s">
+      <c r="H337" s="2" t="s">
+        <v>2044</v>
+      </c>
+      <c r="I337" s="2" t="s">
+        <v>2045</v>
+      </c>
+    </row>
+    <row r="338" ht="15.75" customHeight="1">
+      <c r="A338" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B338" s="2" t="s">
+        <v>2046</v>
+      </c>
+      <c r="C338" s="2" t="s">
+        <v>1281</v>
+      </c>
+      <c r="D338" s="2" t="s">
+        <v>1282</v>
+      </c>
+      <c r="E338" s="2" t="s">
+        <v>521</v>
+      </c>
+      <c r="F338" s="2" t="s">
+        <v>1283</v>
+      </c>
+      <c r="G338" s="2" t="s">
+        <v>2047</v>
+      </c>
+      <c r="H338" s="2" t="s">
+        <v>1285</v>
+      </c>
+      <c r="I338" s="2" t="s">
+        <v>2048</v>
+      </c>
+    </row>
+    <row r="339" ht="15.75" customHeight="1">
+      <c r="A339" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B339" s="2" t="s">
+        <v>2049</v>
+      </c>
+      <c r="C339" s="2" t="s">
+        <v>2050</v>
+      </c>
+      <c r="D339" s="2" t="s">
+        <v>1077</v>
+      </c>
+      <c r="E339" s="2" t="s">
+        <v>1078</v>
+      </c>
+      <c r="F339" s="2" t="s">
+        <v>2051</v>
+      </c>
+      <c r="G339" s="2" t="s">
+        <v>2052</v>
+      </c>
+      <c r="H339" s="2" t="s">
+        <v>2053</v>
+      </c>
+      <c r="I339" s="2" t="s">
+        <v>2054</v>
+      </c>
+    </row>
+    <row r="340" ht="15.75" customHeight="1">
+      <c r="A340" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B340" s="2" t="s">
+        <v>2055</v>
+      </c>
+      <c r="C340" s="2" t="s">
+        <v>2056</v>
+      </c>
+      <c r="D340" s="2" t="s">
+        <v>140</v>
+      </c>
+      <c r="E340" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="F340" s="2" t="s">
+        <v>2057</v>
+      </c>
+      <c r="G340" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H340" s="2" t="s">
+        <v>2058</v>
+      </c>
+      <c r="I340" s="2" t="s">
+        <v>2059</v>
+      </c>
+    </row>
+    <row r="341" ht="15.75" customHeight="1">
+      <c r="A341" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B341" s="2" t="s">
+        <v>2060</v>
+      </c>
+      <c r="C341" s="2" t="s">
+        <v>2061</v>
+      </c>
+      <c r="D341" s="2" t="s">
+        <v>2062</v>
+      </c>
+      <c r="E341" s="2" t="s">
+        <v>810</v>
+      </c>
+      <c r="F341" s="2" t="s">
+        <v>2063</v>
+      </c>
+      <c r="G341" s="2" t="s">
+        <v>2064</v>
+      </c>
+      <c r="H341" s="2" t="s">
+        <v>2065</v>
+      </c>
+      <c r="I341" s="2" t="s">
+        <v>2066</v>
+      </c>
+    </row>
+    <row r="342" ht="15.75" customHeight="1">
+      <c r="A342" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B342" s="2" t="s">
+        <v>2067</v>
+      </c>
+      <c r="C342" s="2" t="s">
+        <v>2068</v>
+      </c>
+      <c r="D342" s="2" t="s">
+        <v>76</v>
+      </c>
+      <c r="E342" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="F18" s="4" t="s">
-[...48 lines deleted...]
-      <c r="G19" s="3" t="s">
+      <c r="F342" s="2" t="s">
+        <v>2069</v>
+      </c>
+      <c r="G342" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="H19" s="4" t="s">
-[...33 lines deleted...]
-      <c r="D20" s="3" t="s">
+      <c r="H342" s="2" t="s">
+        <v>300</v>
+      </c>
+      <c r="I342" s="2" t="s">
+        <v>2070</v>
+      </c>
+    </row>
+    <row r="343" ht="15.75" customHeight="1">
+      <c r="A343" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B343" s="2" t="s">
+        <v>2071</v>
+      </c>
+      <c r="C343" s="2" t="s">
+        <v>2072</v>
+      </c>
+      <c r="D343" s="2" t="s">
+        <v>76</v>
+      </c>
+      <c r="E343" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="F343" s="2" t="s">
+        <v>2069</v>
+      </c>
+      <c r="G343" s="2" t="s">
+        <v>2073</v>
+      </c>
+      <c r="H343" s="2" t="s">
+        <v>300</v>
+      </c>
+      <c r="I343" s="2" t="s">
+        <v>2074</v>
+      </c>
+    </row>
+    <row r="344" ht="15.75" customHeight="1">
+      <c r="A344" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B344" s="2" t="s">
+        <v>2075</v>
+      </c>
+      <c r="C344" s="2" t="s">
+        <v>2076</v>
+      </c>
+      <c r="D344" s="2" t="s">
+        <v>2077</v>
+      </c>
+      <c r="E344" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="F344" s="2" t="s">
+        <v>2078</v>
+      </c>
+      <c r="G344" s="2" t="s">
+        <v>2079</v>
+      </c>
+      <c r="H344" s="2" t="s">
+        <v>2080</v>
+      </c>
+      <c r="I344" s="2" t="s">
+        <v>2081</v>
+      </c>
+    </row>
+    <row r="345" ht="15.75" customHeight="1">
+      <c r="A345" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B345" s="2" t="s">
+        <v>2082</v>
+      </c>
+      <c r="C345" s="2" t="s">
+        <v>2083</v>
+      </c>
+      <c r="D345" s="2" t="s">
+        <v>76</v>
+      </c>
+      <c r="E345" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="F345" s="2" t="s">
+        <v>2084</v>
+      </c>
+      <c r="G345" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H345" s="2" t="s">
+        <v>2085</v>
+      </c>
+      <c r="I345" s="2" t="s">
+        <v>2086</v>
+      </c>
+    </row>
+    <row r="346" ht="15.75" customHeight="1">
+      <c r="A346" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B346" s="2" t="s">
+        <v>2087</v>
+      </c>
+      <c r="C346" s="2" t="s">
+        <v>2088</v>
+      </c>
+      <c r="D346" s="2" t="s">
         <v>39</v>
       </c>
-      <c r="E20" s="4" t="s">
+      <c r="E346" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="F20" s="4" t="s">
-[...2 lines deleted...]
-      <c r="G20" s="3" t="s">
+      <c r="F346" s="2" t="s">
+        <v>2089</v>
+      </c>
+      <c r="G346" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="H20" s="4" t="s">
-[...42 lines deleted...]
-      <c r="G21" s="3" t="s">
+      <c r="H346" s="2" t="s">
+        <v>2090</v>
+      </c>
+      <c r="I346" s="2" t="s">
+        <v>2091</v>
+      </c>
+    </row>
+    <row r="347" ht="15.75" customHeight="1">
+      <c r="A347" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B347" s="2" t="s">
+        <v>2092</v>
+      </c>
+      <c r="C347" s="2" t="s">
+        <v>2093</v>
+      </c>
+      <c r="D347" s="2" t="s">
+        <v>140</v>
+      </c>
+      <c r="E347" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="F347" s="2" t="s">
+        <v>2094</v>
+      </c>
+      <c r="G347" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="H21" s="4" t="s">
-[...33 lines deleted...]
-      <c r="D22" s="3" t="s">
+      <c r="H347" s="2" t="s">
+        <v>2095</v>
+      </c>
+      <c r="I347" s="2" t="s">
+        <v>2096</v>
+      </c>
+    </row>
+    <row r="348" ht="15.75" customHeight="1">
+      <c r="A348" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B348" s="2" t="s">
+        <v>2097</v>
+      </c>
+      <c r="C348" s="2" t="s">
+        <v>2098</v>
+      </c>
+      <c r="D348" s="2" t="s">
+        <v>1122</v>
+      </c>
+      <c r="E348" s="2" t="s">
+        <v>155</v>
+      </c>
+      <c r="F348" s="2" t="s">
+        <v>2099</v>
+      </c>
+      <c r="G348" s="2" t="s">
+        <v>2100</v>
+      </c>
+      <c r="H348" s="2" t="s">
+        <v>2101</v>
+      </c>
+      <c r="I348" s="2" t="s">
+        <v>2102</v>
+      </c>
+    </row>
+    <row r="349" ht="15.75" customHeight="1">
+      <c r="A349" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B349" s="2" t="s">
+        <v>2103</v>
+      </c>
+      <c r="C349" s="2" t="s">
+        <v>2104</v>
+      </c>
+      <c r="D349" s="2" t="s">
+        <v>934</v>
+      </c>
+      <c r="E349" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F349" s="2" t="s">
+        <v>1513</v>
+      </c>
+      <c r="G349" s="2" t="s">
+        <v>1514</v>
+      </c>
+      <c r="H349" s="2" t="s">
+        <v>1515</v>
+      </c>
+      <c r="I349" s="2" t="s">
+        <v>2105</v>
+      </c>
+    </row>
+    <row r="350" ht="15.75" customHeight="1">
+      <c r="A350" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B350" s="2" t="s">
+        <v>2106</v>
+      </c>
+      <c r="C350" s="2" t="s">
+        <v>2107</v>
+      </c>
+      <c r="D350" s="2" t="s">
+        <v>76</v>
+      </c>
+      <c r="E350" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="F350" s="2" t="s">
+        <v>2108</v>
+      </c>
+      <c r="G350" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H350" s="2" t="s">
+        <v>2109</v>
+      </c>
+      <c r="I350" s="2" t="s">
+        <v>2110</v>
+      </c>
+    </row>
+    <row r="351" ht="15.75" customHeight="1">
+      <c r="A351" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B351" s="2" t="s">
+        <v>2111</v>
+      </c>
+      <c r="C351" s="2" t="s">
+        <v>2112</v>
+      </c>
+      <c r="D351" s="2" t="s">
+        <v>2113</v>
+      </c>
+      <c r="E351" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F351" s="2" t="s">
+        <v>2114</v>
+      </c>
+      <c r="G351" s="2" t="s">
+        <v>2115</v>
+      </c>
+      <c r="H351" s="2" t="s">
+        <v>2116</v>
+      </c>
+      <c r="I351" s="2" t="s">
+        <v>2117</v>
+      </c>
+    </row>
+    <row r="352" ht="15.75" customHeight="1">
+      <c r="A352" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B352" s="2" t="s">
+        <v>2118</v>
+      </c>
+      <c r="C352" s="2" t="s">
+        <v>2119</v>
+      </c>
+      <c r="D352" s="2" t="s">
+        <v>561</v>
+      </c>
+      <c r="E352" s="2" t="s">
+        <v>148</v>
+      </c>
+      <c r="F352" s="2" t="s">
+        <v>562</v>
+      </c>
+      <c r="G352" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H352" s="2" t="s">
+        <v>2120</v>
+      </c>
+      <c r="I352" s="2" t="s">
+        <v>2121</v>
+      </c>
+    </row>
+    <row r="353" ht="15.75" customHeight="1">
+      <c r="A353" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B353" s="2" t="s">
+        <v>2122</v>
+      </c>
+      <c r="C353" s="2" t="s">
+        <v>2123</v>
+      </c>
+      <c r="D353" s="2" t="s">
+        <v>2124</v>
+      </c>
+      <c r="E353" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="F353" s="2" t="s">
+        <v>2125</v>
+      </c>
+      <c r="G353" s="2" t="s">
+        <v>2126</v>
+      </c>
+      <c r="H353" s="2" t="s">
+        <v>2127</v>
+      </c>
+      <c r="I353" s="2" t="s">
+        <v>2128</v>
+      </c>
+    </row>
+    <row r="354" ht="15.75" customHeight="1">
+      <c r="A354" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B354" s="2" t="s">
+        <v>2129</v>
+      </c>
+      <c r="C354" s="2" t="s">
+        <v>2130</v>
+      </c>
+      <c r="D354" s="2" t="s">
+        <v>2131</v>
+      </c>
+      <c r="E354" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="F354" s="2" t="s">
+        <v>2132</v>
+      </c>
+      <c r="G354" s="2" t="s">
+        <v>2133</v>
+      </c>
+      <c r="H354" s="2" t="s">
+        <v>2134</v>
+      </c>
+      <c r="I354" s="2" t="s">
+        <v>2135</v>
+      </c>
+    </row>
+    <row r="355" ht="15.75" customHeight="1">
+      <c r="A355" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B355" s="2" t="s">
+        <v>2136</v>
+      </c>
+      <c r="C355" s="2" t="s">
+        <v>2137</v>
+      </c>
+      <c r="D355" s="2" t="s">
+        <v>186</v>
+      </c>
+      <c r="E355" s="2" t="s">
+        <v>173</v>
+      </c>
+      <c r="F355" s="2" t="s">
+        <v>280</v>
+      </c>
+      <c r="G355" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H355" s="2" t="s">
+        <v>2138</v>
+      </c>
+      <c r="I355" s="2" t="s">
+        <v>2139</v>
+      </c>
+    </row>
+    <row r="356" ht="15.75" customHeight="1">
+      <c r="A356" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B356" s="2" t="s">
+        <v>2140</v>
+      </c>
+      <c r="C356" s="2" t="s">
+        <v>2141</v>
+      </c>
+      <c r="D356" s="2" t="s">
+        <v>454</v>
+      </c>
+      <c r="E356" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="F356" s="2" t="s">
+        <v>455</v>
+      </c>
+      <c r="G356" s="2" t="s">
+        <v>2142</v>
+      </c>
+      <c r="H356" s="2" t="s">
+        <v>2143</v>
+      </c>
+      <c r="I356" s="2" t="s">
+        <v>2144</v>
+      </c>
+    </row>
+    <row r="357" ht="15.75" customHeight="1">
+      <c r="A357" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B357" s="2" t="s">
+        <v>2145</v>
+      </c>
+      <c r="C357" s="2" t="s">
+        <v>2146</v>
+      </c>
+      <c r="D357" s="2" t="s">
+        <v>724</v>
+      </c>
+      <c r="E357" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="F357" s="2" t="s">
+        <v>2147</v>
+      </c>
+      <c r="G357" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H357" s="2" t="s">
+        <v>2148</v>
+      </c>
+      <c r="I357" s="2" t="s">
+        <v>2149</v>
+      </c>
+    </row>
+    <row r="358" ht="15.75" customHeight="1">
+      <c r="A358" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B358" s="2" t="s">
+        <v>2150</v>
+      </c>
+      <c r="C358" s="2" t="s">
+        <v>2151</v>
+      </c>
+      <c r="D358" s="2" t="s">
+        <v>224</v>
+      </c>
+      <c r="E358" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="F358" s="2" t="s">
+        <v>2152</v>
+      </c>
+      <c r="G358" s="2" t="s">
+        <v>2153</v>
+      </c>
+      <c r="H358" s="2" t="s">
+        <v>2154</v>
+      </c>
+      <c r="I358" s="2" t="s">
+        <v>2155</v>
+      </c>
+    </row>
+    <row r="359" ht="15.75" customHeight="1">
+      <c r="A359" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B359" s="2" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C359" s="2" t="s">
+        <v>2157</v>
+      </c>
+      <c r="D359" s="2" t="s">
+        <v>2158</v>
+      </c>
+      <c r="E359" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F359" s="2" t="s">
+        <v>2159</v>
+      </c>
+      <c r="G359" s="2" t="s">
+        <v>2160</v>
+      </c>
+      <c r="H359" s="2" t="s">
+        <v>2161</v>
+      </c>
+      <c r="I359" s="2" t="s">
+        <v>2162</v>
+      </c>
+    </row>
+    <row r="360" ht="15.75" customHeight="1">
+      <c r="A360" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B360" s="2" t="s">
+        <v>2163</v>
+      </c>
+      <c r="C360" s="2" t="s">
+        <v>2164</v>
+      </c>
+      <c r="D360" s="2" t="s">
+        <v>575</v>
+      </c>
+      <c r="E360" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="F360" s="2" t="s">
+        <v>2165</v>
+      </c>
+      <c r="G360" s="2" t="s">
+        <v>2166</v>
+      </c>
+      <c r="H360" s="2" t="s">
+        <v>2167</v>
+      </c>
+      <c r="I360" s="2" t="s">
+        <v>2168</v>
+      </c>
+    </row>
+    <row r="361" ht="15.75" customHeight="1">
+      <c r="A361" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B361" s="2" t="s">
+        <v>2169</v>
+      </c>
+      <c r="C361" s="2" t="s">
+        <v>2170</v>
+      </c>
+      <c r="D361" s="2" t="s">
+        <v>1335</v>
+      </c>
+      <c r="E361" s="2" t="s">
+        <v>521</v>
+      </c>
+      <c r="F361" s="2" t="s">
+        <v>1336</v>
+      </c>
+      <c r="G361" s="2" t="s">
+        <v>2171</v>
+      </c>
+      <c r="H361" s="2" t="s">
+        <v>2172</v>
+      </c>
+      <c r="I361" s="2" t="s">
+        <v>2173</v>
+      </c>
+    </row>
+    <row r="362" ht="15.75" customHeight="1">
+      <c r="A362" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B362" s="2" t="s">
+        <v>2174</v>
+      </c>
+      <c r="C362" s="2" t="s">
+        <v>2175</v>
+      </c>
+      <c r="D362" s="2" t="s">
         <v>140</v>
       </c>
-      <c r="E22" s="4" t="s">
+      <c r="E362" s="2" t="s">
         <v>141</v>
       </c>
-      <c r="F22" s="4" t="s">
-[...39 lines deleted...]
-      <c r="D23" s="3" t="s">
+      <c r="F362" s="2" t="s">
+        <v>2176</v>
+      </c>
+      <c r="G362" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H362" s="2" t="s">
+        <v>2177</v>
+      </c>
+      <c r="I362" s="2" t="s">
+        <v>2178</v>
+      </c>
+    </row>
+    <row r="363" ht="15.75" customHeight="1">
+      <c r="A363" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B363" s="2" t="s">
+        <v>2179</v>
+      </c>
+      <c r="C363" s="2" t="s">
+        <v>2180</v>
+      </c>
+      <c r="D363" s="2" t="s">
+        <v>2181</v>
+      </c>
+      <c r="E363" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="F363" s="2" t="s">
+        <v>2182</v>
+      </c>
+      <c r="G363" s="2" t="s">
+        <v>2183</v>
+      </c>
+      <c r="H363" s="2" t="s">
+        <v>2184</v>
+      </c>
+      <c r="I363" s="2" t="s">
+        <v>2185</v>
+      </c>
+    </row>
+    <row r="364" ht="15.75" customHeight="1">
+      <c r="A364" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B364" s="2" t="s">
+        <v>2186</v>
+      </c>
+      <c r="C364" s="2" t="s">
+        <v>2187</v>
+      </c>
+      <c r="D364" s="2" t="s">
+        <v>1271</v>
+      </c>
+      <c r="E364" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="F364" s="2" t="s">
+        <v>2188</v>
+      </c>
+      <c r="G364" s="2" t="s">
+        <v>2189</v>
+      </c>
+      <c r="H364" s="2" t="s">
+        <v>2190</v>
+      </c>
+      <c r="I364" s="2" t="s">
+        <v>2191</v>
+      </c>
+    </row>
+    <row r="365" ht="15.75" customHeight="1">
+      <c r="A365" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B365" s="2" t="s">
+        <v>2192</v>
+      </c>
+      <c r="C365" s="2" t="s">
+        <v>2193</v>
+      </c>
+      <c r="D365" s="2" t="s">
+        <v>304</v>
+      </c>
+      <c r="E365" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F365" s="2" t="s">
+        <v>2194</v>
+      </c>
+      <c r="G365" s="2" t="s">
+        <v>2195</v>
+      </c>
+      <c r="H365" s="2" t="s">
+        <v>2196</v>
+      </c>
+      <c r="I365" s="2" t="s">
+        <v>2197</v>
+      </c>
+    </row>
+    <row r="366" ht="15.75" customHeight="1">
+      <c r="A366" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B366" s="2" t="s">
+        <v>2198</v>
+      </c>
+      <c r="C366" s="2" t="s">
+        <v>2199</v>
+      </c>
+      <c r="D366" s="2" t="s">
+        <v>186</v>
+      </c>
+      <c r="E366" s="2" t="s">
+        <v>173</v>
+      </c>
+      <c r="F366" s="2" t="s">
+        <v>280</v>
+      </c>
+      <c r="G366" s="2" t="s">
+        <v>2200</v>
+      </c>
+      <c r="H366" s="2" t="s">
+        <v>2201</v>
+      </c>
+      <c r="I366" s="2" t="s">
+        <v>2202</v>
+      </c>
+    </row>
+    <row r="367" ht="15.75" customHeight="1">
+      <c r="A367" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B367" s="2" t="s">
+        <v>2198</v>
+      </c>
+      <c r="C367" s="2" t="s">
+        <v>2199</v>
+      </c>
+      <c r="D367" s="2" t="s">
+        <v>186</v>
+      </c>
+      <c r="E367" s="2" t="s">
+        <v>173</v>
+      </c>
+      <c r="F367" s="2" t="s">
+        <v>280</v>
+      </c>
+      <c r="G367" s="2" t="s">
+        <v>2200</v>
+      </c>
+      <c r="H367" s="2" t="s">
+        <v>2201</v>
+      </c>
+      <c r="I367" s="2" t="s">
+        <v>2203</v>
+      </c>
+    </row>
+    <row r="368" ht="15.75" customHeight="1">
+      <c r="A368" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B368" s="2" t="s">
+        <v>2204</v>
+      </c>
+      <c r="C368" s="2" t="s">
+        <v>2205</v>
+      </c>
+      <c r="D368" s="2" t="s">
+        <v>332</v>
+      </c>
+      <c r="E368" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="F368" s="2" t="s">
+        <v>333</v>
+      </c>
+      <c r="G368" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H368" s="2" t="s">
+        <v>2206</v>
+      </c>
+      <c r="I368" s="2" t="s">
+        <v>2207</v>
+      </c>
+    </row>
+    <row r="369" ht="15.75" customHeight="1">
+      <c r="A369" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B369" s="2" t="s">
+        <v>2208</v>
+      </c>
+      <c r="C369" s="2" t="s">
+        <v>2209</v>
+      </c>
+      <c r="D369" s="2" t="s">
+        <v>2210</v>
+      </c>
+      <c r="E369" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F369" s="2" t="s">
+        <v>2211</v>
+      </c>
+      <c r="G369" s="2" t="s">
+        <v>2212</v>
+      </c>
+      <c r="H369" s="2" t="s">
+        <v>2213</v>
+      </c>
+      <c r="I369" s="2" t="s">
+        <v>2214</v>
+      </c>
+    </row>
+    <row r="370" ht="15.75" customHeight="1">
+      <c r="A370" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B370" s="2" t="s">
+        <v>2215</v>
+      </c>
+      <c r="C370" s="2" t="s">
+        <v>2216</v>
+      </c>
+      <c r="D370" s="2" t="s">
+        <v>534</v>
+      </c>
+      <c r="E370" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="F370" s="2" t="s">
+        <v>2217</v>
+      </c>
+      <c r="G370" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H370" s="2" t="s">
+        <v>2218</v>
+      </c>
+      <c r="I370" s="2" t="s">
+        <v>2219</v>
+      </c>
+    </row>
+    <row r="371" ht="15.75" customHeight="1">
+      <c r="A371" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B371" s="2" t="s">
+        <v>2220</v>
+      </c>
+      <c r="C371" s="2" t="s">
+        <v>2221</v>
+      </c>
+      <c r="D371" s="2" t="s">
+        <v>2222</v>
+      </c>
+      <c r="E371" s="2" t="s">
+        <v>1323</v>
+      </c>
+      <c r="F371" s="2" t="s">
+        <v>2223</v>
+      </c>
+      <c r="G371" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H371" s="2" t="s">
+        <v>2224</v>
+      </c>
+      <c r="I371" s="2" t="s">
+        <v>2225</v>
+      </c>
+    </row>
+    <row r="372" ht="15.75" customHeight="1">
+      <c r="A372" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B372" s="2" t="s">
+        <v>2226</v>
+      </c>
+      <c r="C372" s="2" t="s">
+        <v>2227</v>
+      </c>
+      <c r="D372" s="2" t="s">
+        <v>911</v>
+      </c>
+      <c r="E372" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F372" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="G372" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H372" s="2" t="s">
+        <v>2224</v>
+      </c>
+      <c r="I372" s="2" t="s">
+        <v>2228</v>
+      </c>
+    </row>
+    <row r="373" ht="15.75" customHeight="1">
+      <c r="A373" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B373" s="2" t="s">
+        <v>2229</v>
+      </c>
+      <c r="C373" s="2" t="s">
+        <v>2230</v>
+      </c>
+      <c r="D373" s="2" t="s">
+        <v>2231</v>
+      </c>
+      <c r="E373" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F373" s="2" t="s">
+        <v>2232</v>
+      </c>
+      <c r="G373" s="2" t="s">
+        <v>2233</v>
+      </c>
+      <c r="H373" s="2" t="s">
+        <v>2234</v>
+      </c>
+      <c r="I373" s="2" t="s">
+        <v>2235</v>
+      </c>
+    </row>
+    <row r="374" ht="15.75" customHeight="1">
+      <c r="A374" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B374" s="2" t="s">
+        <v>2236</v>
+      </c>
+      <c r="C374" s="2" t="s">
+        <v>2237</v>
+      </c>
+      <c r="D374" s="2" t="s">
+        <v>2238</v>
+      </c>
+      <c r="E374" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="F374" s="2" t="s">
+        <v>2239</v>
+      </c>
+      <c r="G374" s="2" t="s">
+        <v>2240</v>
+      </c>
+      <c r="H374" s="2" t="s">
+        <v>2241</v>
+      </c>
+      <c r="I374" s="2" t="s">
+        <v>2242</v>
+      </c>
+    </row>
+    <row r="375" ht="15.75" customHeight="1">
+      <c r="A375" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B375" s="2" t="s">
+        <v>2243</v>
+      </c>
+      <c r="C375" s="2" t="s">
+        <v>2244</v>
+      </c>
+      <c r="D375" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="E375" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="F375" s="2" t="s">
+        <v>2245</v>
+      </c>
+      <c r="G375" s="2" t="s">
+        <v>2246</v>
+      </c>
+      <c r="H375" s="2" t="s">
+        <v>2247</v>
+      </c>
+      <c r="I375" s="2" t="s">
+        <v>2248</v>
+      </c>
+    </row>
+    <row r="376" ht="15.75" customHeight="1">
+      <c r="A376" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B376" s="2" t="s">
+        <v>2249</v>
+      </c>
+      <c r="C376" s="2" t="s">
+        <v>2250</v>
+      </c>
+      <c r="D376" s="2" t="s">
+        <v>2251</v>
+      </c>
+      <c r="E376" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="F376" s="2" t="s">
+        <v>2252</v>
+      </c>
+      <c r="G376" s="2" t="s">
+        <v>2253</v>
+      </c>
+      <c r="H376" s="2" t="s">
+        <v>2254</v>
+      </c>
+      <c r="I376" s="2" t="s">
+        <v>2255</v>
+      </c>
+    </row>
+    <row r="377" ht="15.75" customHeight="1">
+      <c r="A377" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B377" s="2" t="s">
+        <v>2256</v>
+      </c>
+      <c r="C377" s="2" t="s">
+        <v>2257</v>
+      </c>
+      <c r="D377" s="2" t="s">
+        <v>816</v>
+      </c>
+      <c r="E377" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="F377" s="2" t="s">
+        <v>2258</v>
+      </c>
+      <c r="G377" s="2" t="s">
+        <v>501</v>
+      </c>
+      <c r="H377" s="2" t="s">
+        <v>2259</v>
+      </c>
+      <c r="I377" s="2" t="s">
+        <v>2260</v>
+      </c>
+    </row>
+    <row r="378" ht="15.75" customHeight="1">
+      <c r="A378" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B378" s="2" t="s">
+        <v>2261</v>
+      </c>
+      <c r="C378" s="2" t="s">
+        <v>2262</v>
+      </c>
+      <c r="D378" s="2" t="s">
+        <v>1380</v>
+      </c>
+      <c r="E378" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="F378" s="2" t="s">
+        <v>2176</v>
+      </c>
+      <c r="G378" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H378" s="2" t="s">
+        <v>2263</v>
+      </c>
+      <c r="I378" s="2" t="s">
+        <v>2264</v>
+      </c>
+    </row>
+    <row r="379" ht="15.75" customHeight="1">
+      <c r="A379" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B379" s="2" t="s">
+        <v>2265</v>
+      </c>
+      <c r="C379" s="2" t="s">
+        <v>2266</v>
+      </c>
+      <c r="D379" s="2" t="s">
+        <v>435</v>
+      </c>
+      <c r="E379" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="F379" s="2" t="s">
+        <v>436</v>
+      </c>
+      <c r="G379" s="2" t="s">
+        <v>2267</v>
+      </c>
+      <c r="H379" s="2" t="s">
+        <v>2268</v>
+      </c>
+      <c r="I379" s="2" t="s">
+        <v>2269</v>
+      </c>
+    </row>
+    <row r="380" ht="15.75" customHeight="1">
+      <c r="A380" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B380" s="2" t="s">
+        <v>2270</v>
+      </c>
+      <c r="C380" s="2" t="s">
+        <v>2271</v>
+      </c>
+      <c r="D380" s="2" t="s">
+        <v>1737</v>
+      </c>
+      <c r="E380" s="2" t="s">
+        <v>1738</v>
+      </c>
+      <c r="F380" s="2" t="s">
+        <v>2272</v>
+      </c>
+      <c r="G380" s="2" t="s">
+        <v>2273</v>
+      </c>
+      <c r="H380" s="2" t="s">
+        <v>2274</v>
+      </c>
+      <c r="I380" s="2" t="s">
+        <v>2275</v>
+      </c>
+    </row>
+    <row r="381" ht="15.75" customHeight="1">
+      <c r="A381" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B381" s="2" t="s">
+        <v>2276</v>
+      </c>
+      <c r="C381" s="2" t="s">
+        <v>2277</v>
+      </c>
+      <c r="D381" s="2" t="s">
+        <v>1872</v>
+      </c>
+      <c r="E381" s="2" t="s">
+        <v>110</v>
+      </c>
+      <c r="F381" s="2" t="s">
+        <v>2278</v>
+      </c>
+      <c r="G381" s="2" t="s">
+        <v>2279</v>
+      </c>
+      <c r="H381" s="2" t="s">
+        <v>2280</v>
+      </c>
+      <c r="I381" s="2" t="s">
+        <v>2281</v>
+      </c>
+    </row>
+    <row r="382" ht="15.75" customHeight="1">
+      <c r="A382" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B382" s="2" t="s">
+        <v>2282</v>
+      </c>
+      <c r="C382" s="2" t="s">
+        <v>2283</v>
+      </c>
+      <c r="D382" s="2" t="s">
+        <v>2284</v>
+      </c>
+      <c r="E382" s="2" t="s">
+        <v>1738</v>
+      </c>
+      <c r="F382" s="2" t="s">
+        <v>2285</v>
+      </c>
+      <c r="G382" s="2" t="s">
+        <v>1085</v>
+      </c>
+      <c r="H382" s="2" t="s">
+        <v>2286</v>
+      </c>
+      <c r="I382" s="2" t="s">
+        <v>2287</v>
+      </c>
+    </row>
+    <row r="383" ht="15.75" customHeight="1">
+      <c r="A383" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B383" s="2" t="s">
+        <v>2288</v>
+      </c>
+      <c r="C383" s="2" t="s">
+        <v>2289</v>
+      </c>
+      <c r="D383" s="2" t="s">
+        <v>2290</v>
+      </c>
+      <c r="E383" s="2" t="s">
+        <v>1738</v>
+      </c>
+      <c r="F383" s="2" t="s">
+        <v>2291</v>
+      </c>
+      <c r="G383" s="2" t="s">
+        <v>2292</v>
+      </c>
+      <c r="H383" s="2" t="s">
+        <v>2293</v>
+      </c>
+      <c r="I383" s="2" t="s">
+        <v>2294</v>
+      </c>
+    </row>
+    <row r="384" ht="15.75" customHeight="1">
+      <c r="A384" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B384" s="2" t="s">
+        <v>2295</v>
+      </c>
+      <c r="C384" s="2" t="s">
+        <v>2296</v>
+      </c>
+      <c r="D384" s="2" t="s">
+        <v>2297</v>
+      </c>
+      <c r="E384" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="F384" s="2" t="s">
+        <v>2298</v>
+      </c>
+      <c r="G384" s="2" t="s">
+        <v>2299</v>
+      </c>
+      <c r="H384" s="2" t="s">
+        <v>2300</v>
+      </c>
+      <c r="I384" s="2" t="s">
+        <v>2301</v>
+      </c>
+    </row>
+    <row r="385" ht="15.75" customHeight="1">
+      <c r="A385" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B385" s="2" t="s">
+        <v>2302</v>
+      </c>
+      <c r="C385" s="2" t="s">
+        <v>2303</v>
+      </c>
+      <c r="D385" s="2" t="s">
+        <v>2304</v>
+      </c>
+      <c r="E385" s="2" t="s">
+        <v>294</v>
+      </c>
+      <c r="F385" s="2" t="s">
+        <v>2305</v>
+      </c>
+      <c r="G385" s="2" t="s">
+        <v>2306</v>
+      </c>
+      <c r="H385" s="2" t="s">
+        <v>2307</v>
+      </c>
+      <c r="I385" s="2" t="s">
+        <v>2308</v>
+      </c>
+    </row>
+    <row r="386" ht="15.75" customHeight="1">
+      <c r="A386" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B386" s="2" t="s">
+        <v>2309</v>
+      </c>
+      <c r="C386" s="2" t="s">
+        <v>2310</v>
+      </c>
+      <c r="D386" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E386" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="F386" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="G386" s="2" t="s">
+        <v>2311</v>
+      </c>
+      <c r="H386" s="2" t="s">
+        <v>2312</v>
+      </c>
+      <c r="I386" s="2" t="s">
+        <v>2313</v>
+      </c>
+    </row>
+    <row r="387" ht="15.75" customHeight="1">
+      <c r="A387" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B387" s="2" t="s">
+        <v>2314</v>
+      </c>
+      <c r="C387" s="2" t="s">
+        <v>2315</v>
+      </c>
+      <c r="D387" s="2" t="s">
+        <v>2316</v>
+      </c>
+      <c r="E387" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="F387" s="2" t="s">
+        <v>2317</v>
+      </c>
+      <c r="G387" s="2" t="s">
+        <v>2318</v>
+      </c>
+      <c r="H387" s="2" t="s">
+        <v>2319</v>
+      </c>
+      <c r="I387" s="2" t="s">
+        <v>2320</v>
+      </c>
+    </row>
+    <row r="388" ht="15.75" customHeight="1">
+      <c r="A388" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B388" s="2" t="s">
+        <v>2321</v>
+      </c>
+      <c r="C388" s="2" t="s">
+        <v>2322</v>
+      </c>
+      <c r="D388" s="2" t="s">
+        <v>1176</v>
+      </c>
+      <c r="E388" s="2" t="s">
+        <v>680</v>
+      </c>
+      <c r="F388" s="2" t="s">
+        <v>2323</v>
+      </c>
+      <c r="G388" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H388" s="2" t="s">
+        <v>2324</v>
+      </c>
+      <c r="I388" s="2" t="s">
+        <v>2325</v>
+      </c>
+    </row>
+    <row r="389" ht="15.75" customHeight="1">
+      <c r="A389" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B389" s="2" t="s">
+        <v>2326</v>
+      </c>
+      <c r="C389" s="2" t="s">
+        <v>2327</v>
+      </c>
+      <c r="D389" s="2" t="s">
+        <v>2328</v>
+      </c>
+      <c r="E389" s="2" t="s">
+        <v>2329</v>
+      </c>
+      <c r="F389" s="2" t="s">
+        <v>2330</v>
+      </c>
+      <c r="G389" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H389" s="2" t="s">
+        <v>2331</v>
+      </c>
+      <c r="I389" s="2" t="s">
+        <v>2332</v>
+      </c>
+    </row>
+    <row r="390" ht="15.75" customHeight="1">
+      <c r="A390" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B390" s="2" t="s">
+        <v>2333</v>
+      </c>
+      <c r="C390" s="2" t="s">
+        <v>2334</v>
+      </c>
+      <c r="D390" s="2" t="s">
+        <v>217</v>
+      </c>
+      <c r="E390" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F390" s="2" t="s">
+        <v>218</v>
+      </c>
+      <c r="G390" s="2" t="s">
+        <v>2335</v>
+      </c>
+      <c r="H390" s="2" t="s">
+        <v>2336</v>
+      </c>
+      <c r="I390" s="2" t="s">
+        <v>2337</v>
+      </c>
+    </row>
+    <row r="391" ht="15.75" customHeight="1">
+      <c r="A391" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B391" s="2" t="s">
+        <v>2338</v>
+      </c>
+      <c r="C391" s="2" t="s">
+        <v>2339</v>
+      </c>
+      <c r="D391" s="2" t="s">
+        <v>313</v>
+      </c>
+      <c r="E391" s="2" t="s">
+        <v>521</v>
+      </c>
+      <c r="F391" s="2" t="s">
+        <v>2340</v>
+      </c>
+      <c r="G391" s="2" t="s">
+        <v>2341</v>
+      </c>
+      <c r="H391" s="2" t="s">
+        <v>2342</v>
+      </c>
+      <c r="I391" s="2" t="s">
+        <v>2343</v>
+      </c>
+    </row>
+    <row r="392" ht="15.75" customHeight="1">
+      <c r="A392" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B392" s="2" t="s">
+        <v>2344</v>
+      </c>
+      <c r="C392" s="2" t="s">
+        <v>2345</v>
+      </c>
+      <c r="D392" s="2" t="s">
+        <v>1335</v>
+      </c>
+      <c r="E392" s="2" t="s">
+        <v>521</v>
+      </c>
+      <c r="F392" s="2" t="s">
+        <v>1336</v>
+      </c>
+      <c r="G392" s="2" t="s">
+        <v>2341</v>
+      </c>
+      <c r="H392" s="2" t="s">
+        <v>2346</v>
+      </c>
+      <c r="I392" s="2" t="s">
+        <v>2347</v>
+      </c>
+    </row>
+    <row r="393" ht="15.75" customHeight="1">
+      <c r="A393" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B393" s="2" t="s">
+        <v>2348</v>
+      </c>
+      <c r="C393" s="2" t="s">
+        <v>2349</v>
+      </c>
+      <c r="D393" s="2" t="s">
+        <v>442</v>
+      </c>
+      <c r="E393" s="2" t="s">
+        <v>286</v>
+      </c>
+      <c r="F393" s="2" t="s">
+        <v>2350</v>
+      </c>
+      <c r="G393" s="2" t="s">
+        <v>2351</v>
+      </c>
+      <c r="H393" s="2" t="s">
+        <v>2352</v>
+      </c>
+      <c r="I393" s="2" t="s">
+        <v>2353</v>
+      </c>
+    </row>
+    <row r="394" ht="15.75" customHeight="1">
+      <c r="A394" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B394" s="2" t="s">
+        <v>2354</v>
+      </c>
+      <c r="C394" s="2" t="s">
+        <v>2355</v>
+      </c>
+      <c r="D394" s="2" t="s">
+        <v>2356</v>
+      </c>
+      <c r="E394" s="2" t="s">
+        <v>568</v>
+      </c>
+      <c r="F394" s="2" t="s">
+        <v>2357</v>
+      </c>
+      <c r="G394" s="2" t="s">
+        <v>2358</v>
+      </c>
+      <c r="H394" s="2" t="s">
+        <v>2359</v>
+      </c>
+      <c r="I394" s="2" t="s">
+        <v>2360</v>
+      </c>
+    </row>
+    <row r="395" ht="15.75" customHeight="1">
+      <c r="A395" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B395" s="2" t="s">
+        <v>2361</v>
+      </c>
+      <c r="C395" s="2" t="s">
+        <v>2362</v>
+      </c>
+      <c r="D395" s="2" t="s">
+        <v>534</v>
+      </c>
+      <c r="E395" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="F395" s="2" t="s">
+        <v>2363</v>
+      </c>
+      <c r="G395" s="2" t="s">
+        <v>2364</v>
+      </c>
+      <c r="H395" s="2" t="s">
+        <v>2365</v>
+      </c>
+      <c r="I395" s="2" t="s">
+        <v>2366</v>
+      </c>
+    </row>
+    <row r="396" ht="15.75" customHeight="1">
+      <c r="A396" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B396" s="2" t="s">
+        <v>2367</v>
+      </c>
+      <c r="C396" s="2" t="s">
+        <v>2368</v>
+      </c>
+      <c r="D396" s="2" t="s">
+        <v>1978</v>
+      </c>
+      <c r="E396" s="2" t="s">
+        <v>403</v>
+      </c>
+      <c r="F396" s="2" t="s">
+        <v>2369</v>
+      </c>
+      <c r="G396" s="2" t="s">
+        <v>2370</v>
+      </c>
+      <c r="H396" s="2" t="s">
+        <v>2371</v>
+      </c>
+      <c r="I396" s="2" t="s">
+        <v>2372</v>
+      </c>
+    </row>
+    <row r="397" ht="15.75" customHeight="1">
+      <c r="A397" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B397" s="2" t="s">
+        <v>2373</v>
+      </c>
+      <c r="C397" s="2" t="s">
+        <v>2374</v>
+      </c>
+      <c r="D397" s="2" t="s">
+        <v>2375</v>
+      </c>
+      <c r="E397" s="2" t="s">
+        <v>521</v>
+      </c>
+      <c r="F397" s="2" t="s">
+        <v>2376</v>
+      </c>
+      <c r="G397" s="2" t="s">
+        <v>2377</v>
+      </c>
+      <c r="H397" s="2" t="s">
+        <v>2378</v>
+      </c>
+      <c r="I397" s="2" t="s">
+        <v>2379</v>
+      </c>
+    </row>
+    <row r="398" ht="15.75" customHeight="1">
+      <c r="A398" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B398" s="2" t="s">
+        <v>2380</v>
+      </c>
+      <c r="C398" s="2" t="s">
+        <v>2381</v>
+      </c>
+      <c r="D398" s="2" t="s">
+        <v>765</v>
+      </c>
+      <c r="E398" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="F398" s="2" t="s">
+        <v>2382</v>
+      </c>
+      <c r="G398" s="2" t="s">
+        <v>2383</v>
+      </c>
+      <c r="H398" s="2" t="s">
+        <v>2384</v>
+      </c>
+      <c r="I398" s="2" t="s">
+        <v>2385</v>
+      </c>
+    </row>
+    <row r="399" ht="15.75" customHeight="1">
+      <c r="A399" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B399" s="2" t="s">
+        <v>2386</v>
+      </c>
+      <c r="C399" s="2" t="s">
+        <v>2387</v>
+      </c>
+      <c r="D399" s="2" t="s">
+        <v>630</v>
+      </c>
+      <c r="E399" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F399" s="2" t="s">
+        <v>2388</v>
+      </c>
+      <c r="G399" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H399" s="2" t="s">
+        <v>2389</v>
+      </c>
+      <c r="I399" s="2" t="s">
+        <v>2390</v>
+      </c>
+    </row>
+    <row r="400" ht="15.75" customHeight="1">
+      <c r="A400" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B400" s="2" t="s">
+        <v>2391</v>
+      </c>
+      <c r="C400" s="2" t="s">
+        <v>2392</v>
+      </c>
+      <c r="D400" s="2" t="s">
+        <v>1122</v>
+      </c>
+      <c r="E400" s="2" t="s">
+        <v>155</v>
+      </c>
+      <c r="F400" s="2" t="s">
+        <v>2393</v>
+      </c>
+      <c r="G400" s="2" t="s">
+        <v>175</v>
+      </c>
+      <c r="H400" s="2" t="s">
+        <v>2394</v>
+      </c>
+      <c r="I400" s="2" t="s">
+        <v>2395</v>
+      </c>
+    </row>
+    <row r="401" ht="15.75" customHeight="1">
+      <c r="A401" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B401" s="2" t="s">
+        <v>2396</v>
+      </c>
+      <c r="C401" s="2" t="s">
+        <v>2397</v>
+      </c>
+      <c r="D401" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="E401" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="F401" s="2" t="s">
+        <v>638</v>
+      </c>
+      <c r="G401" s="2" t="s">
+        <v>639</v>
+      </c>
+      <c r="H401" s="2" t="s">
+        <v>2398</v>
+      </c>
+      <c r="I401" s="2" t="s">
+        <v>2399</v>
+      </c>
+    </row>
+    <row r="402" ht="15.75" customHeight="1">
+      <c r="A402" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B402" s="2" t="s">
+        <v>2400</v>
+      </c>
+      <c r="C402" s="2" t="s">
+        <v>2401</v>
+      </c>
+      <c r="D402" s="2" t="s">
+        <v>2402</v>
+      </c>
+      <c r="E402" s="2" t="s">
         <v>148</v>
       </c>
-      <c r="E23" s="4" t="s">
-[...143 lines deleted...]
-      <c r="G26" s="3" t="s">
+      <c r="F402" s="2" t="s">
+        <v>2403</v>
+      </c>
+      <c r="G402" s="2" t="s">
+        <v>2404</v>
+      </c>
+      <c r="H402" s="2" t="s">
+        <v>2405</v>
+      </c>
+      <c r="I402" s="2" t="s">
+        <v>2406</v>
+      </c>
+    </row>
+    <row r="403" ht="15.75" customHeight="1">
+      <c r="A403" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B403" s="2" t="s">
+        <v>2407</v>
+      </c>
+      <c r="C403" s="2" t="s">
+        <v>2408</v>
+      </c>
+      <c r="D403" s="2" t="s">
+        <v>2409</v>
+      </c>
+      <c r="E403" s="2" t="s">
+        <v>1400</v>
+      </c>
+      <c r="F403" s="2" t="s">
+        <v>2410</v>
+      </c>
+      <c r="G403" s="2" t="s">
+        <v>175</v>
+      </c>
+      <c r="H403" s="2" t="s">
+        <v>2411</v>
+      </c>
+      <c r="I403" s="2" t="s">
+        <v>2412</v>
+      </c>
+    </row>
+    <row r="404" ht="15.75" customHeight="1">
+      <c r="A404" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B404" s="2" t="s">
+        <v>2413</v>
+      </c>
+      <c r="C404" s="2" t="s">
+        <v>2414</v>
+      </c>
+      <c r="D404" s="2" t="s">
+        <v>1678</v>
+      </c>
+      <c r="E404" s="2" t="s">
+        <v>286</v>
+      </c>
+      <c r="F404" s="2" t="s">
+        <v>1679</v>
+      </c>
+      <c r="G404" s="2" t="s">
+        <v>175</v>
+      </c>
+      <c r="H404" s="2" t="s">
+        <v>2415</v>
+      </c>
+      <c r="I404" s="2" t="s">
+        <v>2416</v>
+      </c>
+    </row>
+    <row r="405" ht="15.75" customHeight="1">
+      <c r="A405" s="2" t="s">
+        <v>2417</v>
+      </c>
+      <c r="B405" s="2" t="s">
+        <v>2418</v>
+      </c>
+      <c r="C405" s="2" t="s">
+        <v>2419</v>
+      </c>
+      <c r="D405" s="2" t="s">
+        <v>2420</v>
+      </c>
+      <c r="E405" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F405" s="2" t="s">
+        <v>2422</v>
+      </c>
+      <c r="G405" s="2" t="s">
+        <v>2423</v>
+      </c>
+      <c r="H405" s="2" t="s">
+        <v>2424</v>
+      </c>
+      <c r="I405" s="2" t="s">
+        <v>2425</v>
+      </c>
+    </row>
+    <row r="406" ht="15.75" customHeight="1">
+      <c r="A406" s="2" t="s">
+        <v>2417</v>
+      </c>
+      <c r="B406" s="2" t="s">
+        <v>2426</v>
+      </c>
+      <c r="C406" s="2" t="s">
+        <v>2427</v>
+      </c>
+      <c r="D406" s="2" t="s">
+        <v>2420</v>
+      </c>
+      <c r="E406" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F406" s="2" t="s">
+        <v>2422</v>
+      </c>
+      <c r="G406" s="2" t="s">
+        <v>2428</v>
+      </c>
+      <c r="H406" s="2" t="s">
+        <v>2429</v>
+      </c>
+      <c r="I406" s="2" t="s">
+        <v>2430</v>
+      </c>
+    </row>
+    <row r="407" ht="15.75" customHeight="1">
+      <c r="A407" s="2" t="s">
+        <v>2431</v>
+      </c>
+      <c r="B407" s="2" t="s">
+        <v>2432</v>
+      </c>
+      <c r="C407" s="2" t="s">
+        <v>2433</v>
+      </c>
+      <c r="D407" s="2" t="s">
+        <v>2434</v>
+      </c>
+      <c r="E407" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F407" s="2" t="s">
+        <v>2435</v>
+      </c>
+      <c r="G407" s="2" t="s">
+        <v>2436</v>
+      </c>
+      <c r="H407" s="2" t="s">
+        <v>2437</v>
+      </c>
+      <c r="I407" s="2" t="s">
+        <v>2438</v>
+      </c>
+    </row>
+    <row r="408" ht="15.75" customHeight="1">
+      <c r="A408" s="2" t="s">
+        <v>2431</v>
+      </c>
+      <c r="B408" s="2" t="s">
+        <v>2439</v>
+      </c>
+      <c r="C408" s="2" t="s">
+        <v>2440</v>
+      </c>
+      <c r="D408" s="2" t="s">
+        <v>2441</v>
+      </c>
+      <c r="E408" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F408" s="2" t="s">
+        <v>2442</v>
+      </c>
+      <c r="G408" s="2" t="s">
+        <v>2443</v>
+      </c>
+      <c r="H408" s="2" t="s">
+        <v>2444</v>
+      </c>
+      <c r="I408" s="2" t="s">
+        <v>2445</v>
+      </c>
+    </row>
+    <row r="409" ht="15.75" customHeight="1">
+      <c r="A409" s="2" t="s">
+        <v>2431</v>
+      </c>
+      <c r="B409" s="2" t="s">
+        <v>2446</v>
+      </c>
+      <c r="C409" s="2" t="s">
+        <v>2447</v>
+      </c>
+      <c r="D409" s="2" t="s">
+        <v>2448</v>
+      </c>
+      <c r="E409" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F409" s="2" t="s">
+        <v>2449</v>
+      </c>
+      <c r="G409" s="2" t="s">
+        <v>2450</v>
+      </c>
+      <c r="H409" s="2" t="s">
+        <v>2451</v>
+      </c>
+      <c r="I409" s="2" t="s">
+        <v>2452</v>
+      </c>
+    </row>
+    <row r="410" ht="15.75" customHeight="1">
+      <c r="A410" s="2" t="s">
+        <v>2431</v>
+      </c>
+      <c r="B410" s="2" t="s">
+        <v>2453</v>
+      </c>
+      <c r="C410" s="2" t="s">
+        <v>2454</v>
+      </c>
+      <c r="D410" s="2" t="s">
+        <v>2448</v>
+      </c>
+      <c r="E410" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F410" s="2" t="s">
+        <v>2449</v>
+      </c>
+      <c r="G410" s="2" t="s">
+        <v>2455</v>
+      </c>
+      <c r="H410" s="2" t="s">
+        <v>2456</v>
+      </c>
+      <c r="I410" s="2" t="s">
+        <v>2457</v>
+      </c>
+    </row>
+    <row r="411" ht="15.75" customHeight="1">
+      <c r="A411" s="2" t="s">
+        <v>2431</v>
+      </c>
+      <c r="B411" s="2" t="s">
+        <v>2458</v>
+      </c>
+      <c r="C411" s="2" t="s">
+        <v>2459</v>
+      </c>
+      <c r="D411" s="2" t="s">
+        <v>1756</v>
+      </c>
+      <c r="E411" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F411" s="2" t="s">
+        <v>2460</v>
+      </c>
+      <c r="G411" s="2" t="s">
+        <v>2461</v>
+      </c>
+      <c r="H411" s="2" t="s">
+        <v>2462</v>
+      </c>
+      <c r="I411" s="2" t="s">
+        <v>2463</v>
+      </c>
+    </row>
+    <row r="412" ht="15.75" customHeight="1">
+      <c r="A412" s="2" t="s">
+        <v>2431</v>
+      </c>
+      <c r="B412" s="2" t="s">
+        <v>2464</v>
+      </c>
+      <c r="C412" s="2" t="s">
+        <v>2465</v>
+      </c>
+      <c r="D412" s="2" t="s">
+        <v>2466</v>
+      </c>
+      <c r="E412" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F412" s="2" t="s">
+        <v>2467</v>
+      </c>
+      <c r="G412" s="2" t="s">
+        <v>2468</v>
+      </c>
+      <c r="H412" s="2" t="s">
+        <v>2469</v>
+      </c>
+      <c r="I412" s="2" t="s">
+        <v>2470</v>
+      </c>
+    </row>
+    <row r="413" ht="15.75" customHeight="1">
+      <c r="A413" s="2" t="s">
+        <v>2431</v>
+      </c>
+      <c r="B413" s="2" t="s">
+        <v>2471</v>
+      </c>
+      <c r="C413" s="2" t="s">
+        <v>2472</v>
+      </c>
+      <c r="D413" s="2" t="s">
+        <v>2466</v>
+      </c>
+      <c r="E413" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F413" s="2" t="s">
+        <v>2467</v>
+      </c>
+      <c r="G413" s="2" t="s">
+        <v>2473</v>
+      </c>
+      <c r="H413" s="2" t="s">
+        <v>2474</v>
+      </c>
+      <c r="I413" s="2" t="s">
+        <v>2475</v>
+      </c>
+    </row>
+    <row r="414" ht="15.75" customHeight="1">
+      <c r="A414" s="2" t="s">
+        <v>2476</v>
+      </c>
+      <c r="B414" s="2" t="s">
+        <v>2477</v>
+      </c>
+      <c r="C414" s="2" t="s">
+        <v>2478</v>
+      </c>
+      <c r="D414" s="2" t="s">
+        <v>2479</v>
+      </c>
+      <c r="E414" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F414" s="2" t="s">
+        <v>2480</v>
+      </c>
+      <c r="G414" s="2" t="s">
+        <v>2481</v>
+      </c>
+      <c r="H414" s="2" t="s">
+        <v>2482</v>
+      </c>
+      <c r="I414" s="2" t="s">
+        <v>2483</v>
+      </c>
+    </row>
+    <row r="415" ht="15.75" customHeight="1">
+      <c r="A415" s="2" t="s">
+        <v>2476</v>
+      </c>
+      <c r="B415" s="2" t="s">
+        <v>2484</v>
+      </c>
+      <c r="C415" s="2" t="s">
+        <v>2485</v>
+      </c>
+      <c r="D415" s="2" t="s">
+        <v>2476</v>
+      </c>
+      <c r="E415" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F415" s="2" t="s">
+        <v>2486</v>
+      </c>
+      <c r="G415" s="2" t="s">
+        <v>2487</v>
+      </c>
+      <c r="H415" s="2" t="s">
+        <v>2488</v>
+      </c>
+      <c r="I415" s="2" t="s">
+        <v>2489</v>
+      </c>
+    </row>
+    <row r="416" ht="15.75" customHeight="1">
+      <c r="A416" s="2" t="s">
+        <v>2476</v>
+      </c>
+      <c r="B416" s="2" t="s">
+        <v>2490</v>
+      </c>
+      <c r="C416" s="2" t="s">
+        <v>2491</v>
+      </c>
+      <c r="D416" s="2" t="s">
+        <v>2476</v>
+      </c>
+      <c r="E416" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F416" s="2" t="s">
+        <v>2492</v>
+      </c>
+      <c r="G416" s="2" t="s">
+        <v>2493</v>
+      </c>
+      <c r="H416" s="2" t="s">
+        <v>2494</v>
+      </c>
+      <c r="I416" s="2" t="s">
+        <v>2495</v>
+      </c>
+    </row>
+    <row r="417" ht="15.75" customHeight="1">
+      <c r="A417" s="2" t="s">
+        <v>2476</v>
+      </c>
+      <c r="B417" s="2" t="s">
+        <v>2496</v>
+      </c>
+      <c r="C417" s="2" t="s">
+        <v>2497</v>
+      </c>
+      <c r="D417" s="2" t="s">
+        <v>2498</v>
+      </c>
+      <c r="E417" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F417" s="2" t="s">
+        <v>2492</v>
+      </c>
+      <c r="G417" s="2" t="s">
+        <v>2499</v>
+      </c>
+      <c r="H417" s="2" t="s">
+        <v>2500</v>
+      </c>
+      <c r="I417" s="2" t="s">
+        <v>2501</v>
+      </c>
+    </row>
+    <row r="418" ht="15.75" customHeight="1">
+      <c r="A418" s="2" t="s">
+        <v>2476</v>
+      </c>
+      <c r="B418" s="2" t="s">
+        <v>2502</v>
+      </c>
+      <c r="C418" s="2" t="s">
+        <v>2503</v>
+      </c>
+      <c r="D418" s="2" t="s">
+        <v>2498</v>
+      </c>
+      <c r="E418" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F418" s="2" t="s">
+        <v>2492</v>
+      </c>
+      <c r="G418" s="2" t="s">
+        <v>2504</v>
+      </c>
+      <c r="H418" s="2" t="s">
+        <v>2505</v>
+      </c>
+      <c r="I418" s="2" t="s">
+        <v>2506</v>
+      </c>
+    </row>
+    <row r="419" ht="15.75" customHeight="1">
+      <c r="A419" s="2" t="s">
+        <v>2476</v>
+      </c>
+      <c r="B419" s="2" t="s">
+        <v>2507</v>
+      </c>
+      <c r="C419" s="2" t="s">
+        <v>2508</v>
+      </c>
+      <c r="D419" s="2" t="s">
+        <v>2479</v>
+      </c>
+      <c r="E419" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F419" s="2" t="s">
+        <v>2509</v>
+      </c>
+      <c r="G419" s="2" t="s">
+        <v>2510</v>
+      </c>
+      <c r="H419" s="2" t="s">
+        <v>2511</v>
+      </c>
+      <c r="I419" s="2" t="s">
+        <v>2512</v>
+      </c>
+    </row>
+    <row r="420" ht="15.75" customHeight="1">
+      <c r="A420" s="2" t="s">
+        <v>2476</v>
+      </c>
+      <c r="B420" s="2" t="s">
+        <v>2513</v>
+      </c>
+      <c r="C420" s="2" t="s">
+        <v>2514</v>
+      </c>
+      <c r="D420" s="2" t="s">
+        <v>2476</v>
+      </c>
+      <c r="E420" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F420" s="2" t="s">
+        <v>2515</v>
+      </c>
+      <c r="G420" s="2" t="s">
+        <v>2516</v>
+      </c>
+      <c r="H420" s="2" t="s">
+        <v>2517</v>
+      </c>
+      <c r="I420" s="2" t="s">
+        <v>2518</v>
+      </c>
+    </row>
+    <row r="421" ht="15.75" customHeight="1">
+      <c r="A421" s="2" t="s">
+        <v>2476</v>
+      </c>
+      <c r="B421" s="2" t="s">
+        <v>2519</v>
+      </c>
+      <c r="C421" s="2" t="s">
+        <v>2520</v>
+      </c>
+      <c r="D421" s="2" t="s">
+        <v>2479</v>
+      </c>
+      <c r="E421" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F421" s="2" t="s">
+        <v>2509</v>
+      </c>
+      <c r="G421" s="2" t="s">
+        <v>2521</v>
+      </c>
+      <c r="H421" s="2" t="s">
+        <v>2522</v>
+      </c>
+      <c r="I421" s="2" t="s">
+        <v>2523</v>
+      </c>
+    </row>
+    <row r="422" ht="15.75" customHeight="1">
+      <c r="A422" s="2" t="s">
+        <v>2476</v>
+      </c>
+      <c r="B422" s="2" t="s">
+        <v>2524</v>
+      </c>
+      <c r="C422" s="2" t="s">
+        <v>2525</v>
+      </c>
+      <c r="D422" s="2" t="s">
+        <v>2479</v>
+      </c>
+      <c r="E422" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F422" s="2" t="s">
+        <v>2509</v>
+      </c>
+      <c r="G422" s="2" t="s">
+        <v>2526</v>
+      </c>
+      <c r="H422" s="2" t="s">
+        <v>2527</v>
+      </c>
+      <c r="I422" s="2" t="s">
+        <v>2528</v>
+      </c>
+    </row>
+    <row r="423" ht="15.75" customHeight="1">
+      <c r="A423" s="2" t="s">
+        <v>2476</v>
+      </c>
+      <c r="B423" s="2" t="s">
+        <v>2529</v>
+      </c>
+      <c r="C423" s="2" t="s">
+        <v>2530</v>
+      </c>
+      <c r="D423" s="2" t="s">
+        <v>2479</v>
+      </c>
+      <c r="E423" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F423" s="2" t="s">
+        <v>2509</v>
+      </c>
+      <c r="G423" s="2" t="s">
+        <v>2526</v>
+      </c>
+      <c r="H423" s="2" t="s">
+        <v>2531</v>
+      </c>
+      <c r="I423" s="2" t="s">
+        <v>2532</v>
+      </c>
+    </row>
+    <row r="424" ht="15.75" customHeight="1">
+      <c r="A424" s="2" t="s">
+        <v>2476</v>
+      </c>
+      <c r="B424" s="2" t="s">
+        <v>2533</v>
+      </c>
+      <c r="C424" s="2" t="s">
+        <v>2534</v>
+      </c>
+      <c r="D424" s="2" t="s">
+        <v>2498</v>
+      </c>
+      <c r="E424" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F424" s="2" t="s">
+        <v>2492</v>
+      </c>
+      <c r="G424" s="2" t="s">
+        <v>2535</v>
+      </c>
+      <c r="H424" s="2" t="s">
+        <v>2536</v>
+      </c>
+      <c r="I424" s="2" t="s">
+        <v>2537</v>
+      </c>
+    </row>
+    <row r="425" ht="15.75" customHeight="1">
+      <c r="A425" s="2" t="s">
+        <v>2476</v>
+      </c>
+      <c r="B425" s="2" t="s">
+        <v>2538</v>
+      </c>
+      <c r="C425" s="2" t="s">
+        <v>2539</v>
+      </c>
+      <c r="D425" s="2" t="s">
+        <v>2476</v>
+      </c>
+      <c r="E425" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F425" s="2" t="s">
+        <v>2540</v>
+      </c>
+      <c r="G425" s="2" t="s">
+        <v>2541</v>
+      </c>
+      <c r="H425" s="2" t="s">
+        <v>2542</v>
+      </c>
+      <c r="I425" s="2" t="s">
+        <v>2543</v>
+      </c>
+    </row>
+    <row r="426" ht="15.75" customHeight="1">
+      <c r="A426" s="2" t="s">
+        <v>2476</v>
+      </c>
+      <c r="B426" s="2" t="s">
+        <v>2544</v>
+      </c>
+      <c r="C426" s="2" t="s">
+        <v>2545</v>
+      </c>
+      <c r="D426" s="2" t="s">
+        <v>2476</v>
+      </c>
+      <c r="E426" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F426" s="2" t="s">
+        <v>2546</v>
+      </c>
+      <c r="G426" s="2" t="s">
+        <v>2547</v>
+      </c>
+      <c r="H426" s="2" t="s">
+        <v>2548</v>
+      </c>
+      <c r="I426" s="2" t="s">
+        <v>2549</v>
+      </c>
+    </row>
+    <row r="427" ht="15.75" customHeight="1">
+      <c r="A427" s="2" t="s">
+        <v>2476</v>
+      </c>
+      <c r="B427" s="2" t="s">
+        <v>2550</v>
+      </c>
+      <c r="C427" s="2" t="s">
+        <v>2551</v>
+      </c>
+      <c r="D427" s="2" t="s">
+        <v>2552</v>
+      </c>
+      <c r="E427" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F427" s="2" t="s">
+        <v>2553</v>
+      </c>
+      <c r="G427" s="2" t="s">
+        <v>2554</v>
+      </c>
+      <c r="H427" s="2" t="s">
+        <v>2555</v>
+      </c>
+      <c r="I427" s="2" t="s">
+        <v>2556</v>
+      </c>
+    </row>
+    <row r="428" ht="15.75" customHeight="1">
+      <c r="A428" s="2" t="s">
+        <v>2476</v>
+      </c>
+      <c r="B428" s="2" t="s">
+        <v>2557</v>
+      </c>
+      <c r="C428" s="2" t="s">
+        <v>2558</v>
+      </c>
+      <c r="D428" s="2" t="s">
+        <v>2552</v>
+      </c>
+      <c r="E428" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F428" s="2" t="s">
+        <v>2553</v>
+      </c>
+      <c r="G428" s="2" t="s">
+        <v>2559</v>
+      </c>
+      <c r="H428" s="2" t="s">
+        <v>2560</v>
+      </c>
+      <c r="I428" s="2" t="s">
+        <v>2561</v>
+      </c>
+    </row>
+    <row r="429" ht="15.75" customHeight="1">
+      <c r="A429" s="2" t="s">
+        <v>2476</v>
+      </c>
+      <c r="B429" s="2" t="s">
+        <v>2562</v>
+      </c>
+      <c r="C429" s="2" t="s">
+        <v>2563</v>
+      </c>
+      <c r="D429" s="2" t="s">
+        <v>2552</v>
+      </c>
+      <c r="E429" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F429" s="2" t="s">
+        <v>2553</v>
+      </c>
+      <c r="G429" s="2" t="s">
+        <v>2564</v>
+      </c>
+      <c r="H429" s="2" t="s">
+        <v>2565</v>
+      </c>
+      <c r="I429" s="2" t="s">
+        <v>2566</v>
+      </c>
+    </row>
+    <row r="430" ht="15.75" customHeight="1">
+      <c r="A430" s="2" t="s">
+        <v>2476</v>
+      </c>
+      <c r="B430" s="2" t="s">
+        <v>2567</v>
+      </c>
+      <c r="C430" s="2" t="s">
+        <v>2568</v>
+      </c>
+      <c r="D430" s="2" t="s">
+        <v>2569</v>
+      </c>
+      <c r="E430" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F430" s="2" t="s">
+        <v>2553</v>
+      </c>
+      <c r="G430" s="2" t="s">
+        <v>2570</v>
+      </c>
+      <c r="H430" s="2" t="s">
+        <v>2571</v>
+      </c>
+      <c r="I430" s="2" t="s">
+        <v>2572</v>
+      </c>
+    </row>
+    <row r="431" ht="15.75" customHeight="1">
+      <c r="A431" s="2" t="s">
+        <v>2476</v>
+      </c>
+      <c r="B431" s="2" t="s">
+        <v>2573</v>
+      </c>
+      <c r="C431" s="2" t="s">
+        <v>2574</v>
+      </c>
+      <c r="D431" s="2" t="s">
+        <v>2575</v>
+      </c>
+      <c r="E431" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F431" s="2" t="s">
+        <v>2540</v>
+      </c>
+      <c r="G431" s="2" t="s">
+        <v>2576</v>
+      </c>
+      <c r="H431" s="2" t="s">
+        <v>2577</v>
+      </c>
+      <c r="I431" s="2" t="s">
+        <v>2578</v>
+      </c>
+    </row>
+    <row r="432" ht="15.75" customHeight="1">
+      <c r="A432" s="2" t="s">
+        <v>2476</v>
+      </c>
+      <c r="B432" s="2" t="s">
+        <v>2579</v>
+      </c>
+      <c r="C432" s="2" t="s">
+        <v>2580</v>
+      </c>
+      <c r="D432" s="2" t="s">
+        <v>2476</v>
+      </c>
+      <c r="E432" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F432" s="2" t="s">
+        <v>2515</v>
+      </c>
+      <c r="G432" s="2" t="s">
+        <v>2461</v>
+      </c>
+      <c r="H432" s="2" t="s">
+        <v>2581</v>
+      </c>
+      <c r="I432" s="2" t="s">
+        <v>2582</v>
+      </c>
+    </row>
+    <row r="433" ht="15.75" customHeight="1">
+      <c r="A433" s="2" t="s">
+        <v>2476</v>
+      </c>
+      <c r="B433" s="2" t="s">
+        <v>2583</v>
+      </c>
+      <c r="C433" s="2" t="s">
+        <v>2584</v>
+      </c>
+      <c r="D433" s="2" t="s">
+        <v>2476</v>
+      </c>
+      <c r="E433" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F433" s="2" t="s">
+        <v>2515</v>
+      </c>
+      <c r="G433" s="2" t="s">
+        <v>872</v>
+      </c>
+      <c r="H433" s="2" t="s">
+        <v>2585</v>
+      </c>
+      <c r="I433" s="2" t="s">
+        <v>2586</v>
+      </c>
+    </row>
+    <row r="434" ht="15.75" customHeight="1">
+      <c r="A434" s="2" t="s">
+        <v>2476</v>
+      </c>
+      <c r="B434" s="2" t="s">
+        <v>2587</v>
+      </c>
+      <c r="C434" s="2" t="s">
+        <v>2588</v>
+      </c>
+      <c r="D434" s="2" t="s">
+        <v>2476</v>
+      </c>
+      <c r="E434" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F434" s="2" t="s">
+        <v>2589</v>
+      </c>
+      <c r="G434" s="2" t="s">
+        <v>2590</v>
+      </c>
+      <c r="H434" s="2" t="s">
+        <v>2591</v>
+      </c>
+      <c r="I434" s="2" t="s">
+        <v>2592</v>
+      </c>
+    </row>
+    <row r="435" ht="15.75" customHeight="1">
+      <c r="A435" s="2" t="s">
+        <v>2476</v>
+      </c>
+      <c r="B435" s="2" t="s">
+        <v>2593</v>
+      </c>
+      <c r="C435" s="2" t="s">
+        <v>2594</v>
+      </c>
+      <c r="D435" s="2" t="s">
+        <v>2595</v>
+      </c>
+      <c r="E435" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F435" s="2" t="s">
+        <v>2596</v>
+      </c>
+      <c r="G435" s="2" t="s">
+        <v>2597</v>
+      </c>
+      <c r="H435" s="2" t="s">
+        <v>2598</v>
+      </c>
+      <c r="I435" s="2" t="s">
+        <v>2599</v>
+      </c>
+    </row>
+    <row r="436" ht="15.75" customHeight="1">
+      <c r="A436" s="2" t="s">
+        <v>2476</v>
+      </c>
+      <c r="B436" s="2" t="s">
+        <v>2600</v>
+      </c>
+      <c r="C436" s="2" t="s">
+        <v>2601</v>
+      </c>
+      <c r="D436" s="2" t="s">
+        <v>2595</v>
+      </c>
+      <c r="E436" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F436" s="2" t="s">
+        <v>2596</v>
+      </c>
+      <c r="G436" s="2" t="s">
+        <v>2602</v>
+      </c>
+      <c r="H436" s="2" t="s">
+        <v>2603</v>
+      </c>
+      <c r="I436" s="2" t="s">
+        <v>2604</v>
+      </c>
+    </row>
+    <row r="437" ht="15.75" customHeight="1">
+      <c r="A437" s="2" t="s">
+        <v>2476</v>
+      </c>
+      <c r="B437" s="2" t="s">
+        <v>2605</v>
+      </c>
+      <c r="C437" s="2" t="s">
+        <v>2606</v>
+      </c>
+      <c r="D437" s="2" t="s">
+        <v>2607</v>
+      </c>
+      <c r="E437" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F437" s="2" t="s">
+        <v>2608</v>
+      </c>
+      <c r="G437" s="2" t="s">
+        <v>2609</v>
+      </c>
+      <c r="H437" s="2" t="s">
+        <v>2610</v>
+      </c>
+      <c r="I437" s="2" t="s">
+        <v>2611</v>
+      </c>
+    </row>
+    <row r="438" ht="15.75" customHeight="1">
+      <c r="A438" s="2" t="s">
+        <v>2476</v>
+      </c>
+      <c r="B438" s="2" t="s">
+        <v>2612</v>
+      </c>
+      <c r="C438" s="2" t="s">
+        <v>2613</v>
+      </c>
+      <c r="D438" s="2" t="s">
+        <v>2476</v>
+      </c>
+      <c r="E438" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F438" s="2" t="s">
+        <v>2492</v>
+      </c>
+      <c r="G438" s="2" t="s">
+        <v>2614</v>
+      </c>
+      <c r="H438" s="2" t="s">
+        <v>2615</v>
+      </c>
+      <c r="I438" s="2" t="s">
+        <v>2616</v>
+      </c>
+    </row>
+    <row r="439" ht="15.75" customHeight="1">
+      <c r="A439" s="2" t="s">
+        <v>2476</v>
+      </c>
+      <c r="B439" s="2" t="s">
+        <v>2617</v>
+      </c>
+      <c r="C439" s="2" t="s">
+        <v>2618</v>
+      </c>
+      <c r="D439" s="2" t="s">
+        <v>2479</v>
+      </c>
+      <c r="E439" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F439" s="2" t="s">
+        <v>2509</v>
+      </c>
+      <c r="G439" s="2" t="s">
+        <v>2619</v>
+      </c>
+      <c r="H439" s="2" t="s">
+        <v>2620</v>
+      </c>
+      <c r="I439" s="2" t="s">
+        <v>2621</v>
+      </c>
+    </row>
+    <row r="440" ht="15.75" customHeight="1">
+      <c r="A440" s="2" t="s">
+        <v>2476</v>
+      </c>
+      <c r="B440" s="2" t="s">
+        <v>2622</v>
+      </c>
+      <c r="C440" s="2" t="s">
+        <v>2574</v>
+      </c>
+      <c r="D440" s="2" t="s">
+        <v>2575</v>
+      </c>
+      <c r="E440" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F440" s="2" t="s">
+        <v>2540</v>
+      </c>
+      <c r="G440" s="2" t="s">
+        <v>2623</v>
+      </c>
+      <c r="H440" s="2" t="s">
+        <v>2624</v>
+      </c>
+      <c r="I440" s="2" t="s">
+        <v>2625</v>
+      </c>
+    </row>
+    <row r="441" ht="15.75" customHeight="1">
+      <c r="A441" s="2" t="s">
+        <v>2476</v>
+      </c>
+      <c r="B441" s="2" t="s">
+        <v>2626</v>
+      </c>
+      <c r="C441" s="2" t="s">
+        <v>2627</v>
+      </c>
+      <c r="D441" s="2" t="s">
+        <v>2476</v>
+      </c>
+      <c r="E441" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F441" s="2" t="s">
+        <v>2589</v>
+      </c>
+      <c r="G441" s="2" t="s">
+        <v>2628</v>
+      </c>
+      <c r="H441" s="2" t="s">
+        <v>2629</v>
+      </c>
+      <c r="I441" s="2" t="s">
+        <v>2630</v>
+      </c>
+    </row>
+    <row r="442" ht="15.75" customHeight="1">
+      <c r="A442" s="2" t="s">
+        <v>2476</v>
+      </c>
+      <c r="B442" s="2" t="s">
+        <v>2631</v>
+      </c>
+      <c r="C442" s="2" t="s">
+        <v>2632</v>
+      </c>
+      <c r="D442" s="2" t="s">
+        <v>2479</v>
+      </c>
+      <c r="E442" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F442" s="2" t="s">
+        <v>2509</v>
+      </c>
+      <c r="G442" s="2" t="s">
+        <v>2633</v>
+      </c>
+      <c r="H442" s="2" t="s">
+        <v>2634</v>
+      </c>
+      <c r="I442" s="2" t="s">
+        <v>2635</v>
+      </c>
+    </row>
+    <row r="443" ht="15.75" customHeight="1">
+      <c r="A443" s="2" t="s">
+        <v>2476</v>
+      </c>
+      <c r="B443" s="2" t="s">
+        <v>2636</v>
+      </c>
+      <c r="C443" s="2" t="s">
+        <v>2637</v>
+      </c>
+      <c r="D443" s="2" t="s">
+        <v>2479</v>
+      </c>
+      <c r="E443" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F443" s="2" t="s">
+        <v>2509</v>
+      </c>
+      <c r="G443" s="2" t="s">
+        <v>2638</v>
+      </c>
+      <c r="H443" s="2" t="s">
+        <v>2634</v>
+      </c>
+      <c r="I443" s="2" t="s">
+        <v>2639</v>
+      </c>
+    </row>
+    <row r="444" ht="15.75" customHeight="1">
+      <c r="A444" s="2" t="s">
+        <v>2476</v>
+      </c>
+      <c r="B444" s="2" t="s">
+        <v>2640</v>
+      </c>
+      <c r="C444" s="2" t="s">
+        <v>2641</v>
+      </c>
+      <c r="D444" s="2" t="s">
+        <v>2476</v>
+      </c>
+      <c r="E444" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F444" s="2" t="s">
+        <v>2642</v>
+      </c>
+      <c r="G444" s="2" t="s">
+        <v>2643</v>
+      </c>
+      <c r="H444" s="2" t="s">
+        <v>2644</v>
+      </c>
+      <c r="I444" s="2" t="s">
+        <v>2645</v>
+      </c>
+    </row>
+    <row r="445" ht="15.75" customHeight="1">
+      <c r="A445" s="2" t="s">
+        <v>2476</v>
+      </c>
+      <c r="B445" s="2" t="s">
+        <v>2646</v>
+      </c>
+      <c r="C445" s="2" t="s">
+        <v>2647</v>
+      </c>
+      <c r="D445" s="2" t="s">
+        <v>2648</v>
+      </c>
+      <c r="E445" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F445" s="2" t="s">
+        <v>2649</v>
+      </c>
+      <c r="G445" s="2" t="s">
+        <v>2650</v>
+      </c>
+      <c r="H445" s="2" t="s">
+        <v>2651</v>
+      </c>
+      <c r="I445" s="2" t="s">
+        <v>2652</v>
+      </c>
+    </row>
+    <row r="446" ht="15.75" customHeight="1">
+      <c r="A446" s="2" t="s">
+        <v>2653</v>
+      </c>
+      <c r="B446" s="2" t="s">
+        <v>2654</v>
+      </c>
+      <c r="C446" s="2" t="s">
+        <v>2655</v>
+      </c>
+      <c r="D446" s="2" t="s">
+        <v>2476</v>
+      </c>
+      <c r="E446" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F446" s="2" t="s">
+        <v>2656</v>
+      </c>
+      <c r="G446" s="2" t="s">
+        <v>2657</v>
+      </c>
+      <c r="H446" s="2" t="s">
+        <v>2658</v>
+      </c>
+      <c r="I446" s="2" t="s">
+        <v>2659</v>
+      </c>
+    </row>
+    <row r="447" ht="15.75" customHeight="1">
+      <c r="A447" s="2" t="s">
+        <v>2653</v>
+      </c>
+      <c r="B447" s="2" t="s">
+        <v>2660</v>
+      </c>
+      <c r="C447" s="2" t="s">
+        <v>2661</v>
+      </c>
+      <c r="D447" s="2" t="s">
+        <v>2476</v>
+      </c>
+      <c r="E447" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F447" s="2" t="s">
+        <v>2662</v>
+      </c>
+      <c r="G447" s="2" t="s">
+        <v>2663</v>
+      </c>
+      <c r="H447" s="2" t="s">
+        <v>2664</v>
+      </c>
+      <c r="I447" s="2" t="s">
+        <v>2665</v>
+      </c>
+    </row>
+    <row r="448" ht="15.75" customHeight="1">
+      <c r="A448" s="2" t="s">
+        <v>2653</v>
+      </c>
+      <c r="B448" s="2" t="s">
+        <v>2666</v>
+      </c>
+      <c r="C448" s="2" t="s">
+        <v>2667</v>
+      </c>
+      <c r="D448" s="2" t="s">
+        <v>2476</v>
+      </c>
+      <c r="E448" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F448" s="2" t="s">
+        <v>2486</v>
+      </c>
+      <c r="G448" s="2" t="s">
+        <v>2668</v>
+      </c>
+      <c r="H448" s="2" t="s">
+        <v>2669</v>
+      </c>
+      <c r="I448" s="2" t="s">
+        <v>2670</v>
+      </c>
+    </row>
+    <row r="449" ht="15.75" customHeight="1">
+      <c r="A449" s="2" t="s">
+        <v>2653</v>
+      </c>
+      <c r="B449" s="2" t="s">
+        <v>2671</v>
+      </c>
+      <c r="C449" s="2" t="s">
+        <v>2672</v>
+      </c>
+      <c r="D449" s="2" t="s">
+        <v>2476</v>
+      </c>
+      <c r="E449" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F449" s="2" t="s">
+        <v>2673</v>
+      </c>
+      <c r="G449" s="2" t="s">
+        <v>2674</v>
+      </c>
+      <c r="H449" s="2" t="s">
+        <v>2675</v>
+      </c>
+      <c r="I449" s="2" t="s">
+        <v>2676</v>
+      </c>
+    </row>
+    <row r="450" ht="15.75" customHeight="1">
+      <c r="A450" s="2" t="s">
+        <v>2653</v>
+      </c>
+      <c r="B450" s="2" t="s">
+        <v>2677</v>
+      </c>
+      <c r="C450" s="2" t="s">
+        <v>2678</v>
+      </c>
+      <c r="D450" s="2" t="s">
+        <v>2476</v>
+      </c>
+      <c r="E450" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F450" s="2" t="s">
+        <v>2679</v>
+      </c>
+      <c r="G450" s="2" t="s">
+        <v>2680</v>
+      </c>
+      <c r="H450" s="2" t="s">
+        <v>2681</v>
+      </c>
+      <c r="I450" s="2" t="s">
+        <v>2682</v>
+      </c>
+    </row>
+    <row r="451" ht="15.75" customHeight="1">
+      <c r="A451" s="2" t="s">
+        <v>2653</v>
+      </c>
+      <c r="B451" s="2" t="s">
+        <v>2683</v>
+      </c>
+      <c r="C451" s="2" t="s">
+        <v>2684</v>
+      </c>
+      <c r="D451" s="2" t="s">
+        <v>2476</v>
+      </c>
+      <c r="E451" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F451" s="2" t="s">
+        <v>2685</v>
+      </c>
+      <c r="G451" s="2" t="s">
+        <v>2686</v>
+      </c>
+      <c r="H451" s="2" t="s">
+        <v>2687</v>
+      </c>
+      <c r="I451" s="2" t="s">
+        <v>2688</v>
+      </c>
+    </row>
+    <row r="452" ht="15.75" customHeight="1">
+      <c r="A452" s="2" t="s">
+        <v>2653</v>
+      </c>
+      <c r="B452" s="2" t="s">
+        <v>2453</v>
+      </c>
+      <c r="C452" s="2" t="s">
+        <v>2689</v>
+      </c>
+      <c r="D452" s="2" t="s">
+        <v>2476</v>
+      </c>
+      <c r="E452" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F452" s="2" t="s">
+        <v>2690</v>
+      </c>
+      <c r="G452" s="2" t="s">
+        <v>2455</v>
+      </c>
+      <c r="H452" s="2" t="s">
+        <v>2691</v>
+      </c>
+      <c r="I452" s="2" t="s">
+        <v>2692</v>
+      </c>
+    </row>
+    <row r="453" ht="15.75" customHeight="1">
+      <c r="A453" s="2" t="s">
+        <v>2653</v>
+      </c>
+      <c r="B453" s="2" t="s">
+        <v>2693</v>
+      </c>
+      <c r="C453" s="2" t="s">
+        <v>2661</v>
+      </c>
+      <c r="D453" s="2" t="s">
+        <v>2476</v>
+      </c>
+      <c r="E453" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F453" s="2" t="s">
+        <v>2662</v>
+      </c>
+      <c r="G453" s="2" t="s">
+        <v>2694</v>
+      </c>
+      <c r="H453" s="2" t="s">
+        <v>2695</v>
+      </c>
+      <c r="I453" s="2" t="s">
+        <v>2696</v>
+      </c>
+    </row>
+    <row r="454" ht="15.75" customHeight="1">
+      <c r="A454" s="2" t="s">
+        <v>2653</v>
+      </c>
+      <c r="B454" s="2" t="s">
+        <v>2697</v>
+      </c>
+      <c r="C454" s="2" t="s">
+        <v>2698</v>
+      </c>
+      <c r="D454" s="2" t="s">
+        <v>2476</v>
+      </c>
+      <c r="E454" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F454" s="2" t="s">
+        <v>2699</v>
+      </c>
+      <c r="G454" s="2" t="s">
+        <v>2700</v>
+      </c>
+      <c r="H454" s="2" t="s">
+        <v>2701</v>
+      </c>
+      <c r="I454" s="2" t="s">
+        <v>2702</v>
+      </c>
+    </row>
+    <row r="455" ht="15.75" customHeight="1">
+      <c r="A455" s="2" t="s">
+        <v>2653</v>
+      </c>
+      <c r="B455" s="2" t="s">
+        <v>2703</v>
+      </c>
+      <c r="C455" s="2" t="s">
+        <v>2704</v>
+      </c>
+      <c r="D455" s="2" t="s">
+        <v>2476</v>
+      </c>
+      <c r="E455" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F455" s="2" t="s">
+        <v>2705</v>
+      </c>
+      <c r="G455" s="2" t="s">
+        <v>2706</v>
+      </c>
+      <c r="H455" s="2" t="s">
+        <v>2707</v>
+      </c>
+      <c r="I455" s="2" t="s">
+        <v>2708</v>
+      </c>
+    </row>
+    <row r="456" ht="15.75" customHeight="1">
+      <c r="A456" s="2" t="s">
+        <v>2653</v>
+      </c>
+      <c r="B456" s="2" t="s">
+        <v>2709</v>
+      </c>
+      <c r="C456" s="2" t="s">
+        <v>2710</v>
+      </c>
+      <c r="D456" s="2" t="s">
+        <v>2476</v>
+      </c>
+      <c r="E456" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F456" s="2" t="s">
+        <v>2460</v>
+      </c>
+      <c r="G456" s="2" t="s">
+        <v>2711</v>
+      </c>
+      <c r="H456" s="2" t="s">
+        <v>2712</v>
+      </c>
+      <c r="I456" s="2" t="s">
+        <v>2713</v>
+      </c>
+    </row>
+    <row r="457" ht="15.75" customHeight="1">
+      <c r="A457" s="2" t="s">
+        <v>2653</v>
+      </c>
+      <c r="B457" s="2" t="s">
+        <v>2714</v>
+      </c>
+      <c r="C457" s="2" t="s">
+        <v>2715</v>
+      </c>
+      <c r="D457" s="2" t="s">
+        <v>2476</v>
+      </c>
+      <c r="E457" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F457" s="2" t="s">
+        <v>2546</v>
+      </c>
+      <c r="G457" s="2" t="s">
+        <v>2716</v>
+      </c>
+      <c r="H457" s="2" t="s">
+        <v>2717</v>
+      </c>
+      <c r="I457" s="2" t="s">
+        <v>2718</v>
+      </c>
+    </row>
+    <row r="458" ht="15.75" customHeight="1">
+      <c r="A458" s="2" t="s">
+        <v>2653</v>
+      </c>
+      <c r="B458" s="2" t="s">
+        <v>2719</v>
+      </c>
+      <c r="C458" s="2" t="s">
+        <v>2720</v>
+      </c>
+      <c r="D458" s="2" t="s">
+        <v>2476</v>
+      </c>
+      <c r="E458" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F458" s="2" t="s">
+        <v>2673</v>
+      </c>
+      <c r="G458" s="2" t="s">
+        <v>2721</v>
+      </c>
+      <c r="H458" s="2" t="s">
+        <v>2722</v>
+      </c>
+      <c r="I458" s="2" t="s">
+        <v>2723</v>
+      </c>
+    </row>
+    <row r="459" ht="15.75" customHeight="1">
+      <c r="A459" s="2" t="s">
+        <v>2653</v>
+      </c>
+      <c r="B459" s="2" t="s">
+        <v>2724</v>
+      </c>
+      <c r="C459" s="2" t="s">
+        <v>2725</v>
+      </c>
+      <c r="D459" s="2" t="s">
+        <v>2476</v>
+      </c>
+      <c r="E459" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F459" s="2" t="s">
+        <v>2726</v>
+      </c>
+      <c r="G459" s="2" t="s">
+        <v>2727</v>
+      </c>
+      <c r="H459" s="2" t="s">
+        <v>2728</v>
+      </c>
+      <c r="I459" s="2" t="s">
+        <v>2729</v>
+      </c>
+    </row>
+    <row r="460" ht="15.75" customHeight="1">
+      <c r="A460" s="2" t="s">
+        <v>2653</v>
+      </c>
+      <c r="B460" s="2" t="s">
+        <v>2730</v>
+      </c>
+      <c r="C460" s="2" t="s">
+        <v>2731</v>
+      </c>
+      <c r="D460" s="2" t="s">
+        <v>2476</v>
+      </c>
+      <c r="E460" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F460" s="2" t="s">
+        <v>2699</v>
+      </c>
+      <c r="G460" s="2" t="s">
+        <v>2643</v>
+      </c>
+      <c r="H460" s="2" t="s">
+        <v>2732</v>
+      </c>
+      <c r="I460" s="2" t="s">
+        <v>2733</v>
+      </c>
+    </row>
+    <row r="461" ht="15.75" customHeight="1">
+      <c r="A461" s="2" t="s">
+        <v>2653</v>
+      </c>
+      <c r="B461" s="2" t="s">
+        <v>2734</v>
+      </c>
+      <c r="C461" s="2" t="s">
+        <v>2735</v>
+      </c>
+      <c r="D461" s="2" t="s">
+        <v>2476</v>
+      </c>
+      <c r="E461" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F461" s="2" t="s">
+        <v>2656</v>
+      </c>
+      <c r="G461" s="2" t="s">
+        <v>2736</v>
+      </c>
+      <c r="H461" s="2" t="s">
+        <v>2737</v>
+      </c>
+      <c r="I461" s="2" t="s">
+        <v>2738</v>
+      </c>
+    </row>
+    <row r="462" ht="15.75" customHeight="1">
+      <c r="A462" s="2" t="s">
+        <v>2653</v>
+      </c>
+      <c r="B462" s="2" t="s">
+        <v>2739</v>
+      </c>
+      <c r="C462" s="2" t="s">
+        <v>2740</v>
+      </c>
+      <c r="D462" s="2" t="s">
+        <v>2476</v>
+      </c>
+      <c r="E462" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F462" s="2" t="s">
+        <v>2741</v>
+      </c>
+      <c r="G462" s="2" t="s">
+        <v>2742</v>
+      </c>
+      <c r="H462" s="2" t="s">
+        <v>2743</v>
+      </c>
+      <c r="I462" s="2" t="s">
+        <v>2744</v>
+      </c>
+    </row>
+    <row r="463" ht="15.75" customHeight="1">
+      <c r="A463" s="2" t="s">
+        <v>2653</v>
+      </c>
+      <c r="B463" s="2" t="s">
+        <v>2745</v>
+      </c>
+      <c r="C463" s="2" t="s">
+        <v>2684</v>
+      </c>
+      <c r="D463" s="2" t="s">
+        <v>2476</v>
+      </c>
+      <c r="E463" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F463" s="2" t="s">
+        <v>2685</v>
+      </c>
+      <c r="G463" s="2" t="s">
+        <v>2746</v>
+      </c>
+      <c r="H463" s="2" t="s">
+        <v>2747</v>
+      </c>
+      <c r="I463" s="2" t="s">
+        <v>2748</v>
+      </c>
+    </row>
+    <row r="464" ht="15.75" customHeight="1">
+      <c r="A464" s="2" t="s">
+        <v>2653</v>
+      </c>
+      <c r="B464" s="2" t="s">
+        <v>2749</v>
+      </c>
+      <c r="C464" s="2" t="s">
+        <v>2750</v>
+      </c>
+      <c r="D464" s="2" t="s">
+        <v>2476</v>
+      </c>
+      <c r="E464" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F464" s="2" t="s">
+        <v>2705</v>
+      </c>
+      <c r="G464" s="2" t="s">
+        <v>2751</v>
+      </c>
+      <c r="H464" s="2" t="s">
+        <v>2644</v>
+      </c>
+      <c r="I464" s="2" t="s">
+        <v>2752</v>
+      </c>
+    </row>
+    <row r="465" ht="15.75" customHeight="1">
+      <c r="A465" s="2" t="s">
+        <v>2653</v>
+      </c>
+      <c r="B465" s="2" t="s">
+        <v>2753</v>
+      </c>
+      <c r="C465" s="2" t="s">
+        <v>2754</v>
+      </c>
+      <c r="D465" s="2" t="s">
+        <v>2476</v>
+      </c>
+      <c r="E465" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F465" s="2" t="s">
+        <v>2705</v>
+      </c>
+      <c r="G465" s="2" t="s">
+        <v>2755</v>
+      </c>
+      <c r="H465" s="2" t="s">
+        <v>2756</v>
+      </c>
+      <c r="I465" s="2" t="s">
+        <v>2757</v>
+      </c>
+    </row>
+    <row r="466" ht="15.75" customHeight="1">
+      <c r="A466" s="2" t="s">
+        <v>2653</v>
+      </c>
+      <c r="B466" s="2" t="s">
+        <v>2758</v>
+      </c>
+      <c r="C466" s="2" t="s">
+        <v>2759</v>
+      </c>
+      <c r="D466" s="2" t="s">
+        <v>2476</v>
+      </c>
+      <c r="E466" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F466" s="2" t="s">
+        <v>2685</v>
+      </c>
+      <c r="G466" s="2" t="s">
+        <v>2760</v>
+      </c>
+      <c r="H466" s="2" t="s">
+        <v>2761</v>
+      </c>
+      <c r="I466" s="2" t="s">
+        <v>2762</v>
+      </c>
+    </row>
+    <row r="467" ht="15.75" customHeight="1">
+      <c r="A467" s="2" t="s">
+        <v>2653</v>
+      </c>
+      <c r="B467" s="2" t="s">
+        <v>2763</v>
+      </c>
+      <c r="C467" s="2" t="s">
+        <v>2764</v>
+      </c>
+      <c r="D467" s="2" t="s">
+        <v>2476</v>
+      </c>
+      <c r="E467" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F467" s="2" t="s">
+        <v>2705</v>
+      </c>
+      <c r="G467" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="H26" s="4" t="s">
-[...42 lines deleted...]
-      <c r="G27" s="3" t="s">
+      <c r="H467" s="2" t="s">
+        <v>2765</v>
+      </c>
+      <c r="I467" s="2" t="s">
+        <v>2766</v>
+      </c>
+    </row>
+    <row r="468" ht="15.75" customHeight="1">
+      <c r="A468" s="2" t="s">
+        <v>2767</v>
+      </c>
+      <c r="B468" s="2" t="s">
+        <v>2768</v>
+      </c>
+      <c r="C468" s="2" t="s">
+        <v>2769</v>
+      </c>
+      <c r="D468" s="2" t="s">
+        <v>2770</v>
+      </c>
+      <c r="E468" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F468" s="2" t="s">
+        <v>2771</v>
+      </c>
+      <c r="G468" s="2" t="s">
+        <v>2772</v>
+      </c>
+      <c r="H468" s="2" t="s">
+        <v>2773</v>
+      </c>
+      <c r="I468" s="2" t="s">
+        <v>2774</v>
+      </c>
+    </row>
+    <row r="469" ht="15.75" customHeight="1">
+      <c r="A469" s="2" t="s">
+        <v>2775</v>
+      </c>
+      <c r="B469" s="2" t="s">
+        <v>2776</v>
+      </c>
+      <c r="C469" s="2" t="s">
+        <v>2777</v>
+      </c>
+      <c r="D469" s="2" t="s">
+        <v>2778</v>
+      </c>
+      <c r="E469" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F469" s="2" t="s">
+        <v>2779</v>
+      </c>
+      <c r="G469" s="2" t="s">
+        <v>2780</v>
+      </c>
+      <c r="H469" s="2" t="s">
+        <v>2781</v>
+      </c>
+      <c r="I469" s="2" t="s">
+        <v>2782</v>
+      </c>
+    </row>
+    <row r="470" ht="15.75" customHeight="1">
+      <c r="A470" s="2" t="s">
+        <v>2775</v>
+      </c>
+      <c r="B470" s="2" t="s">
+        <v>2783</v>
+      </c>
+      <c r="C470" s="2" t="s">
+        <v>2784</v>
+      </c>
+      <c r="D470" s="2" t="s">
+        <v>2778</v>
+      </c>
+      <c r="E470" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F470" s="2" t="s">
+        <v>2779</v>
+      </c>
+      <c r="G470" s="2" t="s">
+        <v>2785</v>
+      </c>
+      <c r="H470" s="2" t="s">
+        <v>2786</v>
+      </c>
+      <c r="I470" s="2" t="s">
+        <v>2787</v>
+      </c>
+    </row>
+    <row r="471" ht="15.75" customHeight="1">
+      <c r="A471" s="2" t="s">
+        <v>2788</v>
+      </c>
+      <c r="B471" s="2" t="s">
+        <v>2789</v>
+      </c>
+      <c r="C471" s="2" t="s">
+        <v>2790</v>
+      </c>
+      <c r="D471" s="2" t="s">
+        <v>2791</v>
+      </c>
+      <c r="E471" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F471" s="2" t="s">
+        <v>2792</v>
+      </c>
+      <c r="G471" s="2" t="s">
+        <v>2793</v>
+      </c>
+      <c r="H471" s="2" t="s">
+        <v>2794</v>
+      </c>
+      <c r="I471" s="2" t="s">
+        <v>2795</v>
+      </c>
+    </row>
+    <row r="472" ht="15.75" customHeight="1">
+      <c r="A472" s="2" t="s">
+        <v>2796</v>
+      </c>
+      <c r="B472" s="2" t="s">
+        <v>2797</v>
+      </c>
+      <c r="C472" s="2" t="s">
+        <v>2798</v>
+      </c>
+      <c r="D472" s="2" t="s">
+        <v>2799</v>
+      </c>
+      <c r="E472" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F472" s="2" t="s">
+        <v>2800</v>
+      </c>
+      <c r="G472" s="2" t="s">
+        <v>2801</v>
+      </c>
+      <c r="H472" s="2" t="s">
+        <v>2802</v>
+      </c>
+      <c r="I472" s="2" t="s">
+        <v>2803</v>
+      </c>
+    </row>
+    <row r="473" ht="15.75" customHeight="1">
+      <c r="A473" s="2" t="s">
+        <v>2804</v>
+      </c>
+      <c r="B473" s="2" t="s">
+        <v>2805</v>
+      </c>
+      <c r="C473" s="2" t="s">
+        <v>2806</v>
+      </c>
+      <c r="D473" s="2" t="s">
+        <v>2316</v>
+      </c>
+      <c r="E473" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F473" s="2" t="s">
+        <v>2807</v>
+      </c>
+      <c r="G473" s="2" t="s">
+        <v>2808</v>
+      </c>
+      <c r="H473" s="2" t="s">
+        <v>2809</v>
+      </c>
+      <c r="I473" s="2" t="s">
+        <v>2810</v>
+      </c>
+    </row>
+    <row r="474" ht="15.75" customHeight="1">
+      <c r="A474" s="2" t="s">
+        <v>2804</v>
+      </c>
+      <c r="B474" s="2" t="s">
+        <v>2811</v>
+      </c>
+      <c r="C474" s="2" t="s">
+        <v>2812</v>
+      </c>
+      <c r="D474" s="2" t="s">
+        <v>2316</v>
+      </c>
+      <c r="E474" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F474" s="2" t="s">
+        <v>2807</v>
+      </c>
+      <c r="G474" s="2" t="s">
+        <v>2813</v>
+      </c>
+      <c r="H474" s="2" t="s">
+        <v>2814</v>
+      </c>
+      <c r="I474" s="2" t="s">
+        <v>2815</v>
+      </c>
+    </row>
+    <row r="475" ht="15.75" customHeight="1">
+      <c r="A475" s="2" t="s">
+        <v>2816</v>
+      </c>
+      <c r="B475" s="2" t="s">
+        <v>2817</v>
+      </c>
+      <c r="C475" s="2" t="s">
+        <v>2818</v>
+      </c>
+      <c r="D475" s="2" t="s">
+        <v>2816</v>
+      </c>
+      <c r="E475" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F475" s="2" t="s">
+        <v>2819</v>
+      </c>
+      <c r="G475" s="2" t="s">
+        <v>2820</v>
+      </c>
+      <c r="H475" s="2" t="s">
+        <v>2821</v>
+      </c>
+      <c r="I475" s="2" t="s">
+        <v>2822</v>
+      </c>
+    </row>
+    <row r="476" ht="15.75" customHeight="1">
+      <c r="A476" s="2" t="s">
+        <v>2816</v>
+      </c>
+      <c r="B476" s="2" t="s">
+        <v>2823</v>
+      </c>
+      <c r="C476" s="2" t="s">
+        <v>2824</v>
+      </c>
+      <c r="D476" s="2" t="s">
+        <v>2816</v>
+      </c>
+      <c r="E476" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F476" s="2" t="s">
+        <v>2825</v>
+      </c>
+      <c r="G476" s="2" t="s">
+        <v>2826</v>
+      </c>
+      <c r="H476" s="2" t="s">
+        <v>2827</v>
+      </c>
+      <c r="I476" s="2" t="s">
+        <v>2828</v>
+      </c>
+    </row>
+    <row r="477" ht="15.75" customHeight="1">
+      <c r="A477" s="2" t="s">
+        <v>2816</v>
+      </c>
+      <c r="B477" s="2" t="s">
+        <v>2829</v>
+      </c>
+      <c r="C477" s="2" t="s">
+        <v>2830</v>
+      </c>
+      <c r="D477" s="2" t="s">
+        <v>2816</v>
+      </c>
+      <c r="E477" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F477" s="2" t="s">
+        <v>2831</v>
+      </c>
+      <c r="G477" s="2" t="s">
+        <v>2674</v>
+      </c>
+      <c r="H477" s="2" t="s">
+        <v>2832</v>
+      </c>
+      <c r="I477" s="2" t="s">
+        <v>2833</v>
+      </c>
+    </row>
+    <row r="478" ht="15.75" customHeight="1">
+      <c r="A478" s="2" t="s">
+        <v>2816</v>
+      </c>
+      <c r="B478" s="2" t="s">
+        <v>2834</v>
+      </c>
+      <c r="C478" s="2" t="s">
+        <v>2835</v>
+      </c>
+      <c r="D478" s="2" t="s">
+        <v>2816</v>
+      </c>
+      <c r="E478" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F478" s="2" t="s">
+        <v>2831</v>
+      </c>
+      <c r="G478" s="2" t="s">
+        <v>2836</v>
+      </c>
+      <c r="H478" s="2" t="s">
+        <v>2837</v>
+      </c>
+      <c r="I478" s="2" t="s">
+        <v>2838</v>
+      </c>
+    </row>
+    <row r="479" ht="15.75" customHeight="1">
+      <c r="A479" s="2" t="s">
+        <v>2816</v>
+      </c>
+      <c r="B479" s="2" t="s">
+        <v>2839</v>
+      </c>
+      <c r="C479" s="2" t="s">
+        <v>2840</v>
+      </c>
+      <c r="D479" s="2" t="s">
+        <v>2841</v>
+      </c>
+      <c r="E479" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F479" s="2" t="s">
+        <v>2842</v>
+      </c>
+      <c r="G479" s="2" t="s">
+        <v>212</v>
+      </c>
+      <c r="H479" s="2" t="s">
+        <v>2843</v>
+      </c>
+      <c r="I479" s="2" t="s">
+        <v>2844</v>
+      </c>
+    </row>
+    <row r="480" ht="15.75" customHeight="1">
+      <c r="A480" s="2" t="s">
+        <v>2816</v>
+      </c>
+      <c r="B480" s="2" t="s">
+        <v>2471</v>
+      </c>
+      <c r="C480" s="2" t="s">
+        <v>2845</v>
+      </c>
+      <c r="D480" s="2" t="s">
+        <v>2816</v>
+      </c>
+      <c r="E480" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F480" s="2" t="s">
+        <v>2819</v>
+      </c>
+      <c r="G480" s="2" t="s">
+        <v>2473</v>
+      </c>
+      <c r="H480" s="2" t="s">
+        <v>2846</v>
+      </c>
+      <c r="I480" s="2" t="s">
+        <v>2847</v>
+      </c>
+    </row>
+    <row r="481" ht="15.75" customHeight="1">
+      <c r="A481" s="2" t="s">
+        <v>2848</v>
+      </c>
+      <c r="B481" s="2" t="s">
+        <v>2849</v>
+      </c>
+      <c r="C481" s="2" t="s">
+        <v>2850</v>
+      </c>
+      <c r="D481" s="2" t="s">
+        <v>2851</v>
+      </c>
+      <c r="E481" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F481" s="2" t="s">
+        <v>2852</v>
+      </c>
+      <c r="G481" s="2" t="s">
+        <v>2853</v>
+      </c>
+      <c r="H481" s="2" t="s">
+        <v>2854</v>
+      </c>
+      <c r="I481" s="2" t="s">
+        <v>2855</v>
+      </c>
+    </row>
+    <row r="482" ht="15.75" customHeight="1">
+      <c r="A482" s="2" t="s">
+        <v>2856</v>
+      </c>
+      <c r="B482" s="2" t="s">
+        <v>2857</v>
+      </c>
+      <c r="C482" s="2" t="s">
+        <v>2858</v>
+      </c>
+      <c r="D482" s="2" t="s">
+        <v>2859</v>
+      </c>
+      <c r="E482" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F482" s="2" t="s">
+        <v>2860</v>
+      </c>
+      <c r="G482" s="2" t="s">
+        <v>2861</v>
+      </c>
+      <c r="H482" s="2" t="s">
+        <v>2862</v>
+      </c>
+      <c r="I482" s="2" t="s">
+        <v>2863</v>
+      </c>
+    </row>
+    <row r="483" ht="15.75" customHeight="1">
+      <c r="A483" s="2" t="s">
+        <v>2856</v>
+      </c>
+      <c r="B483" s="2" t="s">
+        <v>2864</v>
+      </c>
+      <c r="C483" s="2" t="s">
+        <v>2865</v>
+      </c>
+      <c r="D483" s="2" t="s">
+        <v>2866</v>
+      </c>
+      <c r="E483" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F483" s="2" t="s">
+        <v>2867</v>
+      </c>
+      <c r="G483" s="2" t="s">
+        <v>2868</v>
+      </c>
+      <c r="H483" s="2" t="s">
+        <v>2869</v>
+      </c>
+      <c r="I483" s="2" t="s">
+        <v>2870</v>
+      </c>
+    </row>
+    <row r="484" ht="15.75" customHeight="1">
+      <c r="A484" s="2" t="s">
+        <v>2856</v>
+      </c>
+      <c r="B484" s="2" t="s">
+        <v>2871</v>
+      </c>
+      <c r="C484" s="2" t="s">
+        <v>2872</v>
+      </c>
+      <c r="D484" s="2" t="s">
+        <v>2859</v>
+      </c>
+      <c r="E484" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F484" s="2" t="s">
+        <v>2860</v>
+      </c>
+      <c r="G484" s="2" t="s">
+        <v>2868</v>
+      </c>
+      <c r="H484" s="2" t="s">
+        <v>2873</v>
+      </c>
+      <c r="I484" s="2" t="s">
+        <v>2874</v>
+      </c>
+    </row>
+    <row r="485" ht="15.75" customHeight="1">
+      <c r="A485" s="2" t="s">
+        <v>2875</v>
+      </c>
+      <c r="B485" s="2" t="s">
+        <v>2876</v>
+      </c>
+      <c r="C485" s="2" t="s">
+        <v>2877</v>
+      </c>
+      <c r="D485" s="2" t="s">
+        <v>2878</v>
+      </c>
+      <c r="E485" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F485" s="2" t="s">
+        <v>2879</v>
+      </c>
+      <c r="G485" s="2" t="s">
+        <v>2880</v>
+      </c>
+      <c r="H485" s="2" t="s">
+        <v>2505</v>
+      </c>
+      <c r="I485" s="2" t="s">
+        <v>2881</v>
+      </c>
+    </row>
+    <row r="486" ht="15.75" customHeight="1">
+      <c r="A486" s="2" t="s">
+        <v>2875</v>
+      </c>
+      <c r="B486" s="2" t="s">
+        <v>2882</v>
+      </c>
+      <c r="C486" s="2" t="s">
+        <v>2883</v>
+      </c>
+      <c r="D486" s="2" t="s">
+        <v>2878</v>
+      </c>
+      <c r="E486" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F486" s="2" t="s">
+        <v>2884</v>
+      </c>
+      <c r="G486" s="2" t="s">
+        <v>2885</v>
+      </c>
+      <c r="H486" s="2" t="s">
+        <v>2886</v>
+      </c>
+      <c r="I486" s="2" t="s">
+        <v>2887</v>
+      </c>
+    </row>
+    <row r="487" ht="15.75" customHeight="1">
+      <c r="A487" s="2" t="s">
+        <v>2875</v>
+      </c>
+      <c r="B487" s="2" t="s">
+        <v>2888</v>
+      </c>
+      <c r="C487" s="2" t="s">
+        <v>2889</v>
+      </c>
+      <c r="D487" s="2" t="s">
+        <v>2878</v>
+      </c>
+      <c r="E487" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F487" s="2" t="s">
+        <v>2884</v>
+      </c>
+      <c r="G487" s="2" t="s">
+        <v>2890</v>
+      </c>
+      <c r="H487" s="2" t="s">
+        <v>2891</v>
+      </c>
+      <c r="I487" s="2" t="s">
+        <v>2892</v>
+      </c>
+    </row>
+    <row r="488" ht="15.75" customHeight="1">
+      <c r="A488" s="2" t="s">
+        <v>2875</v>
+      </c>
+      <c r="B488" s="2" t="s">
+        <v>2893</v>
+      </c>
+      <c r="C488" s="2" t="s">
+        <v>2894</v>
+      </c>
+      <c r="D488" s="2" t="s">
+        <v>2878</v>
+      </c>
+      <c r="E488" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F488" s="2" t="s">
+        <v>2884</v>
+      </c>
+      <c r="G488" s="2" t="s">
+        <v>2895</v>
+      </c>
+      <c r="H488" s="2" t="s">
+        <v>2896</v>
+      </c>
+      <c r="I488" s="2" t="s">
+        <v>2897</v>
+      </c>
+    </row>
+    <row r="489" ht="15.75" customHeight="1">
+      <c r="A489" s="2" t="s">
+        <v>2875</v>
+      </c>
+      <c r="B489" s="2" t="s">
+        <v>2898</v>
+      </c>
+      <c r="C489" s="2" t="s">
+        <v>2899</v>
+      </c>
+      <c r="D489" s="2" t="s">
+        <v>2878</v>
+      </c>
+      <c r="E489" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F489" s="2" t="s">
+        <v>2879</v>
+      </c>
+      <c r="G489" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="H27" s="4" t="s">
-[...1272 lines deleted...]
-      <c r="C55" s="3" t="s">
+      <c r="H489" s="2" t="s">
+        <v>2900</v>
+      </c>
+      <c r="I489" s="2" t="s">
+        <v>2901</v>
+      </c>
+    </row>
+    <row r="490" ht="15.75" customHeight="1">
+      <c r="A490" s="2" t="s">
+        <v>2875</v>
+      </c>
+      <c r="B490" s="2" t="s">
+        <v>2902</v>
+      </c>
+      <c r="C490" s="2" t="s">
+        <v>2903</v>
+      </c>
+      <c r="D490" s="2" t="s">
+        <v>2878</v>
+      </c>
+      <c r="E490" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F490" s="2" t="s">
+        <v>2879</v>
+      </c>
+      <c r="G490" s="2" t="s">
+        <v>2904</v>
+      </c>
+      <c r="H490" s="2" t="s">
+        <v>2905</v>
+      </c>
+      <c r="I490" s="2" t="s">
+        <v>2906</v>
+      </c>
+    </row>
+    <row r="491" ht="15.75" customHeight="1">
+      <c r="A491" s="2" t="s">
+        <v>2875</v>
+      </c>
+      <c r="B491" s="2" t="s">
+        <v>2471</v>
+      </c>
+      <c r="C491" s="2" t="s">
+        <v>2907</v>
+      </c>
+      <c r="D491" s="2" t="s">
+        <v>2878</v>
+      </c>
+      <c r="E491" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F491" s="2" t="s">
+        <v>2884</v>
+      </c>
+      <c r="G491" s="2" t="s">
+        <v>2473</v>
+      </c>
+      <c r="H491" s="2" t="s">
+        <v>2908</v>
+      </c>
+      <c r="I491" s="2" t="s">
+        <v>2909</v>
+      </c>
+    </row>
+    <row r="492" ht="15.75" customHeight="1">
+      <c r="A492" s="2" t="s">
+        <v>2875</v>
+      </c>
+      <c r="B492" s="2" t="s">
+        <v>2910</v>
+      </c>
+      <c r="C492" s="2" t="s">
+        <v>2911</v>
+      </c>
+      <c r="D492" s="2" t="s">
+        <v>2878</v>
+      </c>
+      <c r="E492" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F492" s="2" t="s">
+        <v>2879</v>
+      </c>
+      <c r="G492" s="2" t="s">
+        <v>2912</v>
+      </c>
+      <c r="H492" s="2" t="s">
+        <v>2913</v>
+      </c>
+      <c r="I492" s="2" t="s">
+        <v>2914</v>
+      </c>
+    </row>
+    <row r="493" ht="15.75" customHeight="1">
+      <c r="A493" s="2" t="s">
+        <v>2875</v>
+      </c>
+      <c r="B493" s="2" t="s">
+        <v>2915</v>
+      </c>
+      <c r="C493" s="2" t="s">
+        <v>2916</v>
+      </c>
+      <c r="D493" s="2" t="s">
+        <v>2878</v>
+      </c>
+      <c r="E493" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F493" s="2" t="s">
+        <v>2917</v>
+      </c>
+      <c r="G493" s="2" t="s">
+        <v>2918</v>
+      </c>
+      <c r="H493" s="2" t="s">
+        <v>2919</v>
+      </c>
+      <c r="I493" s="2" t="s">
+        <v>2920</v>
+      </c>
+    </row>
+    <row r="494" ht="15.75" customHeight="1">
+      <c r="A494" s="2" t="s">
+        <v>2875</v>
+      </c>
+      <c r="B494" s="2" t="s">
+        <v>2921</v>
+      </c>
+      <c r="C494" s="2" t="s">
+        <v>2922</v>
+      </c>
+      <c r="D494" s="2" t="s">
+        <v>2878</v>
+      </c>
+      <c r="E494" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F494" s="2" t="s">
+        <v>2917</v>
+      </c>
+      <c r="G494" s="2" t="s">
+        <v>2918</v>
+      </c>
+      <c r="H494" s="2" t="s">
+        <v>2919</v>
+      </c>
+      <c r="I494" s="2" t="s">
+        <v>2923</v>
+      </c>
+    </row>
+    <row r="495" ht="15.75" customHeight="1">
+      <c r="A495" s="2" t="s">
+        <v>2924</v>
+      </c>
+      <c r="B495" s="2" t="s">
+        <v>2925</v>
+      </c>
+      <c r="C495" s="2" t="s">
+        <v>2926</v>
+      </c>
+      <c r="D495" s="2" t="s">
+        <v>2927</v>
+      </c>
+      <c r="E495" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F495" s="2" t="s">
+        <v>2928</v>
+      </c>
+      <c r="G495" s="2" t="s">
+        <v>2813</v>
+      </c>
+      <c r="H495" s="2" t="s">
+        <v>2929</v>
+      </c>
+      <c r="I495" s="2" t="s">
+        <v>2930</v>
+      </c>
+    </row>
+    <row r="496" ht="15.75" customHeight="1">
+      <c r="A496" s="2" t="s">
+        <v>2931</v>
+      </c>
+      <c r="B496" s="2" t="s">
+        <v>2932</v>
+      </c>
+      <c r="C496" s="2" t="s">
+        <v>2933</v>
+      </c>
+      <c r="D496" s="2" t="s">
+        <v>2934</v>
+      </c>
+      <c r="E496" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F496" s="2" t="s">
+        <v>2935</v>
+      </c>
+      <c r="G496" s="2" t="s">
+        <v>2936</v>
+      </c>
+      <c r="H496" s="2" t="s">
+        <v>2937</v>
+      </c>
+      <c r="I496" s="2" t="s">
+        <v>2938</v>
+      </c>
+    </row>
+    <row r="497" ht="15.75" customHeight="1">
+      <c r="A497" s="2" t="s">
+        <v>2931</v>
+      </c>
+      <c r="B497" s="2" t="s">
+        <v>2939</v>
+      </c>
+      <c r="C497" s="2" t="s">
+        <v>2940</v>
+      </c>
+      <c r="D497" s="2" t="s">
+        <v>2941</v>
+      </c>
+      <c r="E497" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F497" s="2" t="s">
+        <v>2942</v>
+      </c>
+      <c r="G497" s="2" t="s">
+        <v>2936</v>
+      </c>
+      <c r="H497" s="2" t="s">
+        <v>2943</v>
+      </c>
+      <c r="I497" s="2" t="s">
+        <v>2944</v>
+      </c>
+    </row>
+    <row r="498" ht="15.75" customHeight="1">
+      <c r="A498" s="2" t="s">
+        <v>2931</v>
+      </c>
+      <c r="B498" s="2" t="s">
+        <v>2945</v>
+      </c>
+      <c r="C498" s="2" t="s">
+        <v>2946</v>
+      </c>
+      <c r="D498" s="2" t="s">
+        <v>2941</v>
+      </c>
+      <c r="E498" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F498" s="2" t="s">
+        <v>2942</v>
+      </c>
+      <c r="G498" s="2" t="s">
+        <v>2947</v>
+      </c>
+      <c r="H498" s="2" t="s">
+        <v>2948</v>
+      </c>
+      <c r="I498" s="2" t="s">
+        <v>2949</v>
+      </c>
+    </row>
+    <row r="499" ht="15.75" customHeight="1">
+      <c r="A499" s="2" t="s">
+        <v>2931</v>
+      </c>
+      <c r="B499" s="2" t="s">
+        <v>2950</v>
+      </c>
+      <c r="C499" s="2" t="s">
+        <v>2951</v>
+      </c>
+      <c r="D499" s="2" t="s">
+        <v>2952</v>
+      </c>
+      <c r="E499" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F499" s="2" t="s">
+        <v>2953</v>
+      </c>
+      <c r="G499" s="2" t="s">
+        <v>2936</v>
+      </c>
+      <c r="H499" s="2" t="s">
+        <v>2943</v>
+      </c>
+      <c r="I499" s="2" t="s">
+        <v>2954</v>
+      </c>
+    </row>
+    <row r="500" ht="15.75" customHeight="1">
+      <c r="A500" s="2" t="s">
+        <v>2931</v>
+      </c>
+      <c r="B500" s="2" t="s">
+        <v>2955</v>
+      </c>
+      <c r="C500" s="2" t="s">
+        <v>2956</v>
+      </c>
+      <c r="D500" s="2" t="s">
+        <v>2957</v>
+      </c>
+      <c r="E500" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F500" s="2" t="s">
+        <v>2958</v>
+      </c>
+      <c r="G500" s="2" t="s">
+        <v>2959</v>
+      </c>
+      <c r="H500" s="2" t="s">
+        <v>2960</v>
+      </c>
+      <c r="I500" s="2" t="s">
+        <v>2961</v>
+      </c>
+    </row>
+    <row r="501" ht="15.75" customHeight="1">
+      <c r="A501" s="2" t="s">
+        <v>2931</v>
+      </c>
+      <c r="B501" s="2" t="s">
+        <v>2962</v>
+      </c>
+      <c r="C501" s="2" t="s">
+        <v>2963</v>
+      </c>
+      <c r="D501" s="2" t="s">
+        <v>2964</v>
+      </c>
+      <c r="E501" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F501" s="2" t="s">
+        <v>2965</v>
+      </c>
+      <c r="G501" s="2" t="s">
+        <v>2966</v>
+      </c>
+      <c r="H501" s="2" t="s">
+        <v>2967</v>
+      </c>
+      <c r="I501" s="2" t="s">
+        <v>2968</v>
+      </c>
+    </row>
+    <row r="502" ht="15.75" customHeight="1">
+      <c r="A502" s="2" t="s">
+        <v>2931</v>
+      </c>
+      <c r="B502" s="2" t="s">
+        <v>2969</v>
+      </c>
+      <c r="C502" s="2" t="s">
+        <v>2970</v>
+      </c>
+      <c r="D502" s="2" t="s">
+        <v>2941</v>
+      </c>
+      <c r="E502" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F502" s="2" t="s">
+        <v>2971</v>
+      </c>
+      <c r="G502" s="2" t="s">
+        <v>2972</v>
+      </c>
+      <c r="H502" s="2" t="s">
+        <v>2973</v>
+      </c>
+      <c r="I502" s="2" t="s">
+        <v>2974</v>
+      </c>
+    </row>
+    <row r="503" ht="15.75" customHeight="1">
+      <c r="A503" s="2" t="s">
+        <v>2931</v>
+      </c>
+      <c r="B503" s="2" t="s">
+        <v>2823</v>
+      </c>
+      <c r="C503" s="2" t="s">
+        <v>2975</v>
+      </c>
+      <c r="D503" s="2" t="s">
+        <v>2941</v>
+      </c>
+      <c r="E503" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F503" s="2" t="s">
+        <v>2942</v>
+      </c>
+      <c r="G503" s="2" t="s">
+        <v>2826</v>
+      </c>
+      <c r="H503" s="2" t="s">
+        <v>2976</v>
+      </c>
+      <c r="I503" s="2" t="s">
+        <v>2977</v>
+      </c>
+    </row>
+    <row r="504" ht="15.75" customHeight="1">
+      <c r="A504" s="2" t="s">
+        <v>2931</v>
+      </c>
+      <c r="B504" s="2" t="s">
+        <v>2823</v>
+      </c>
+      <c r="C504" s="2" t="s">
+        <v>2978</v>
+      </c>
+      <c r="D504" s="2" t="s">
+        <v>2941</v>
+      </c>
+      <c r="E504" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F504" s="2" t="s">
+        <v>2942</v>
+      </c>
+      <c r="G504" s="2" t="s">
+        <v>2826</v>
+      </c>
+      <c r="H504" s="2" t="s">
+        <v>2976</v>
+      </c>
+      <c r="I504" s="2" t="s">
+        <v>2979</v>
+      </c>
+    </row>
+    <row r="505" ht="15.75" customHeight="1">
+      <c r="A505" s="2" t="s">
+        <v>2931</v>
+      </c>
+      <c r="B505" s="2" t="s">
+        <v>2980</v>
+      </c>
+      <c r="C505" s="2" t="s">
+        <v>2981</v>
+      </c>
+      <c r="D505" s="2" t="s">
+        <v>2941</v>
+      </c>
+      <c r="E505" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F505" s="2" t="s">
+        <v>2971</v>
+      </c>
+      <c r="G505" s="2" t="s">
+        <v>2982</v>
+      </c>
+      <c r="H505" s="2" t="s">
+        <v>2983</v>
+      </c>
+      <c r="I505" s="2" t="s">
+        <v>2984</v>
+      </c>
+    </row>
+    <row r="506" ht="15.75" customHeight="1">
+      <c r="A506" s="2" t="s">
+        <v>2931</v>
+      </c>
+      <c r="B506" s="2" t="s">
+        <v>2985</v>
+      </c>
+      <c r="C506" s="2" t="s">
+        <v>2986</v>
+      </c>
+      <c r="D506" s="2" t="s">
+        <v>2987</v>
+      </c>
+      <c r="E506" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F506" s="2" t="s">
+        <v>2971</v>
+      </c>
+      <c r="G506" s="2" t="s">
+        <v>940</v>
+      </c>
+      <c r="H506" s="2" t="s">
+        <v>2988</v>
+      </c>
+      <c r="I506" s="2" t="s">
+        <v>2989</v>
+      </c>
+    </row>
+    <row r="507" ht="15.75" customHeight="1">
+      <c r="A507" s="2" t="s">
+        <v>2931</v>
+      </c>
+      <c r="B507" s="2" t="s">
+        <v>2990</v>
+      </c>
+      <c r="C507" s="2" t="s">
+        <v>2991</v>
+      </c>
+      <c r="D507" s="2" t="s">
+        <v>2934</v>
+      </c>
+      <c r="E507" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F507" s="2" t="s">
+        <v>2992</v>
+      </c>
+      <c r="G507" s="2" t="s">
+        <v>2993</v>
+      </c>
+      <c r="H507" s="2" t="s">
+        <v>2994</v>
+      </c>
+      <c r="I507" s="2" t="s">
+        <v>2995</v>
+      </c>
+    </row>
+    <row r="508" ht="15.75" customHeight="1">
+      <c r="A508" s="2" t="s">
+        <v>2931</v>
+      </c>
+      <c r="B508" s="2" t="s">
+        <v>2996</v>
+      </c>
+      <c r="C508" s="2" t="s">
+        <v>2997</v>
+      </c>
+      <c r="D508" s="2" t="s">
+        <v>2952</v>
+      </c>
+      <c r="E508" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F508" s="2" t="s">
+        <v>2998</v>
+      </c>
+      <c r="G508" s="2" t="s">
+        <v>2993</v>
+      </c>
+      <c r="H508" s="2" t="s">
+        <v>2999</v>
+      </c>
+      <c r="I508" s="2" t="s">
+        <v>3000</v>
+      </c>
+    </row>
+    <row r="509" ht="15.75" customHeight="1">
+      <c r="A509" s="2" t="s">
+        <v>2931</v>
+      </c>
+      <c r="B509" s="2" t="s">
+        <v>3001</v>
+      </c>
+      <c r="C509" s="2" t="s">
+        <v>3002</v>
+      </c>
+      <c r="D509" s="2" t="s">
+        <v>2952</v>
+      </c>
+      <c r="E509" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F509" s="2" t="s">
+        <v>2998</v>
+      </c>
+      <c r="G509" s="2" t="s">
+        <v>3003</v>
+      </c>
+      <c r="H509" s="2" t="s">
+        <v>3004</v>
+      </c>
+      <c r="I509" s="2" t="s">
+        <v>3005</v>
+      </c>
+    </row>
+    <row r="510" ht="15.75" customHeight="1">
+      <c r="A510" s="2" t="s">
+        <v>2931</v>
+      </c>
+      <c r="B510" s="2" t="s">
+        <v>3006</v>
+      </c>
+      <c r="C510" s="2" t="s">
+        <v>3007</v>
+      </c>
+      <c r="D510" s="2" t="s">
+        <v>2964</v>
+      </c>
+      <c r="E510" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F510" s="2" t="s">
+        <v>2965</v>
+      </c>
+      <c r="G510" s="2" t="s">
+        <v>3008</v>
+      </c>
+      <c r="H510" s="2" t="s">
+        <v>3009</v>
+      </c>
+      <c r="I510" s="2" t="s">
+        <v>3010</v>
+      </c>
+    </row>
+    <row r="511" ht="15.75" customHeight="1">
+      <c r="A511" s="2" t="s">
+        <v>2931</v>
+      </c>
+      <c r="B511" s="2" t="s">
+        <v>3011</v>
+      </c>
+      <c r="C511" s="2" t="s">
+        <v>3012</v>
+      </c>
+      <c r="D511" s="2" t="s">
+        <v>3013</v>
+      </c>
+      <c r="E511" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F511" s="2" t="s">
+        <v>3014</v>
+      </c>
+      <c r="G511" s="2" t="s">
+        <v>3015</v>
+      </c>
+      <c r="H511" s="2" t="s">
+        <v>3016</v>
+      </c>
+      <c r="I511" s="2" t="s">
+        <v>3017</v>
+      </c>
+    </row>
+    <row r="512" ht="15.75" customHeight="1">
+      <c r="A512" s="2" t="s">
+        <v>2931</v>
+      </c>
+      <c r="B512" s="2" t="s">
+        <v>3011</v>
+      </c>
+      <c r="C512" s="2" t="s">
+        <v>3018</v>
+      </c>
+      <c r="D512" s="2" t="s">
+        <v>2957</v>
+      </c>
+      <c r="E512" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F512" s="2" t="s">
+        <v>2958</v>
+      </c>
+      <c r="G512" s="2" t="s">
+        <v>3015</v>
+      </c>
+      <c r="H512" s="2" t="s">
+        <v>3019</v>
+      </c>
+      <c r="I512" s="2" t="s">
+        <v>3020</v>
+      </c>
+    </row>
+    <row r="513" ht="15.75" customHeight="1">
+      <c r="A513" s="2" t="s">
+        <v>2931</v>
+      </c>
+      <c r="B513" s="2" t="s">
+        <v>3021</v>
+      </c>
+      <c r="C513" s="2" t="s">
+        <v>3018</v>
+      </c>
+      <c r="D513" s="2" t="s">
+        <v>2957</v>
+      </c>
+      <c r="E513" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F513" s="2" t="s">
+        <v>2958</v>
+      </c>
+      <c r="G513" s="2" t="s">
+        <v>3022</v>
+      </c>
+      <c r="H513" s="2" t="s">
+        <v>3023</v>
+      </c>
+      <c r="I513" s="2" t="s">
+        <v>3024</v>
+      </c>
+    </row>
+    <row r="514" ht="15.75" customHeight="1">
+      <c r="A514" s="2" t="s">
+        <v>2931</v>
+      </c>
+      <c r="B514" s="2" t="s">
+        <v>3025</v>
+      </c>
+      <c r="C514" s="2" t="s">
+        <v>3018</v>
+      </c>
+      <c r="D514" s="2" t="s">
+        <v>2957</v>
+      </c>
+      <c r="E514" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F514" s="2" t="s">
+        <v>2958</v>
+      </c>
+      <c r="G514" s="2" t="s">
+        <v>3026</v>
+      </c>
+      <c r="H514" s="2" t="s">
+        <v>3023</v>
+      </c>
+      <c r="I514" s="2" t="s">
+        <v>3027</v>
+      </c>
+    </row>
+    <row r="515" ht="15.75" customHeight="1">
+      <c r="A515" s="2" t="s">
+        <v>2931</v>
+      </c>
+      <c r="B515" s="2" t="s">
+        <v>3028</v>
+      </c>
+      <c r="C515" s="2" t="s">
+        <v>3029</v>
+      </c>
+      <c r="D515" s="2" t="s">
+        <v>2941</v>
+      </c>
+      <c r="E515" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F515" s="2" t="s">
+        <v>2942</v>
+      </c>
+      <c r="G515" s="2" t="s">
+        <v>3030</v>
+      </c>
+      <c r="H515" s="2" t="s">
+        <v>3031</v>
+      </c>
+      <c r="I515" s="2" t="s">
+        <v>3032</v>
+      </c>
+    </row>
+    <row r="516" ht="15.75" customHeight="1">
+      <c r="A516" s="2" t="s">
+        <v>2931</v>
+      </c>
+      <c r="B516" s="2" t="s">
+        <v>3033</v>
+      </c>
+      <c r="C516" s="2" t="s">
+        <v>3034</v>
+      </c>
+      <c r="D516" s="2" t="s">
+        <v>3035</v>
+      </c>
+      <c r="E516" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F516" s="2" t="s">
+        <v>3036</v>
+      </c>
+      <c r="G516" s="2" t="s">
+        <v>3037</v>
+      </c>
+      <c r="H516" s="2" t="s">
+        <v>3038</v>
+      </c>
+      <c r="I516" s="2" t="s">
+        <v>3039</v>
+      </c>
+    </row>
+    <row r="517" ht="15.75" customHeight="1">
+      <c r="A517" s="2" t="s">
+        <v>2931</v>
+      </c>
+      <c r="B517" s="2" t="s">
+        <v>3040</v>
+      </c>
+      <c r="C517" s="2" t="s">
+        <v>3034</v>
+      </c>
+      <c r="D517" s="2" t="s">
+        <v>3035</v>
+      </c>
+      <c r="E517" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F517" s="2" t="s">
+        <v>3036</v>
+      </c>
+      <c r="G517" s="2" t="s">
+        <v>3041</v>
+      </c>
+      <c r="H517" s="2" t="s">
+        <v>3042</v>
+      </c>
+      <c r="I517" s="2" t="s">
+        <v>3043</v>
+      </c>
+    </row>
+    <row r="518" ht="15.75" customHeight="1">
+      <c r="A518" s="2" t="s">
+        <v>2931</v>
+      </c>
+      <c r="B518" s="2" t="s">
+        <v>3044</v>
+      </c>
+      <c r="C518" s="2" t="s">
+        <v>3045</v>
+      </c>
+      <c r="D518" s="2" t="s">
+        <v>2964</v>
+      </c>
+      <c r="E518" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F518" s="2" t="s">
+        <v>3046</v>
+      </c>
+      <c r="G518" s="2" t="s">
+        <v>3047</v>
+      </c>
+      <c r="H518" s="2" t="s">
         <v>341</v>
       </c>
-      <c r="D55" s="3" t="s">
-[...1808 lines deleted...]
-      <c r="I94" s="4" t="s">
+      <c r="I518" s="2" t="s">
+        <v>3048</v>
+      </c>
+    </row>
+    <row r="519" ht="15.75" customHeight="1">
+      <c r="A519" s="2" t="s">
+        <v>2931</v>
+      </c>
+      <c r="B519" s="2" t="s">
+        <v>3049</v>
+      </c>
+      <c r="C519" s="2" t="s">
+        <v>3050</v>
+      </c>
+      <c r="D519" s="2" t="s">
+        <v>2987</v>
+      </c>
+      <c r="E519" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F519" s="2" t="s">
+        <v>2971</v>
+      </c>
+      <c r="G519" s="2" t="s">
+        <v>2972</v>
+      </c>
+      <c r="H519" s="2" t="s">
+        <v>3051</v>
+      </c>
+      <c r="I519" s="2" t="s">
+        <v>3052</v>
+      </c>
+    </row>
+    <row r="520" ht="15.75" customHeight="1">
+      <c r="A520" s="2" t="s">
+        <v>2931</v>
+      </c>
+      <c r="B520" s="2" t="s">
+        <v>3053</v>
+      </c>
+      <c r="C520" s="2" t="s">
+        <v>3054</v>
+      </c>
+      <c r="D520" s="2" t="s">
+        <v>2941</v>
+      </c>
+      <c r="E520" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F520" s="2" t="s">
+        <v>2942</v>
+      </c>
+      <c r="G520" s="2" t="s">
+        <v>3055</v>
+      </c>
+      <c r="H520" s="2" t="s">
+        <v>3056</v>
+      </c>
+      <c r="I520" s="2" t="s">
+        <v>3057</v>
+      </c>
+    </row>
+    <row r="521" ht="15.75" customHeight="1">
+      <c r="A521" s="2" t="s">
+        <v>2931</v>
+      </c>
+      <c r="B521" s="2" t="s">
+        <v>3058</v>
+      </c>
+      <c r="C521" s="2" t="s">
+        <v>3059</v>
+      </c>
+      <c r="D521" s="2" t="s">
+        <v>2941</v>
+      </c>
+      <c r="E521" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F521" s="2" t="s">
+        <v>2942</v>
+      </c>
+      <c r="G521" s="2" t="s">
+        <v>3060</v>
+      </c>
+      <c r="H521" s="2" t="s">
+        <v>3061</v>
+      </c>
+      <c r="I521" s="2" t="s">
+        <v>3062</v>
+      </c>
+    </row>
+    <row r="522" ht="15.75" customHeight="1">
+      <c r="A522" s="2" t="s">
+        <v>2931</v>
+      </c>
+      <c r="B522" s="2" t="s">
+        <v>3063</v>
+      </c>
+      <c r="C522" s="2" t="s">
+        <v>3064</v>
+      </c>
+      <c r="D522" s="2" t="s">
+        <v>2941</v>
+      </c>
+      <c r="E522" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F522" s="2" t="s">
+        <v>2971</v>
+      </c>
+      <c r="G522" s="2" t="s">
+        <v>3065</v>
+      </c>
+      <c r="H522" s="2" t="s">
+        <v>3066</v>
+      </c>
+      <c r="I522" s="2" t="s">
+        <v>3067</v>
+      </c>
+    </row>
+    <row r="523" ht="15.75" customHeight="1">
+      <c r="A523" s="2" t="s">
+        <v>2931</v>
+      </c>
+      <c r="B523" s="2" t="s">
+        <v>2471</v>
+      </c>
+      <c r="C523" s="2" t="s">
+        <v>3068</v>
+      </c>
+      <c r="D523" s="2" t="s">
+        <v>2941</v>
+      </c>
+      <c r="E523" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F523" s="2" t="s">
+        <v>2942</v>
+      </c>
+      <c r="G523" s="2" t="s">
+        <v>2473</v>
+      </c>
+      <c r="H523" s="2" t="s">
+        <v>3069</v>
+      </c>
+      <c r="I523" s="2" t="s">
+        <v>3070</v>
+      </c>
+    </row>
+    <row r="524" ht="15.75" customHeight="1">
+      <c r="A524" s="2" t="s">
+        <v>2931</v>
+      </c>
+      <c r="B524" s="2" t="s">
+        <v>3071</v>
+      </c>
+      <c r="C524" s="2" t="s">
+        <v>3072</v>
+      </c>
+      <c r="D524" s="2" t="s">
+        <v>2964</v>
+      </c>
+      <c r="E524" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F524" s="2" t="s">
+        <v>3073</v>
+      </c>
+      <c r="G524" s="2" t="s">
+        <v>2006</v>
+      </c>
+      <c r="H524" s="2" t="s">
+        <v>3074</v>
+      </c>
+      <c r="I524" s="2" t="s">
+        <v>3075</v>
+      </c>
+    </row>
+    <row r="525" ht="15.75" customHeight="1">
+      <c r="A525" s="2" t="s">
+        <v>2931</v>
+      </c>
+      <c r="B525" s="2" t="s">
+        <v>3076</v>
+      </c>
+      <c r="C525" s="2" t="s">
+        <v>2940</v>
+      </c>
+      <c r="D525" s="2" t="s">
+        <v>2941</v>
+      </c>
+      <c r="E525" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F525" s="2" t="s">
+        <v>2942</v>
+      </c>
+      <c r="G525" s="2" t="s">
+        <v>3077</v>
+      </c>
+      <c r="H525" s="2" t="s">
+        <v>3078</v>
+      </c>
+      <c r="I525" s="2" t="s">
+        <v>3079</v>
+      </c>
+    </row>
+    <row r="526" ht="15.75" customHeight="1">
+      <c r="A526" s="2" t="s">
+        <v>2931</v>
+      </c>
+      <c r="B526" s="2" t="s">
+        <v>3080</v>
+      </c>
+      <c r="C526" s="2" t="s">
+        <v>3045</v>
+      </c>
+      <c r="D526" s="2" t="s">
+        <v>2964</v>
+      </c>
+      <c r="E526" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F526" s="2" t="s">
+        <v>3046</v>
+      </c>
+      <c r="G526" s="2" t="s">
+        <v>3081</v>
+      </c>
+      <c r="H526" s="2" t="s">
+        <v>341</v>
+      </c>
+      <c r="I526" s="2" t="s">
+        <v>3082</v>
+      </c>
+    </row>
+    <row r="527" ht="15.75" customHeight="1">
+      <c r="A527" s="2" t="s">
+        <v>2931</v>
+      </c>
+      <c r="B527" s="2" t="s">
+        <v>3083</v>
+      </c>
+      <c r="C527" s="2" t="s">
+        <v>3045</v>
+      </c>
+      <c r="D527" s="2" t="s">
+        <v>2964</v>
+      </c>
+      <c r="E527" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F527" s="2" t="s">
+        <v>3046</v>
+      </c>
+      <c r="G527" s="2" t="s">
+        <v>3084</v>
+      </c>
+      <c r="H527" s="2" t="s">
+        <v>3085</v>
+      </c>
+      <c r="I527" s="2" t="s">
+        <v>3086</v>
+      </c>
+    </row>
+    <row r="528" ht="15.75" customHeight="1">
+      <c r="A528" s="2" t="s">
+        <v>2931</v>
+      </c>
+      <c r="B528" s="2" t="s">
+        <v>3087</v>
+      </c>
+      <c r="C528" s="2" t="s">
+        <v>3088</v>
+      </c>
+      <c r="D528" s="2" t="s">
+        <v>2941</v>
+      </c>
+      <c r="E528" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F528" s="2" t="s">
+        <v>2942</v>
+      </c>
+      <c r="G528" s="2" t="s">
+        <v>3089</v>
+      </c>
+      <c r="H528" s="2" t="s">
+        <v>3090</v>
+      </c>
+      <c r="I528" s="2" t="s">
+        <v>3091</v>
+      </c>
+    </row>
+    <row r="529" ht="15.75" customHeight="1">
+      <c r="A529" s="2" t="s">
+        <v>2931</v>
+      </c>
+      <c r="B529" s="2" t="s">
+        <v>3092</v>
+      </c>
+      <c r="C529" s="2" t="s">
+        <v>3093</v>
+      </c>
+      <c r="D529" s="2" t="s">
+        <v>2952</v>
+      </c>
+      <c r="E529" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F529" s="2" t="s">
+        <v>2953</v>
+      </c>
+      <c r="G529" s="2" t="s">
+        <v>3094</v>
+      </c>
+      <c r="H529" s="2" t="s">
+        <v>3095</v>
+      </c>
+      <c r="I529" s="2" t="s">
+        <v>3096</v>
+      </c>
+    </row>
+    <row r="530" ht="15.75" customHeight="1">
+      <c r="A530" s="2" t="s">
+        <v>3097</v>
+      </c>
+      <c r="B530" s="2" t="s">
+        <v>3098</v>
+      </c>
+      <c r="C530" s="2" t="s">
+        <v>3099</v>
+      </c>
+      <c r="D530" s="2" t="s">
+        <v>3100</v>
+      </c>
+      <c r="E530" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F530" s="2" t="s">
+        <v>3101</v>
+      </c>
+      <c r="G530" s="2" t="s">
+        <v>2609</v>
+      </c>
+      <c r="H530" s="2" t="s">
+        <v>3102</v>
+      </c>
+      <c r="I530" s="2" t="s">
+        <v>3103</v>
+      </c>
+    </row>
+    <row r="531" ht="15.75" customHeight="1">
+      <c r="A531" s="2" t="s">
+        <v>3097</v>
+      </c>
+      <c r="B531" s="2" t="s">
+        <v>3104</v>
+      </c>
+      <c r="C531" s="2" t="s">
+        <v>3105</v>
+      </c>
+      <c r="D531" s="2" t="s">
+        <v>3106</v>
+      </c>
+      <c r="E531" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F531" s="2" t="s">
+        <v>3107</v>
+      </c>
+      <c r="G531" s="2" t="s">
+        <v>2936</v>
+      </c>
+      <c r="H531" s="2" t="s">
+        <v>3108</v>
+      </c>
+      <c r="I531" s="2" t="s">
+        <v>3109</v>
+      </c>
+    </row>
+    <row r="532" ht="15.75" customHeight="1">
+      <c r="A532" s="2" t="s">
+        <v>3097</v>
+      </c>
+      <c r="B532" s="2" t="s">
+        <v>2477</v>
+      </c>
+      <c r="C532" s="2" t="s">
+        <v>3110</v>
+      </c>
+      <c r="D532" s="2" t="s">
+        <v>3111</v>
+      </c>
+      <c r="E532" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F532" s="2" t="s">
+        <v>3112</v>
+      </c>
+      <c r="G532" s="2" t="s">
+        <v>2481</v>
+      </c>
+      <c r="H532" s="2" t="s">
+        <v>3113</v>
+      </c>
+      <c r="I532" s="2" t="s">
+        <v>3114</v>
+      </c>
+    </row>
+    <row r="533" ht="15.75" customHeight="1">
+      <c r="A533" s="2" t="s">
+        <v>3097</v>
+      </c>
+      <c r="B533" s="2" t="s">
+        <v>2477</v>
+      </c>
+      <c r="C533" s="2" t="s">
+        <v>3115</v>
+      </c>
+      <c r="D533" s="2" t="s">
+        <v>3116</v>
+      </c>
+      <c r="E533" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F533" s="2" t="s">
+        <v>3117</v>
+      </c>
+      <c r="G533" s="2" t="s">
+        <v>3118</v>
+      </c>
+      <c r="H533" s="2" t="s">
+        <v>3119</v>
+      </c>
+      <c r="I533" s="2" t="s">
+        <v>3120</v>
+      </c>
+    </row>
+    <row r="534" ht="15.75" customHeight="1">
+      <c r="A534" s="2" t="s">
+        <v>3097</v>
+      </c>
+      <c r="B534" s="2" t="s">
+        <v>3121</v>
+      </c>
+      <c r="C534" s="2" t="s">
+        <v>3122</v>
+      </c>
+      <c r="D534" s="2" t="s">
+        <v>3123</v>
+      </c>
+      <c r="E534" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F534" s="2" t="s">
+        <v>3124</v>
+      </c>
+      <c r="G534" s="2" t="s">
+        <v>3125</v>
+      </c>
+      <c r="H534" s="2" t="s">
+        <v>3126</v>
+      </c>
+      <c r="I534" s="2" t="s">
+        <v>3127</v>
+      </c>
+    </row>
+    <row r="535" ht="15.75" customHeight="1">
+      <c r="A535" s="2" t="s">
+        <v>3097</v>
+      </c>
+      <c r="B535" s="2" t="s">
+        <v>3128</v>
+      </c>
+      <c r="C535" s="2" t="s">
+        <v>3129</v>
+      </c>
+      <c r="D535" s="2" t="s">
+        <v>3116</v>
+      </c>
+      <c r="E535" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F535" s="2" t="s">
+        <v>3117</v>
+      </c>
+      <c r="G535" s="2" t="s">
+        <v>2609</v>
+      </c>
+      <c r="H535" s="2" t="s">
+        <v>3130</v>
+      </c>
+      <c r="I535" s="2" t="s">
+        <v>3131</v>
+      </c>
+    </row>
+    <row r="536" ht="15.75" customHeight="1">
+      <c r="A536" s="2" t="s">
+        <v>3097</v>
+      </c>
+      <c r="B536" s="2" t="s">
+        <v>3132</v>
+      </c>
+      <c r="C536" s="2" t="s">
+        <v>3133</v>
+      </c>
+      <c r="D536" s="2" t="s">
+        <v>3134</v>
+      </c>
+      <c r="E536" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F536" s="2" t="s">
+        <v>3135</v>
+      </c>
+      <c r="G536" s="2" t="s">
+        <v>2801</v>
+      </c>
+      <c r="H536" s="2" t="s">
+        <v>3136</v>
+      </c>
+      <c r="I536" s="2" t="s">
+        <v>3137</v>
+      </c>
+    </row>
+    <row r="537" ht="15.75" customHeight="1">
+      <c r="A537" s="2" t="s">
+        <v>3097</v>
+      </c>
+      <c r="B537" s="2" t="s">
+        <v>3138</v>
+      </c>
+      <c r="C537" s="2" t="s">
+        <v>3139</v>
+      </c>
+      <c r="D537" s="2" t="s">
+        <v>3100</v>
+      </c>
+      <c r="E537" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F537" s="2" t="s">
+        <v>3140</v>
+      </c>
+      <c r="G537" s="2" t="s">
+        <v>2801</v>
+      </c>
+      <c r="H537" s="2" t="s">
+        <v>3141</v>
+      </c>
+      <c r="I537" s="2" t="s">
+        <v>3142</v>
+      </c>
+    </row>
+    <row r="538" ht="15.75" customHeight="1">
+      <c r="A538" s="2" t="s">
+        <v>3097</v>
+      </c>
+      <c r="B538" s="2" t="s">
+        <v>3143</v>
+      </c>
+      <c r="C538" s="2" t="s">
+        <v>3144</v>
+      </c>
+      <c r="D538" s="2" t="s">
+        <v>3145</v>
+      </c>
+      <c r="E538" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F538" s="2" t="s">
+        <v>3146</v>
+      </c>
+      <c r="G538" s="2" t="s">
+        <v>3147</v>
+      </c>
+      <c r="H538" s="2" t="s">
+        <v>3148</v>
+      </c>
+      <c r="I538" s="2" t="s">
+        <v>3149</v>
+      </c>
+    </row>
+    <row r="539" ht="15.75" customHeight="1">
+      <c r="A539" s="2" t="s">
+        <v>3097</v>
+      </c>
+      <c r="B539" s="2" t="s">
+        <v>3150</v>
+      </c>
+      <c r="C539" s="2" t="s">
+        <v>3151</v>
+      </c>
+      <c r="D539" s="2" t="s">
+        <v>3123</v>
+      </c>
+      <c r="E539" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F539" s="2" t="s">
+        <v>3124</v>
+      </c>
+      <c r="G539" s="2" t="s">
+        <v>3152</v>
+      </c>
+      <c r="H539" s="2" t="s">
+        <v>3153</v>
+      </c>
+      <c r="I539" s="2" t="s">
+        <v>3154</v>
+      </c>
+    </row>
+    <row r="540" ht="15.75" customHeight="1">
+      <c r="A540" s="2" t="s">
+        <v>3097</v>
+      </c>
+      <c r="B540" s="2" t="s">
+        <v>3155</v>
+      </c>
+      <c r="C540" s="2" t="s">
+        <v>3156</v>
+      </c>
+      <c r="D540" s="2" t="s">
+        <v>3134</v>
+      </c>
+      <c r="E540" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F540" s="2" t="s">
+        <v>3135</v>
+      </c>
+      <c r="G540" s="2" t="s">
+        <v>3015</v>
+      </c>
+      <c r="H540" s="2" t="s">
+        <v>3157</v>
+      </c>
+      <c r="I540" s="2" t="s">
+        <v>3158</v>
+      </c>
+    </row>
+    <row r="541" ht="15.75" customHeight="1">
+      <c r="A541" s="2" t="s">
+        <v>3097</v>
+      </c>
+      <c r="B541" s="2" t="s">
+        <v>3159</v>
+      </c>
+      <c r="C541" s="2" t="s">
+        <v>3156</v>
+      </c>
+      <c r="D541" s="2" t="s">
+        <v>3160</v>
+      </c>
+      <c r="E541" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F541" s="2" t="s">
+        <v>3135</v>
+      </c>
+      <c r="G541" s="2" t="s">
+        <v>3161</v>
+      </c>
+      <c r="H541" s="2" t="s">
+        <v>3162</v>
+      </c>
+      <c r="I541" s="2" t="s">
+        <v>3163</v>
+      </c>
+    </row>
+    <row r="542" ht="15.75" customHeight="1">
+      <c r="A542" s="2" t="s">
+        <v>3097</v>
+      </c>
+      <c r="B542" s="2" t="s">
+        <v>3164</v>
+      </c>
+      <c r="C542" s="2" t="s">
+        <v>3165</v>
+      </c>
+      <c r="D542" s="2" t="s">
+        <v>3166</v>
+      </c>
+      <c r="E542" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F542" s="2" t="s">
+        <v>3167</v>
+      </c>
+      <c r="G542" s="2" t="s">
+        <v>3168</v>
+      </c>
+      <c r="H542" s="2" t="s">
+        <v>3169</v>
+      </c>
+      <c r="I542" s="2" t="s">
+        <v>3170</v>
+      </c>
+    </row>
+    <row r="543" ht="15.75" customHeight="1">
+      <c r="A543" s="2" t="s">
+        <v>3097</v>
+      </c>
+      <c r="B543" s="2" t="s">
+        <v>1556</v>
+      </c>
+      <c r="C543" s="2" t="s">
+        <v>3171</v>
+      </c>
+      <c r="D543" s="2" t="s">
+        <v>3172</v>
+      </c>
+      <c r="E543" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F543" s="2" t="s">
+        <v>3173</v>
+      </c>
+      <c r="G543" s="2" t="s">
+        <v>1559</v>
+      </c>
+      <c r="H543" s="2" t="s">
+        <v>3174</v>
+      </c>
+      <c r="I543" s="2" t="s">
+        <v>3175</v>
+      </c>
+    </row>
+    <row r="544" ht="15.75" customHeight="1">
+      <c r="A544" s="2" t="s">
+        <v>3097</v>
+      </c>
+      <c r="B544" s="2" t="s">
+        <v>2730</v>
+      </c>
+      <c r="C544" s="2" t="s">
+        <v>3176</v>
+      </c>
+      <c r="D544" s="2" t="s">
+        <v>3111</v>
+      </c>
+      <c r="E544" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F544" s="2" t="s">
+        <v>3112</v>
+      </c>
+      <c r="G544" s="2" t="s">
+        <v>3177</v>
+      </c>
+      <c r="H544" s="2" t="s">
+        <v>3178</v>
+      </c>
+      <c r="I544" s="2" t="s">
+        <v>3179</v>
+      </c>
+    </row>
+    <row r="545" ht="15.75" customHeight="1">
+      <c r="A545" s="2" t="s">
+        <v>3097</v>
+      </c>
+      <c r="B545" s="2" t="s">
+        <v>2605</v>
+      </c>
+      <c r="C545" s="2" t="s">
+        <v>3180</v>
+      </c>
+      <c r="D545" s="2" t="s">
+        <v>3181</v>
+      </c>
+      <c r="E545" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F545" s="2" t="s">
+        <v>3117</v>
+      </c>
+      <c r="G545" s="2" t="s">
+        <v>3182</v>
+      </c>
+      <c r="H545" s="2" t="s">
+        <v>3183</v>
+      </c>
+      <c r="I545" s="2" t="s">
+        <v>3184</v>
+      </c>
+    </row>
+    <row r="546" ht="15.75" customHeight="1">
+      <c r="A546" s="2" t="s">
+        <v>3097</v>
+      </c>
+      <c r="B546" s="2" t="s">
+        <v>2605</v>
+      </c>
+      <c r="C546" s="2" t="s">
+        <v>3185</v>
+      </c>
+      <c r="D546" s="2" t="s">
+        <v>3186</v>
+      </c>
+      <c r="E546" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F546" s="2" t="s">
+        <v>3187</v>
+      </c>
+      <c r="G546" s="2" t="s">
+        <v>2455</v>
+      </c>
+      <c r="H546" s="2" t="s">
+        <v>3188</v>
+      </c>
+      <c r="I546" s="2" t="s">
+        <v>3189</v>
+      </c>
+    </row>
+    <row r="547" ht="15.75" customHeight="1">
+      <c r="A547" s="2" t="s">
+        <v>3097</v>
+      </c>
+      <c r="B547" s="2" t="s">
+        <v>3190</v>
+      </c>
+      <c r="C547" s="2" t="s">
+        <v>3191</v>
+      </c>
+      <c r="D547" s="2" t="s">
+        <v>3145</v>
+      </c>
+      <c r="E547" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F547" s="2" t="s">
+        <v>3146</v>
+      </c>
+      <c r="G547" s="2" t="s">
+        <v>3192</v>
+      </c>
+      <c r="H547" s="2" t="s">
+        <v>3193</v>
+      </c>
+      <c r="I547" s="2" t="s">
+        <v>3194</v>
+      </c>
+    </row>
+    <row r="548" ht="15.75" customHeight="1">
+      <c r="A548" s="2" t="s">
+        <v>3195</v>
+      </c>
+      <c r="B548" s="2" t="s">
+        <v>3196</v>
+      </c>
+      <c r="C548" s="2" t="s">
+        <v>3197</v>
+      </c>
+      <c r="D548" s="2" t="s">
+        <v>3198</v>
+      </c>
+      <c r="E548" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F548" s="2" t="s">
+        <v>3199</v>
+      </c>
+      <c r="G548" s="2" t="s">
+        <v>3200</v>
+      </c>
+      <c r="H548" s="2" t="s">
+        <v>3201</v>
+      </c>
+      <c r="I548" s="2" t="s">
+        <v>3202</v>
+      </c>
+    </row>
+    <row r="549" ht="15.75" customHeight="1">
+      <c r="A549" s="2" t="s">
+        <v>3203</v>
+      </c>
+      <c r="B549" s="2" t="s">
+        <v>3204</v>
+      </c>
+      <c r="C549" s="2" t="s">
+        <v>3205</v>
+      </c>
+      <c r="D549" s="2" t="s">
+        <v>3206</v>
+      </c>
+      <c r="E549" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F549" s="2" t="s">
+        <v>3207</v>
+      </c>
+      <c r="G549" s="2" t="s">
+        <v>3168</v>
+      </c>
+      <c r="H549" s="2" t="s">
+        <v>3208</v>
+      </c>
+      <c r="I549" s="2" t="s">
+        <v>3209</v>
+      </c>
+    </row>
+    <row r="550" ht="15.75" customHeight="1">
+      <c r="A550" s="2" t="s">
+        <v>3210</v>
+      </c>
+      <c r="B550" s="2" t="s">
+        <v>3211</v>
+      </c>
+      <c r="C550" s="2" t="s">
+        <v>3212</v>
+      </c>
+      <c r="D550" s="2" t="s">
+        <v>3213</v>
+      </c>
+      <c r="E550" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F550" s="2" t="s">
+        <v>3214</v>
+      </c>
+      <c r="G550" s="2" t="s">
+        <v>3215</v>
+      </c>
+      <c r="H550" s="2" t="s">
+        <v>3216</v>
+      </c>
+      <c r="I550" s="2" t="s">
+        <v>3217</v>
+      </c>
+    </row>
+    <row r="551" ht="15.75" customHeight="1">
+      <c r="A551" s="2" t="s">
+        <v>3218</v>
+      </c>
+      <c r="B551" s="2" t="s">
+        <v>3219</v>
+      </c>
+      <c r="C551" s="2" t="s">
+        <v>3220</v>
+      </c>
+      <c r="D551" s="2" t="s">
+        <v>3221</v>
+      </c>
+      <c r="E551" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F551" s="2" t="s">
+        <v>3222</v>
+      </c>
+      <c r="G551" s="2" t="s">
+        <v>2813</v>
+      </c>
+      <c r="H551" s="2" t="s">
+        <v>2814</v>
+      </c>
+      <c r="I551" s="2" t="s">
+        <v>3223</v>
+      </c>
+    </row>
+    <row r="552" ht="15.75" customHeight="1">
+      <c r="A552" s="2" t="s">
         <v>609</v>
       </c>
-      <c r="J94" s="5"/>
-[...7200 lines deleted...]
-      <c r="C251" s="3" t="s">
+      <c r="B552" s="2" t="s">
+        <v>2453</v>
+      </c>
+      <c r="C552" s="2" t="s">
+        <v>3224</v>
+      </c>
+      <c r="D552" s="2" t="s">
+        <v>3225</v>
+      </c>
+      <c r="E552" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F552" s="2" t="s">
+        <v>3226</v>
+      </c>
+      <c r="G552" s="2" t="s">
+        <v>2609</v>
+      </c>
+      <c r="H552" s="2" t="s">
+        <v>3130</v>
+      </c>
+      <c r="I552" s="2" t="s">
+        <v>3227</v>
+      </c>
+    </row>
+    <row r="553" ht="15.75" customHeight="1">
+      <c r="A553" s="2" t="s">
+        <v>609</v>
+      </c>
+      <c r="B553" s="2" t="s">
+        <v>3228</v>
+      </c>
+      <c r="C553" s="2" t="s">
+        <v>3229</v>
+      </c>
+      <c r="D553" s="2" t="s">
+        <v>3225</v>
+      </c>
+      <c r="E553" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F553" s="2" t="s">
+        <v>3230</v>
+      </c>
+      <c r="G553" s="2" t="s">
+        <v>3231</v>
+      </c>
+      <c r="H553" s="2" t="s">
+        <v>3232</v>
+      </c>
+      <c r="I553" s="2" t="s">
+        <v>3233</v>
+      </c>
+    </row>
+    <row r="554" ht="15.75" customHeight="1">
+      <c r="A554" s="2" t="s">
+        <v>3234</v>
+      </c>
+      <c r="B554" s="2" t="s">
+        <v>2477</v>
+      </c>
+      <c r="C554" s="2" t="s">
+        <v>3235</v>
+      </c>
+      <c r="D554" s="2" t="s">
+        <v>3236</v>
+      </c>
+      <c r="E554" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F554" s="2" t="s">
+        <v>3237</v>
+      </c>
+      <c r="G554" s="2" t="s">
+        <v>3238</v>
+      </c>
+      <c r="H554" s="2" t="s">
+        <v>3239</v>
+      </c>
+      <c r="I554" s="2" t="s">
+        <v>3240</v>
+      </c>
+    </row>
+    <row r="555" ht="15.75" customHeight="1">
+      <c r="A555" s="2" t="s">
+        <v>3234</v>
+      </c>
+      <c r="B555" s="2" t="s">
         <v>1556</v>
       </c>
-      <c r="D251" s="3" t="s">
-[...14 lines deleted...]
-      <c r="I251" s="4" t="s">
+      <c r="C555" s="2" t="s">
+        <v>3241</v>
+      </c>
+      <c r="D555" s="2" t="s">
+        <v>3236</v>
+      </c>
+      <c r="E555" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F555" s="2" t="s">
+        <v>3237</v>
+      </c>
+      <c r="G555" s="2" t="s">
         <v>1559</v>
       </c>
-      <c r="J251" s="5"/>
-[...6936 lines deleted...]
-      <c r="G402" s="3" t="s">
+      <c r="H555" s="2" t="s">
+        <v>3242</v>
+      </c>
+      <c r="I555" s="2" t="s">
+        <v>3243</v>
+      </c>
+    </row>
+    <row r="556" ht="15.75" customHeight="1">
+      <c r="A556" s="2" t="s">
+        <v>3234</v>
+      </c>
+      <c r="B556" s="2" t="s">
+        <v>3244</v>
+      </c>
+      <c r="C556" s="2" t="s">
+        <v>3245</v>
+      </c>
+      <c r="D556" s="2" t="s">
+        <v>3236</v>
+      </c>
+      <c r="E556" s="2" t="s">
         <v>2421</v>
       </c>
-      <c r="H402" s="4" t="s">
-[...6825 lines deleted...]
-      <c r="I556" s="6"/>
+      <c r="F556" s="2" t="s">
+        <v>3246</v>
+      </c>
+      <c r="G556" s="2" t="s">
+        <v>3247</v>
+      </c>
+      <c r="H556" s="2" t="s">
+        <v>3248</v>
+      </c>
+      <c r="I556" s="2" t="s">
+        <v>3249</v>
+      </c>
     </row>
     <row r="557" ht="15.75" customHeight="1">
-      <c r="E557" s="6"/>
-[...2 lines deleted...]
-      <c r="I557" s="6"/>
+      <c r="A557" s="2" t="s">
+        <v>3250</v>
+      </c>
+      <c r="B557" s="2" t="s">
+        <v>3251</v>
+      </c>
+      <c r="C557" s="2" t="s">
+        <v>3252</v>
+      </c>
+      <c r="D557" s="2" t="s">
+        <v>3253</v>
+      </c>
+      <c r="E557" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F557" s="2" t="s">
+        <v>3254</v>
+      </c>
+      <c r="G557" s="2" t="s">
+        <v>3255</v>
+      </c>
+      <c r="H557" s="2" t="s">
+        <v>3256</v>
+      </c>
+      <c r="I557" s="2" t="s">
+        <v>3257</v>
+      </c>
     </row>
     <row r="558" ht="15.75" customHeight="1">
-      <c r="E558" s="6"/>
-[...2 lines deleted...]
-      <c r="I558" s="6"/>
+      <c r="A558" s="2" t="s">
+        <v>3250</v>
+      </c>
+      <c r="B558" s="2" t="s">
+        <v>3258</v>
+      </c>
+      <c r="C558" s="2" t="s">
+        <v>3259</v>
+      </c>
+      <c r="D558" s="2" t="s">
+        <v>3253</v>
+      </c>
+      <c r="E558" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F558" s="2" t="s">
+        <v>3254</v>
+      </c>
+      <c r="G558" s="2" t="s">
+        <v>3260</v>
+      </c>
+      <c r="H558" s="2" t="s">
+        <v>3261</v>
+      </c>
+      <c r="I558" s="2" t="s">
+        <v>3262</v>
+      </c>
     </row>
     <row r="559" ht="15.75" customHeight="1">
-      <c r="E559" s="6"/>
-[...2 lines deleted...]
-      <c r="I559" s="6"/>
+      <c r="A559" s="2" t="s">
+        <v>3250</v>
+      </c>
+      <c r="B559" s="2" t="s">
+        <v>3263</v>
+      </c>
+      <c r="C559" s="2" t="s">
+        <v>3252</v>
+      </c>
+      <c r="D559" s="2" t="s">
+        <v>3253</v>
+      </c>
+      <c r="E559" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F559" s="2" t="s">
+        <v>3254</v>
+      </c>
+      <c r="G559" s="2" t="s">
+        <v>3264</v>
+      </c>
+      <c r="H559" s="2" t="s">
+        <v>3265</v>
+      </c>
+      <c r="I559" s="2" t="s">
+        <v>3266</v>
+      </c>
     </row>
     <row r="560" ht="15.75" customHeight="1">
-      <c r="E560" s="6"/>
-[...2643 lines deleted...]
-    </row>
+      <c r="A560" s="2" t="s">
+        <v>3250</v>
+      </c>
+      <c r="B560" s="2" t="s">
+        <v>3267</v>
+      </c>
+      <c r="C560" s="2" t="s">
+        <v>3268</v>
+      </c>
+      <c r="D560" s="2" t="s">
+        <v>3253</v>
+      </c>
+      <c r="E560" s="2" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F560" s="2" t="s">
+        <v>3254</v>
+      </c>
+      <c r="G560" s="2" t="s">
+        <v>3247</v>
+      </c>
+      <c r="H560" s="2" t="s">
+        <v>3269</v>
+      </c>
+      <c r="I560" s="2" t="s">
+        <v>3270</v>
+      </c>
+    </row>
+    <row r="561" ht="15.75" customHeight="1"/>
+    <row r="562" ht="15.75" customHeight="1"/>
+    <row r="563" ht="15.75" customHeight="1"/>
+    <row r="564" ht="15.75" customHeight="1"/>
+    <row r="565" ht="15.75" customHeight="1"/>
+    <row r="566" ht="15.75" customHeight="1"/>
+    <row r="567" ht="15.75" customHeight="1"/>
+    <row r="568" ht="15.75" customHeight="1"/>
+    <row r="569" ht="15.75" customHeight="1"/>
+    <row r="570" ht="15.75" customHeight="1"/>
+    <row r="571" ht="15.75" customHeight="1"/>
+    <row r="572" ht="15.75" customHeight="1"/>
+    <row r="573" ht="15.75" customHeight="1"/>
+    <row r="574" ht="15.75" customHeight="1"/>
+    <row r="575" ht="15.75" customHeight="1"/>
+    <row r="576" ht="15.75" customHeight="1"/>
+    <row r="577" ht="15.75" customHeight="1"/>
+    <row r="578" ht="15.75" customHeight="1"/>
+    <row r="579" ht="15.75" customHeight="1"/>
+    <row r="580" ht="15.75" customHeight="1"/>
+    <row r="581" ht="15.75" customHeight="1"/>
+    <row r="582" ht="15.75" customHeight="1"/>
+    <row r="583" ht="15.75" customHeight="1"/>
+    <row r="584" ht="15.75" customHeight="1"/>
+    <row r="585" ht="15.75" customHeight="1"/>
+    <row r="586" ht="15.75" customHeight="1"/>
+    <row r="587" ht="15.75" customHeight="1"/>
+    <row r="588" ht="15.75" customHeight="1"/>
+    <row r="589" ht="15.75" customHeight="1"/>
+    <row r="590" ht="15.75" customHeight="1"/>
+    <row r="591" ht="15.75" customHeight="1"/>
+    <row r="592" ht="15.75" customHeight="1"/>
+    <row r="593" ht="15.75" customHeight="1"/>
+    <row r="594" ht="15.75" customHeight="1"/>
+    <row r="595" ht="15.75" customHeight="1"/>
+    <row r="596" ht="15.75" customHeight="1"/>
+    <row r="597" ht="15.75" customHeight="1"/>
+    <row r="598" ht="15.75" customHeight="1"/>
+    <row r="599" ht="15.75" customHeight="1"/>
+    <row r="600" ht="15.75" customHeight="1"/>
+    <row r="601" ht="15.75" customHeight="1"/>
+    <row r="602" ht="15.75" customHeight="1"/>
+    <row r="603" ht="15.75" customHeight="1"/>
+    <row r="604" ht="15.75" customHeight="1"/>
+    <row r="605" ht="15.75" customHeight="1"/>
+    <row r="606" ht="15.75" customHeight="1"/>
+    <row r="607" ht="15.75" customHeight="1"/>
+    <row r="608" ht="15.75" customHeight="1"/>
+    <row r="609" ht="15.75" customHeight="1"/>
+    <row r="610" ht="15.75" customHeight="1"/>
+    <row r="611" ht="15.75" customHeight="1"/>
+    <row r="612" ht="15.75" customHeight="1"/>
+    <row r="613" ht="15.75" customHeight="1"/>
+    <row r="614" ht="15.75" customHeight="1"/>
+    <row r="615" ht="15.75" customHeight="1"/>
+    <row r="616" ht="15.75" customHeight="1"/>
+    <row r="617" ht="15.75" customHeight="1"/>
+    <row r="618" ht="15.75" customHeight="1"/>
+    <row r="619" ht="15.75" customHeight="1"/>
+    <row r="620" ht="15.75" customHeight="1"/>
+    <row r="621" ht="15.75" customHeight="1"/>
+    <row r="622" ht="15.75" customHeight="1"/>
+    <row r="623" ht="15.75" customHeight="1"/>
+    <row r="624" ht="15.75" customHeight="1"/>
+    <row r="625" ht="15.75" customHeight="1"/>
+    <row r="626" ht="15.75" customHeight="1"/>
+    <row r="627" ht="15.75" customHeight="1"/>
+    <row r="628" ht="15.75" customHeight="1"/>
+    <row r="629" ht="15.75" customHeight="1"/>
+    <row r="630" ht="15.75" customHeight="1"/>
+    <row r="631" ht="15.75" customHeight="1"/>
+    <row r="632" ht="15.75" customHeight="1"/>
+    <row r="633" ht="15.75" customHeight="1"/>
+    <row r="634" ht="15.75" customHeight="1"/>
+    <row r="635" ht="15.75" customHeight="1"/>
+    <row r="636" ht="15.75" customHeight="1"/>
+    <row r="637" ht="15.75" customHeight="1"/>
+    <row r="638" ht="15.75" customHeight="1"/>
+    <row r="639" ht="15.75" customHeight="1"/>
+    <row r="640" ht="15.75" customHeight="1"/>
+    <row r="641" ht="15.75" customHeight="1"/>
+    <row r="642" ht="15.75" customHeight="1"/>
+    <row r="643" ht="15.75" customHeight="1"/>
+    <row r="644" ht="15.75" customHeight="1"/>
+    <row r="645" ht="15.75" customHeight="1"/>
+    <row r="646" ht="15.75" customHeight="1"/>
+    <row r="647" ht="15.75" customHeight="1"/>
+    <row r="648" ht="15.75" customHeight="1"/>
+    <row r="649" ht="15.75" customHeight="1"/>
+    <row r="650" ht="15.75" customHeight="1"/>
+    <row r="651" ht="15.75" customHeight="1"/>
+    <row r="652" ht="15.75" customHeight="1"/>
+    <row r="653" ht="15.75" customHeight="1"/>
+    <row r="654" ht="15.75" customHeight="1"/>
+    <row r="655" ht="15.75" customHeight="1"/>
+    <row r="656" ht="15.75" customHeight="1"/>
+    <row r="657" ht="15.75" customHeight="1"/>
+    <row r="658" ht="15.75" customHeight="1"/>
+    <row r="659" ht="15.75" customHeight="1"/>
+    <row r="660" ht="15.75" customHeight="1"/>
+    <row r="661" ht="15.75" customHeight="1"/>
+    <row r="662" ht="15.75" customHeight="1"/>
+    <row r="663" ht="15.75" customHeight="1"/>
+    <row r="664" ht="15.75" customHeight="1"/>
+    <row r="665" ht="15.75" customHeight="1"/>
+    <row r="666" ht="15.75" customHeight="1"/>
+    <row r="667" ht="15.75" customHeight="1"/>
+    <row r="668" ht="15.75" customHeight="1"/>
+    <row r="669" ht="15.75" customHeight="1"/>
+    <row r="670" ht="15.75" customHeight="1"/>
+    <row r="671" ht="15.75" customHeight="1"/>
+    <row r="672" ht="15.75" customHeight="1"/>
+    <row r="673" ht="15.75" customHeight="1"/>
+    <row r="674" ht="15.75" customHeight="1"/>
+    <row r="675" ht="15.75" customHeight="1"/>
+    <row r="676" ht="15.75" customHeight="1"/>
+    <row r="677" ht="15.75" customHeight="1"/>
+    <row r="678" ht="15.75" customHeight="1"/>
+    <row r="679" ht="15.75" customHeight="1"/>
+    <row r="680" ht="15.75" customHeight="1"/>
+    <row r="681" ht="15.75" customHeight="1"/>
+    <row r="682" ht="15.75" customHeight="1"/>
+    <row r="683" ht="15.75" customHeight="1"/>
+    <row r="684" ht="15.75" customHeight="1"/>
+    <row r="685" ht="15.75" customHeight="1"/>
+    <row r="686" ht="15.75" customHeight="1"/>
+    <row r="687" ht="15.75" customHeight="1"/>
+    <row r="688" ht="15.75" customHeight="1"/>
+    <row r="689" ht="15.75" customHeight="1"/>
+    <row r="690" ht="15.75" customHeight="1"/>
+    <row r="691" ht="15.75" customHeight="1"/>
+    <row r="692" ht="15.75" customHeight="1"/>
+    <row r="693" ht="15.75" customHeight="1"/>
+    <row r="694" ht="15.75" customHeight="1"/>
+    <row r="695" ht="15.75" customHeight="1"/>
+    <row r="696" ht="15.75" customHeight="1"/>
+    <row r="697" ht="15.75" customHeight="1"/>
+    <row r="698" ht="15.75" customHeight="1"/>
+    <row r="699" ht="15.75" customHeight="1"/>
+    <row r="700" ht="15.75" customHeight="1"/>
+    <row r="701" ht="15.75" customHeight="1"/>
+    <row r="702" ht="15.75" customHeight="1"/>
+    <row r="703" ht="15.75" customHeight="1"/>
+    <row r="704" ht="15.75" customHeight="1"/>
+    <row r="705" ht="15.75" customHeight="1"/>
+    <row r="706" ht="15.75" customHeight="1"/>
+    <row r="707" ht="15.75" customHeight="1"/>
+    <row r="708" ht="15.75" customHeight="1"/>
+    <row r="709" ht="15.75" customHeight="1"/>
+    <row r="710" ht="15.75" customHeight="1"/>
+    <row r="711" ht="15.75" customHeight="1"/>
+    <row r="712" ht="15.75" customHeight="1"/>
+    <row r="713" ht="15.75" customHeight="1"/>
+    <row r="714" ht="15.75" customHeight="1"/>
+    <row r="715" ht="15.75" customHeight="1"/>
+    <row r="716" ht="15.75" customHeight="1"/>
+    <row r="717" ht="15.75" customHeight="1"/>
+    <row r="718" ht="15.75" customHeight="1"/>
+    <row r="719" ht="15.75" customHeight="1"/>
+    <row r="720" ht="15.75" customHeight="1"/>
+    <row r="721" ht="15.75" customHeight="1"/>
+    <row r="722" ht="15.75" customHeight="1"/>
+    <row r="723" ht="15.75" customHeight="1"/>
+    <row r="724" ht="15.75" customHeight="1"/>
+    <row r="725" ht="15.75" customHeight="1"/>
+    <row r="726" ht="15.75" customHeight="1"/>
+    <row r="727" ht="15.75" customHeight="1"/>
+    <row r="728" ht="15.75" customHeight="1"/>
+    <row r="729" ht="15.75" customHeight="1"/>
+    <row r="730" ht="15.75" customHeight="1"/>
+    <row r="731" ht="15.75" customHeight="1"/>
+    <row r="732" ht="15.75" customHeight="1"/>
+    <row r="733" ht="15.75" customHeight="1"/>
+    <row r="734" ht="15.75" customHeight="1"/>
+    <row r="735" ht="15.75" customHeight="1"/>
+    <row r="736" ht="15.75" customHeight="1"/>
+    <row r="737" ht="15.75" customHeight="1"/>
+    <row r="738" ht="15.75" customHeight="1"/>
+    <row r="739" ht="15.75" customHeight="1"/>
+    <row r="740" ht="15.75" customHeight="1"/>
+    <row r="741" ht="15.75" customHeight="1"/>
+    <row r="742" ht="15.75" customHeight="1"/>
+    <row r="743" ht="15.75" customHeight="1"/>
+    <row r="744" ht="15.75" customHeight="1"/>
+    <row r="745" ht="15.75" customHeight="1"/>
+    <row r="746" ht="15.75" customHeight="1"/>
+    <row r="747" ht="15.75" customHeight="1"/>
+    <row r="748" ht="15.75" customHeight="1"/>
+    <row r="749" ht="15.75" customHeight="1"/>
+    <row r="750" ht="15.75" customHeight="1"/>
+    <row r="751" ht="15.75" customHeight="1"/>
+    <row r="752" ht="15.75" customHeight="1"/>
+    <row r="753" ht="15.75" customHeight="1"/>
+    <row r="754" ht="15.75" customHeight="1"/>
+    <row r="755" ht="15.75" customHeight="1"/>
+    <row r="756" ht="15.75" customHeight="1"/>
+    <row r="757" ht="15.75" customHeight="1"/>
+    <row r="758" ht="15.75" customHeight="1"/>
+    <row r="759" ht="15.75" customHeight="1"/>
+    <row r="760" ht="15.75" customHeight="1"/>
+    <row r="761" ht="15.75" customHeight="1"/>
+    <row r="762" ht="15.75" customHeight="1"/>
+    <row r="763" ht="15.75" customHeight="1"/>
+    <row r="764" ht="15.75" customHeight="1"/>
+    <row r="765" ht="15.75" customHeight="1"/>
+    <row r="766" ht="15.75" customHeight="1"/>
+    <row r="767" ht="15.75" customHeight="1"/>
+    <row r="768" ht="15.75" customHeight="1"/>
+    <row r="769" ht="15.75" customHeight="1"/>
+    <row r="770" ht="15.75" customHeight="1"/>
+    <row r="771" ht="15.75" customHeight="1"/>
+    <row r="772" ht="15.75" customHeight="1"/>
+    <row r="773" ht="15.75" customHeight="1"/>
+    <row r="774" ht="15.75" customHeight="1"/>
+    <row r="775" ht="15.75" customHeight="1"/>
+    <row r="776" ht="15.75" customHeight="1"/>
+    <row r="777" ht="15.75" customHeight="1"/>
+    <row r="778" ht="15.75" customHeight="1"/>
+    <row r="779" ht="15.75" customHeight="1"/>
+    <row r="780" ht="15.75" customHeight="1"/>
+    <row r="781" ht="15.75" customHeight="1"/>
+    <row r="782" ht="15.75" customHeight="1"/>
+    <row r="783" ht="15.75" customHeight="1"/>
+    <row r="784" ht="15.75" customHeight="1"/>
+    <row r="785" ht="15.75" customHeight="1"/>
+    <row r="786" ht="15.75" customHeight="1"/>
+    <row r="787" ht="15.75" customHeight="1"/>
+    <row r="788" ht="15.75" customHeight="1"/>
+    <row r="789" ht="15.75" customHeight="1"/>
+    <row r="790" ht="15.75" customHeight="1"/>
+    <row r="791" ht="15.75" customHeight="1"/>
+    <row r="792" ht="15.75" customHeight="1"/>
+    <row r="793" ht="15.75" customHeight="1"/>
+    <row r="794" ht="15.75" customHeight="1"/>
+    <row r="795" ht="15.75" customHeight="1"/>
+    <row r="796" ht="15.75" customHeight="1"/>
+    <row r="797" ht="15.75" customHeight="1"/>
+    <row r="798" ht="15.75" customHeight="1"/>
+    <row r="799" ht="15.75" customHeight="1"/>
+    <row r="800" ht="15.75" customHeight="1"/>
+    <row r="801" ht="15.75" customHeight="1"/>
+    <row r="802" ht="15.75" customHeight="1"/>
+    <row r="803" ht="15.75" customHeight="1"/>
+    <row r="804" ht="15.75" customHeight="1"/>
+    <row r="805" ht="15.75" customHeight="1"/>
+    <row r="806" ht="15.75" customHeight="1"/>
+    <row r="807" ht="15.75" customHeight="1"/>
+    <row r="808" ht="15.75" customHeight="1"/>
+    <row r="809" ht="15.75" customHeight="1"/>
+    <row r="810" ht="15.75" customHeight="1"/>
+    <row r="811" ht="15.75" customHeight="1"/>
+    <row r="812" ht="15.75" customHeight="1"/>
+    <row r="813" ht="15.75" customHeight="1"/>
+    <row r="814" ht="15.75" customHeight="1"/>
+    <row r="815" ht="15.75" customHeight="1"/>
+    <row r="816" ht="15.75" customHeight="1"/>
+    <row r="817" ht="15.75" customHeight="1"/>
+    <row r="818" ht="15.75" customHeight="1"/>
+    <row r="819" ht="15.75" customHeight="1"/>
+    <row r="820" ht="15.75" customHeight="1"/>
+    <row r="821" ht="15.75" customHeight="1"/>
+    <row r="822" ht="15.75" customHeight="1"/>
+    <row r="823" ht="15.75" customHeight="1"/>
+    <row r="824" ht="15.75" customHeight="1"/>
+    <row r="825" ht="15.75" customHeight="1"/>
+    <row r="826" ht="15.75" customHeight="1"/>
+    <row r="827" ht="15.75" customHeight="1"/>
+    <row r="828" ht="15.75" customHeight="1"/>
+    <row r="829" ht="15.75" customHeight="1"/>
+    <row r="830" ht="15.75" customHeight="1"/>
+    <row r="831" ht="15.75" customHeight="1"/>
+    <row r="832" ht="15.75" customHeight="1"/>
+    <row r="833" ht="15.75" customHeight="1"/>
+    <row r="834" ht="15.75" customHeight="1"/>
+    <row r="835" ht="15.75" customHeight="1"/>
+    <row r="836" ht="15.75" customHeight="1"/>
+    <row r="837" ht="15.75" customHeight="1"/>
+    <row r="838" ht="15.75" customHeight="1"/>
+    <row r="839" ht="15.75" customHeight="1"/>
+    <row r="840" ht="15.75" customHeight="1"/>
+    <row r="841" ht="15.75" customHeight="1"/>
+    <row r="842" ht="15.75" customHeight="1"/>
+    <row r="843" ht="15.75" customHeight="1"/>
+    <row r="844" ht="15.75" customHeight="1"/>
+    <row r="845" ht="15.75" customHeight="1"/>
+    <row r="846" ht="15.75" customHeight="1"/>
+    <row r="847" ht="15.75" customHeight="1"/>
+    <row r="848" ht="15.75" customHeight="1"/>
+    <row r="849" ht="15.75" customHeight="1"/>
+    <row r="850" ht="15.75" customHeight="1"/>
+    <row r="851" ht="15.75" customHeight="1"/>
+    <row r="852" ht="15.75" customHeight="1"/>
+    <row r="853" ht="15.75" customHeight="1"/>
+    <row r="854" ht="15.75" customHeight="1"/>
+    <row r="855" ht="15.75" customHeight="1"/>
+    <row r="856" ht="15.75" customHeight="1"/>
+    <row r="857" ht="15.75" customHeight="1"/>
+    <row r="858" ht="15.75" customHeight="1"/>
+    <row r="859" ht="15.75" customHeight="1"/>
+    <row r="860" ht="15.75" customHeight="1"/>
+    <row r="861" ht="15.75" customHeight="1"/>
+    <row r="862" ht="15.75" customHeight="1"/>
+    <row r="863" ht="15.75" customHeight="1"/>
+    <row r="864" ht="15.75" customHeight="1"/>
+    <row r="865" ht="15.75" customHeight="1"/>
+    <row r="866" ht="15.75" customHeight="1"/>
+    <row r="867" ht="15.75" customHeight="1"/>
+    <row r="868" ht="15.75" customHeight="1"/>
+    <row r="869" ht="15.75" customHeight="1"/>
+    <row r="870" ht="15.75" customHeight="1"/>
+    <row r="871" ht="15.75" customHeight="1"/>
+    <row r="872" ht="15.75" customHeight="1"/>
+    <row r="873" ht="15.75" customHeight="1"/>
+    <row r="874" ht="15.75" customHeight="1"/>
+    <row r="875" ht="15.75" customHeight="1"/>
+    <row r="876" ht="15.75" customHeight="1"/>
+    <row r="877" ht="15.75" customHeight="1"/>
+    <row r="878" ht="15.75" customHeight="1"/>
+    <row r="879" ht="15.75" customHeight="1"/>
+    <row r="880" ht="15.75" customHeight="1"/>
+    <row r="881" ht="15.75" customHeight="1"/>
+    <row r="882" ht="15.75" customHeight="1"/>
+    <row r="883" ht="15.75" customHeight="1"/>
+    <row r="884" ht="15.75" customHeight="1"/>
+    <row r="885" ht="15.75" customHeight="1"/>
+    <row r="886" ht="15.75" customHeight="1"/>
+    <row r="887" ht="15.75" customHeight="1"/>
+    <row r="888" ht="15.75" customHeight="1"/>
+    <row r="889" ht="15.75" customHeight="1"/>
+    <row r="890" ht="15.75" customHeight="1"/>
+    <row r="891" ht="15.75" customHeight="1"/>
+    <row r="892" ht="15.75" customHeight="1"/>
+    <row r="893" ht="15.75" customHeight="1"/>
+    <row r="894" ht="15.75" customHeight="1"/>
+    <row r="895" ht="15.75" customHeight="1"/>
+    <row r="896" ht="15.75" customHeight="1"/>
+    <row r="897" ht="15.75" customHeight="1"/>
+    <row r="898" ht="15.75" customHeight="1"/>
+    <row r="899" ht="15.75" customHeight="1"/>
+    <row r="900" ht="15.75" customHeight="1"/>
+    <row r="901" ht="15.75" customHeight="1"/>
+    <row r="902" ht="15.75" customHeight="1"/>
+    <row r="903" ht="15.75" customHeight="1"/>
+    <row r="904" ht="15.75" customHeight="1"/>
+    <row r="905" ht="15.75" customHeight="1"/>
+    <row r="906" ht="15.75" customHeight="1"/>
+    <row r="907" ht="15.75" customHeight="1"/>
+    <row r="908" ht="15.75" customHeight="1"/>
+    <row r="909" ht="15.75" customHeight="1"/>
+    <row r="910" ht="15.75" customHeight="1"/>
+    <row r="911" ht="15.75" customHeight="1"/>
+    <row r="912" ht="15.75" customHeight="1"/>
+    <row r="913" ht="15.75" customHeight="1"/>
+    <row r="914" ht="15.75" customHeight="1"/>
+    <row r="915" ht="15.75" customHeight="1"/>
+    <row r="916" ht="15.75" customHeight="1"/>
+    <row r="917" ht="15.75" customHeight="1"/>
+    <row r="918" ht="15.75" customHeight="1"/>
+    <row r="919" ht="15.75" customHeight="1"/>
+    <row r="920" ht="15.75" customHeight="1"/>
+    <row r="921" ht="15.75" customHeight="1"/>
+    <row r="922" ht="15.75" customHeight="1"/>
+    <row r="923" ht="15.75" customHeight="1"/>
+    <row r="924" ht="15.75" customHeight="1"/>
+    <row r="925" ht="15.75" customHeight="1"/>
+    <row r="926" ht="15.75" customHeight="1"/>
+    <row r="927" ht="15.75" customHeight="1"/>
+    <row r="928" ht="15.75" customHeight="1"/>
+    <row r="929" ht="15.75" customHeight="1"/>
+    <row r="930" ht="15.75" customHeight="1"/>
+    <row r="931" ht="15.75" customHeight="1"/>
+    <row r="932" ht="15.75" customHeight="1"/>
+    <row r="933" ht="15.75" customHeight="1"/>
+    <row r="934" ht="15.75" customHeight="1"/>
+    <row r="935" ht="15.75" customHeight="1"/>
+    <row r="936" ht="15.75" customHeight="1"/>
+    <row r="937" ht="15.75" customHeight="1"/>
+    <row r="938" ht="15.75" customHeight="1"/>
+    <row r="939" ht="15.75" customHeight="1"/>
+    <row r="940" ht="15.75" customHeight="1"/>
+    <row r="941" ht="15.75" customHeight="1"/>
+    <row r="942" ht="15.75" customHeight="1"/>
+    <row r="943" ht="15.75" customHeight="1"/>
+    <row r="944" ht="15.75" customHeight="1"/>
+    <row r="945" ht="15.75" customHeight="1"/>
+    <row r="946" ht="15.75" customHeight="1"/>
+    <row r="947" ht="15.75" customHeight="1"/>
+    <row r="948" ht="15.75" customHeight="1"/>
+    <row r="949" ht="15.75" customHeight="1"/>
+    <row r="950" ht="15.75" customHeight="1"/>
+    <row r="951" ht="15.75" customHeight="1"/>
+    <row r="952" ht="15.75" customHeight="1"/>
+    <row r="953" ht="15.75" customHeight="1"/>
+    <row r="954" ht="15.75" customHeight="1"/>
+    <row r="955" ht="15.75" customHeight="1"/>
+    <row r="956" ht="15.75" customHeight="1"/>
+    <row r="957" ht="15.75" customHeight="1"/>
+    <row r="958" ht="15.75" customHeight="1"/>
+    <row r="959" ht="15.75" customHeight="1"/>
+    <row r="960" ht="15.75" customHeight="1"/>
+    <row r="961" ht="15.75" customHeight="1"/>
+    <row r="962" ht="15.75" customHeight="1"/>
+    <row r="963" ht="15.75" customHeight="1"/>
+    <row r="964" ht="15.75" customHeight="1"/>
+    <row r="965" ht="15.75" customHeight="1"/>
+    <row r="966" ht="15.75" customHeight="1"/>
+    <row r="967" ht="15.75" customHeight="1"/>
+    <row r="968" ht="15.75" customHeight="1"/>
+    <row r="969" ht="15.75" customHeight="1"/>
+    <row r="970" ht="15.75" customHeight="1"/>
+    <row r="971" ht="15.75" customHeight="1"/>
+    <row r="972" ht="15.75" customHeight="1"/>
+    <row r="973" ht="15.75" customHeight="1"/>
+    <row r="974" ht="15.75" customHeight="1"/>
+    <row r="975" ht="15.75" customHeight="1"/>
+    <row r="976" ht="15.75" customHeight="1"/>
+    <row r="977" ht="15.75" customHeight="1"/>
+    <row r="978" ht="15.75" customHeight="1"/>
+    <row r="979" ht="15.75" customHeight="1"/>
+    <row r="980" ht="15.75" customHeight="1"/>
+    <row r="981" ht="15.75" customHeight="1"/>
+    <row r="982" ht="15.75" customHeight="1"/>
+    <row r="983" ht="15.75" customHeight="1"/>
+    <row r="984" ht="15.75" customHeight="1"/>
+    <row r="985" ht="15.75" customHeight="1"/>
+    <row r="986" ht="15.75" customHeight="1"/>
+    <row r="987" ht="15.75" customHeight="1"/>
+    <row r="988" ht="15.75" customHeight="1"/>
+    <row r="989" ht="15.75" customHeight="1"/>
+    <row r="990" ht="15.75" customHeight="1"/>
+    <row r="991" ht="15.75" customHeight="1"/>
+    <row r="992" ht="15.75" customHeight="1"/>
+    <row r="993" ht="15.75" customHeight="1"/>
+    <row r="994" ht="15.75" customHeight="1"/>
+    <row r="995" ht="15.75" customHeight="1"/>
+    <row r="996" ht="15.75" customHeight="1"/>
+    <row r="997" ht="15.75" customHeight="1"/>
+    <row r="998" ht="15.75" customHeight="1"/>
+    <row r="999" ht="15.75" customHeight="1"/>
+    <row r="1000" ht="15.75" customHeight="1"/>
   </sheetData>
-  <autoFilter ref="$A$1:$Z$549"/>
   <printOptions/>
   <pageMargins bottom="0.75" footer="0.0" header="0.0" left="0.7" right="0.7" top="0.75"/>
   <pageSetup orientation="landscape"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100093141C1741E3E4DBBC1290E4A9A5775" ma:contentTypeVersion="8" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="5687a27188606a7025f072b0b7f27a21">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7dcc10a156eb2aa295318eab019ded2b">
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
@@ -38129,50 +26980,50 @@
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement/>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E3017200-CD0E-48F2-8DAD-CB43561E5AD2}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{289FA165-064D-42E1-A06A-63493309034A}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B866286D-A185-4C71-A2DC-02A82BD88792}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EBC11F4C-3029-4219-9999-6D56E1EDBC8B}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DFF1D8F1-D052-41E1-ADA4-7155793765D5}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A7B45B6C-D5DD-477C-83A0-91C071C67C48}"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Bruce Woodard</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100093141C1741E3E4DBBC1290E4A9A5775</vt:lpwstr>
   </property>
 </Properties>
 </file>