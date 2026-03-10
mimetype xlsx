--- v0 (2025-11-21)
+++ v1 (2026-03-10)
@@ -1,70 +1,66 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
-[...1 lines deleted...]
-  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-  <Override PartName="/xl/metadata" ContentType="application/binary"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-  <workbookPr/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <workbookPr date1904="false"/>
+  <bookViews>
+    <workbookView activeTab="0"/>
+  </bookViews>
   <sheets>
-    <sheet state="visible" name="Limited Hospice as of 11-03-25" sheetId="1" r:id="rId4"/>
+    <sheet name="55-253R Licensees by Jurisdicti" r:id="rId3" sheetId="1"/>
+    <sheet name="Comments" r:id="rId4" sheetId="2"/>
   </sheets>
-  <definedNames>
-[...7 lines deleted...]
-  </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="19" uniqueCount="19">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80" uniqueCount="36">
+  <si>
+    <t/>
+  </si>
   <si>
     <t>Jurisdiction</t>
   </si>
   <si>
     <t>Licensee</t>
   </si>
   <si>
     <t>Street Address</t>
   </si>
   <si>
     <t>City</t>
   </si>
   <si>
     <t>State</t>
   </si>
   <si>
     <t>Zip Code</t>
   </si>
   <si>
     <t>Name of Contact Person</t>
   </si>
   <si>
     <t>Business Phone Number</t>
   </si>
   <si>
@@ -78,12399 +74,396 @@
   </si>
   <si>
     <t>Caring Matters</t>
   </si>
   <si>
     <t>518 South Frederick Avenue</t>
   </si>
   <si>
     <t>Gaithersburg</t>
   </si>
   <si>
     <t>MD</t>
   </si>
   <si>
     <t>Allison K. Stearns</t>
   </si>
   <si>
     <t>(301) 869-4673</t>
   </si>
   <si>
     <t>hospice@hospicecaring.com</t>
   </si>
   <si>
     <t>HOSPICEL-001</t>
   </si>
+  <si>
+    <t>Row 1</t>
+  </si>
+  <si>
+    <t>H0169 7/1/18</t>
+  </si>
+  <si>
+    <t>Jennifer Pearson</t>
+  </si>
+  <si>
+    <t>09/06/24 9:03 AM</t>
+  </si>
+  <si>
+    <t>@jennifer.pearson1@maryland.gov  could you please fill out all the rows for this provider?</t>
+  </si>
+  <si>
+    <t>Oksana Likhova</t>
+  </si>
+  <si>
+    <t>09/04/24 11:10 AM</t>
+  </si>
+  <si>
+    <t>Yes, but There are no documents in attachments?</t>
+  </si>
+  <si>
+    <t>09/05/24 5:28 AM</t>
+  </si>
+  <si>
+    <t>Hi, I meant to say all the contact information rows, name, title, email.</t>
+  </si>
+  <si>
+    <t>09/05/24 10:04 AM</t>
+  </si>
+  <si>
+    <t>Thanks I added what's in IQIES.</t>
+  </si>
+  <si>
+    <t>09/05/24 1:16 PM</t>
+  </si>
+  <si>
+    <t>This provider was formerly named Hospice Caring.</t>
+  </si>
+  <si>
+    <t>Samantha Hartzel</t>
+  </si>
+  <si>
+    <t>05/15/23 8:59 PM</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-  <fonts count="3">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <numFmts count="0"/>
+  <fonts count="8">
     <font>
       <sz val="11.0"/>
-      <color rgb="FF000000"/>
+      <color indexed="8"/>
       <name val="Calibri"/>
+      <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <b/>
-[...9 lines deleted...]
-      <scheme val="minor"/>
+      <name val="Arial"/>
+      <sz val="12.0"/>
+      <color indexed="8"/>
+      <b val="true"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <sz val="10.0"/>
+      <color rgb="000000"/>
+      <u val="none"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <sz val="10.0"/>
+      <color rgb="000000"/>
+      <u val="none"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <sz val="10.0"/>
+      <color rgb="000000"/>
+      <u val="none"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <sz val="10.0"/>
+      <color rgb="000000"/>
+      <u val="none"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <sz val="10.0"/>
+      <color rgb="000000"/>
+      <u val="none"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <sz val="10.0"/>
+      <color rgb="000000"/>
+      <u val="none"/>
     </font>
   </fonts>
-  <fills count="3">
+  <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="lightGray"/>
-[...5 lines deleted...]
-      </patternFill>
+      <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
-    <xf borderId="0" fillId="0" fontId="0" numFmtId="0" applyAlignment="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="7">
-[...1 lines deleted...]
-      <alignment readingOrder="0" shrinkToFit="0" vertical="bottom" wrapText="0"/>
+  <cellXfs count="14">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="true">
+      <alignment vertical="top" wrapText="true" indent="0"/>
     </xf>
-    <xf borderId="0" fillId="2" fontId="1" numFmtId="0" xfId="0" applyAlignment="1" applyFill="1" applyFont="1">
-      <alignment horizontal="center" shrinkToFit="0" wrapText="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="true">
+      <alignment horizontal="left" vertical="top" wrapText="true" indent="0"/>
     </xf>
-    <xf borderId="0" fillId="0" fontId="0" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
-      <alignment shrinkToFit="0" vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="true">
+      <alignment horizontal="center" vertical="top" wrapText="true" indent="0"/>
     </xf>
-    <xf borderId="0" fillId="0" fontId="0" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
-      <alignment horizontal="left" shrinkToFit="0" vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="true">
+      <alignment horizontal="center" vertical="top" wrapText="true" indent="0"/>
     </xf>
-    <xf borderId="0" fillId="0" fontId="0" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
-      <alignment horizontal="center" shrinkToFit="0" vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="true">
+      <alignment vertical="top" wrapText="true" indent="0"/>
     </xf>
-    <xf borderId="0" fillId="0" fontId="2" numFmtId="0" xfId="0" applyFont="1"/>
-[...1 lines deleted...]
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="true">
+      <alignment vertical="top" wrapText="true" indent="0"/>
     </xf>
   </cellXfs>
-  <cellStyles count="1">
-[...2 lines deleted...]
-  <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://customschemas.google.com/relationships/workbookmetadata" Target="metadata"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
-[...201 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
-    <outlinePr summaryBelow="0"/>
-    <pageSetUpPr/>
+    <outlinePr summaryBelow="false"/>
   </sheetPr>
+  <dimension ref="A1:J2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0" tabSelected="true"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <cols>
+    <col min="1" max="1" width="22.96875" customWidth="true"/>
+    <col min="2" max="2" width="37.34375" customWidth="true"/>
+    <col min="3" max="3" width="31.71875" customWidth="true"/>
+    <col min="4" max="4" width="17.34375" customWidth="true"/>
+    <col min="5" max="5" width="8.75" customWidth="true"/>
+    <col min="6" max="6" width="12.1875" customWidth="true"/>
+    <col min="7" max="7" width="32.65625" customWidth="true"/>
+    <col min="8" max="8" width="17.65625" customWidth="true"/>
+    <col min="9" max="9" width="35.3125" customWidth="true"/>
+    <col min="10" max="10" width="19.21875" customWidth="true"/>
+  </cols>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s" s="1">
+        <v>1</v>
+      </c>
+      <c r="B1" t="s" s="1">
+        <v>2</v>
+      </c>
+      <c r="C1" t="s" s="1">
+        <v>3</v>
+      </c>
+      <c r="D1" t="s" s="1">
+        <v>4</v>
+      </c>
+      <c r="E1" t="s" s="1">
+        <v>5</v>
+      </c>
+      <c r="F1" t="s" s="1">
+        <v>6</v>
+      </c>
+      <c r="G1" t="s" s="1">
+        <v>7</v>
+      </c>
+      <c r="H1" t="s" s="1">
+        <v>8</v>
+      </c>
+      <c r="I1" t="s" s="1">
+        <v>9</v>
+      </c>
+      <c r="J1" t="s" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="2" hidden="false">
+      <c r="A2" t="s" s="3">
+        <v>11</v>
+      </c>
+      <c r="B2" t="s" s="5">
+        <v>12</v>
+      </c>
+      <c r="C2" t="s" s="3">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s" s="3">
+        <v>14</v>
+      </c>
+      <c r="E2" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="F2" t="n" s="9">
+        <v>20877.0</v>
+      </c>
+      <c r="G2" t="s" s="11">
+        <v>16</v>
+      </c>
+      <c r="H2" t="s" s="11">
+        <v>17</v>
+      </c>
+      <c r="I2" t="s" s="13">
+        <v>18</v>
+      </c>
+      <c r="J2" t="s" s="9">
+        <v>19</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:D11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr customHeight="1" defaultColWidth="14.43" defaultRowHeight="15.0"/>
+  <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
-    <col customWidth="1" min="1" max="1" width="23.0"/>
-[...8 lines deleted...]
-    <col customWidth="1" min="10" max="10" width="19.29"/>
+    <col min="1" max="1" width="10.0" customWidth="true"/>
+    <col min="2" max="2" width="60.0" customWidth="true"/>
+    <col min="3" max="3" width="30.0" customWidth="true"/>
+    <col min="4" max="4" width="20.0" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
-      <c r="A1" s="1" t="s">
-[...73 lines deleted...]
-    </row>
+      <c r="A1" t="s">
+        <v>20</v>
+      </c>
+      <c r="B1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D1" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="2"/>
     <row r="4">
-      <c r="A4" s="5"/>
-[...8 lines deleted...]
-      <c r="J4" s="5"/>
+      <c r="A4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C4" t="s">
+        <v>25</v>
+      </c>
+      <c r="D4" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="5">
-      <c r="A5" s="5"/>
-[...8 lines deleted...]
-      <c r="J5" s="5"/>
+      <c r="B5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C5" t="s">
+        <v>22</v>
+      </c>
+      <c r="D5" t="s">
+        <v>28</v>
+      </c>
     </row>
     <row r="6">
-      <c r="A6" s="5"/>
-[...8 lines deleted...]
-      <c r="J6" s="5"/>
+      <c r="B6" t="s">
+        <v>29</v>
+      </c>
+      <c r="C6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D6" t="s">
+        <v>30</v>
+      </c>
     </row>
     <row r="7">
-      <c r="A7" s="5"/>
-[...33 lines deleted...]
-    </row>
+      <c r="B7" t="s">
+        <v>31</v>
+      </c>
+      <c r="C7" t="s">
+        <v>22</v>
+      </c>
+      <c r="D7" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="8"/>
     <row r="10">
-      <c r="A10" s="5"/>
-[...11889 lines deleted...]
-    </row>
+      <c r="A10" t="s">
+        <v>20</v>
+      </c>
+      <c r="B10" t="s">
+        <v>33</v>
+      </c>
+      <c r="C10" t="s">
+        <v>34</v>
+      </c>
+      <c r="D10" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="11"/>
   </sheetData>
-  <autoFilter ref="$A$1:$J$2"/>
-[...3 lines deleted...]
-  <drawing r:id="rId1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100093141C1741E3E4DBBC1290E4A9A5775" ma:contentTypeVersion="8" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="5687a27188606a7025f072b0b7f27a21">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7dcc10a156eb2aa295318eab019ded2b">
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all/>
             </xsd:complexType>
@@ -12572,50 +565,56 @@
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement/>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{19C35B6E-ADE0-4BC8-901C-CE56CEBFC1E9}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{87D69039-A263-46E9-981B-3610EBBAD4B7}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E0BB2F1E-751D-4BC9-888E-1E99E87F4AC1}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C3ABD0C0-CFA1-4D58-9FC3-51668E4AAB5D}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9DC75E6D-F7CC-4989-BFA5-90630AB3971B}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4C7CFDA4-337D-4C8A-B015-39B8426F6931}"/>
+</file>
+
+<file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <Application>Apache POI</Application>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Apache POI</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100093141C1741E3E4DBBC1290E4A9A5775</vt:lpwstr>
   </property>
 </Properties>
 </file>