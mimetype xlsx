--- v0 (2025-11-21)
+++ v1 (2026-02-28)
@@ -1,69 +1,70 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/metadata" ContentType="application/binary"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
   <workbookPr/>
   <sheets>
-    <sheet state="visible" name="FL-EXCEL as of 09-24-25" sheetId="1" r:id="rId4"/>
+    <sheet state="visible" name="FL-EXCEL as of 01-30-26" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName hidden="1" localSheetId="0" name="_xlnm._FilterDatabase">'FL-EXCEL as of 09-24-25'!$A$1:$Z$32</definedName>
+    <definedName hidden="1" localSheetId="0" name="_xlnm._FilterDatabase">'FL-EXCEL as of 01-30-26'!$A$1:$Z$34</definedName>
   </definedNames>
   <calcPr/>
   <extLst>
     <ext uri="GoogleSheetsCustomDataVersion2">
-      <go:sheetsCustomData xmlns:go="http://customooxmlschemas.google.com/" r:id="rId5" roundtripDataChecksum="+dS+Gq6EJbsdA0r7pNrCymIULXKHcd4EbE34JqUGN7I="/>
+      <go:sheetsCustomData xmlns:go="http://customooxmlschemas.google.com/" r:id="rId5" roundtripDataChecksum="/Fpv/O7/txf4oIat9ICkMRuXBq6wI5dmne2SxqA8FvI="/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="320" uniqueCount="251">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="340" uniqueCount="266">
   <si>
     <t>Jurisdiction</t>
   </si>
   <si>
     <t>Licensee</t>
   </si>
   <si>
     <t>Street Address</t>
   </si>
   <si>
     <t>City</t>
   </si>
   <si>
     <t>State</t>
   </si>
   <si>
     <t>Zip Code</t>
   </si>
   <si>
     <t>Name of Contact Person</t>
   </si>
   <si>
     <t>Business Phone Number</t>
   </si>
   <si>
@@ -486,50 +487,71 @@
   <si>
     <t>Baltimore</t>
   </si>
   <si>
     <t>Baltimore County Pd Forensic Services Section</t>
   </si>
   <si>
     <t>700 East Joppa Road</t>
   </si>
   <si>
     <t>21286</t>
   </si>
   <si>
     <t>Kerri-ann Lawrence</t>
   </si>
   <si>
     <t>(410) 887-2290</t>
   </si>
   <si>
     <t>klawrence@baltimorecountymd.gov</t>
   </si>
   <si>
     <t>FL0190</t>
   </si>
   <si>
+    <t>Maryland Cannabis Administration (mca)</t>
+  </si>
+  <si>
+    <t>6200 Seaforth St, Suite B</t>
+  </si>
+  <si>
+    <t>21224</t>
+  </si>
+  <si>
+    <t>Michelle Sallin</t>
+  </si>
+  <si>
+    <t>(410) 487-8087</t>
+  </si>
+  <si>
+    <t>michelle.sallin@maryland.gov</t>
+  </si>
+  <si>
+    <t>FL0243</t>
+  </si>
+  <si>
     <t>Md State Pd Forensic Sciences Division- Pikesville</t>
   </si>
   <si>
     <t>221 Millford Mill Road</t>
   </si>
   <si>
     <t>21208</t>
   </si>
   <si>
     <t>Daniel Katz</t>
   </si>
   <si>
     <t>(443) 357-1300</t>
   </si>
   <si>
     <t>daniel.katz@maryland.govv</t>
   </si>
   <si>
     <t>FL013P</t>
   </si>
   <si>
     <t>Baltimore City</t>
   </si>
   <si>
     <t>Baltimore Police Department Forensic Services Div</t>
@@ -682,50 +704,74 @@
     <t>Montgomery</t>
   </si>
   <si>
     <t>Montgomery County Police Crime Laboratory</t>
   </si>
   <si>
     <t>100 Edison Park Drive</t>
   </si>
   <si>
     <t>Darnestown</t>
   </si>
   <si>
     <t>20878</t>
   </si>
   <si>
     <t>Jennifer Breaux</t>
   </si>
   <si>
     <t>(240) 773-5177</t>
   </si>
   <si>
     <t>jennifer.breaux@montgomerycountymd.gov</t>
   </si>
   <si>
     <t>FL0010</t>
+  </si>
+  <si>
+    <t>Tetracore, Inc. Forensic Services Division</t>
+  </si>
+  <si>
+    <t>77 Upper Rock Cir., Suite 600</t>
+  </si>
+  <si>
+    <t>Rockville</t>
+  </si>
+  <si>
+    <t>20850</t>
+  </si>
+  <si>
+    <t>Amy Saunders</t>
+  </si>
+  <si>
+    <t>(240) 268-5400</t>
+  </si>
+  <si>
+    <t>asaunders@tetracore.com       matsuda-begy, jennifer</t>
+  </si>
+  <si>
+    <t>FL0242</t>
   </si>
   <si>
     <t>Prince Georges</t>
   </si>
   <si>
     <t>Prince George's County Pd Forensic Services Div</t>
   </si>
   <si>
     <t>1739 Brightseat Road Suite A</t>
   </si>
   <si>
     <t>Landover</t>
   </si>
   <si>
     <t>20785</t>
   </si>
   <si>
     <t>Kristen A. Lease</t>
   </si>
   <si>
     <t>(301) 957-6354</t>
   </si>
   <si>
     <t>kalease@co.pg.md.us</t>
   </si>
@@ -858,51 +904,51 @@
       <left style="thin">
         <color rgb="FFD0D7E5"/>
       </left>
       <right style="thin">
         <color rgb="FFD0D7E5"/>
       </right>
       <top style="thin">
         <color rgb="FFD0D7E5"/>
       </top>
       <bottom style="thin">
         <color rgb="FFD0D7E5"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf borderId="0" fillId="0" fontId="0" numFmtId="0" applyAlignment="1" applyFont="1"/>
   </cellStyleXfs>
   <cellXfs count="6">
     <xf borderId="0" fillId="0" fontId="0" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
       <alignment readingOrder="0" shrinkToFit="0" vertical="bottom" wrapText="0"/>
     </xf>
     <xf borderId="1" fillId="2" fontId="1" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFill="1" applyFont="1">
       <alignment horizontal="center" shrinkToFit="0" vertical="center" wrapText="1"/>
     </xf>
     <xf borderId="0" fillId="0" fontId="2" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
-      <alignment shrinkToFit="0" wrapText="1"/>
+      <alignment horizontal="center" shrinkToFit="0" wrapText="1"/>
     </xf>
     <xf borderId="2" fillId="0" fontId="3" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment shrinkToFit="0" vertical="center" wrapText="1"/>
     </xf>
     <xf borderId="2" fillId="0" fontId="3" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
       <alignment horizontal="center" shrinkToFit="0" vertical="center" wrapText="1"/>
     </xf>
     <xf borderId="0" fillId="0" fontId="2" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle xfId="0" name="Normal" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://customschemas.google.com/relationships/workbookmetadata" Target="metadata"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:x3Unk="http://schemas.microsoft.com/office/drawing/2010/slicer" xmlns:sle15="http://schemas.microsoft.com/office/drawing/2012/slicer"/>
 </file>
@@ -1097,55 +1143,55 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
   <sheetPr>
     <pageSetUpPr/>
   </sheetPr>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr customHeight="1" defaultColWidth="14.43" defaultRowHeight="15.0"/>
   <cols>
     <col customWidth="1" min="1" max="1" width="18.57"/>
     <col customWidth="1" min="2" max="2" width="45.57"/>
     <col customWidth="1" min="3" max="3" width="36.14"/>
     <col customWidth="1" min="4" max="4" width="14.57"/>
-    <col customWidth="1" min="5" max="5" width="10.43"/>
-    <col customWidth="1" min="6" max="6" width="8.71"/>
+    <col customWidth="1" min="5" max="5" width="8.43"/>
+    <col customWidth="1" min="6" max="6" width="10.14"/>
     <col customWidth="1" min="7" max="7" width="23.29"/>
     <col customWidth="1" min="8" max="8" width="22.29"/>
-    <col customWidth="1" min="9" max="9" width="38.86"/>
+    <col customWidth="1" min="9" max="9" width="46.57"/>
     <col customWidth="1" min="10" max="10" width="15.14"/>
     <col customWidth="1" hidden="1" min="11" max="26" width="8.71"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
@@ -1185,1518 +1231,1074 @@
       </c>
       <c r="C2" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D2" s="3" t="s">
         <v>13</v>
       </c>
       <c r="E2" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F2" s="4" t="s">
         <v>15</v>
       </c>
       <c r="G2" s="3" t="s">
         <v>16</v>
       </c>
       <c r="H2" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="3" t="s">
         <v>18</v>
       </c>
       <c r="J2" s="4" t="s">
         <v>19</v>
       </c>
-      <c r="K2" s="2"/>
-[...14 lines deleted...]
-      <c r="Z2" s="2"/>
     </row>
     <row r="3">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E3" s="4" t="s">
         <v>23</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>24</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H3" s="4" t="s">
         <v>26</v>
       </c>
       <c r="I3" s="3" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="4" t="s">
         <v>28</v>
       </c>
-      <c r="K3" s="2"/>
-[...14 lines deleted...]
-      <c r="Z3" s="2"/>
     </row>
     <row r="4">
       <c r="A4" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>30</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>32</v>
       </c>
       <c r="F4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="H4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>35</v>
       </c>
       <c r="J4" s="4" t="s">
         <v>36</v>
       </c>
-      <c r="K4" s="2"/>
-[...14 lines deleted...]
-      <c r="Z4" s="2"/>
     </row>
     <row r="5">
       <c r="A5" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="F5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>37</v>
       </c>
       <c r="H5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>43</v>
       </c>
       <c r="J5" s="4" t="s">
         <v>44</v>
       </c>
-      <c r="K5" s="2"/>
-[...14 lines deleted...]
-      <c r="Z5" s="2"/>
     </row>
     <row r="6">
       <c r="A6" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>46</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>47</v>
       </c>
       <c r="E6" s="4" t="s">
         <v>32</v>
       </c>
       <c r="F6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>49</v>
       </c>
       <c r="H6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="I6" s="3" t="s">
         <v>51</v>
       </c>
       <c r="J6" s="4" t="s">
         <v>52</v>
       </c>
-      <c r="K6" s="2"/>
-[...14 lines deleted...]
-      <c r="Z6" s="2"/>
     </row>
     <row r="7">
       <c r="A7" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>54</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>55</v>
       </c>
       <c r="E7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="F7" s="4" t="s">
         <v>57</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>53</v>
       </c>
       <c r="H7" s="4" t="s">
         <v>58</v>
       </c>
       <c r="I7" s="3" t="s">
         <v>59</v>
       </c>
       <c r="J7" s="4" t="s">
         <v>60</v>
       </c>
-      <c r="K7" s="2"/>
-[...14 lines deleted...]
-      <c r="Z7" s="2"/>
     </row>
     <row r="8">
       <c r="A8" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>62</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>63</v>
       </c>
       <c r="E8" s="4" t="s">
         <v>64</v>
       </c>
       <c r="F8" s="4" t="s">
         <v>65</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>61</v>
       </c>
       <c r="H8" s="4" t="s">
         <v>66</v>
       </c>
       <c r="I8" s="3" t="s">
         <v>67</v>
       </c>
       <c r="J8" s="4" t="s">
         <v>68</v>
       </c>
-      <c r="K8" s="2"/>
-[...14 lines deleted...]
-      <c r="Z8" s="2"/>
     </row>
     <row r="9">
       <c r="A9" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>70</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>71</v>
       </c>
       <c r="E9" s="4" t="s">
         <v>72</v>
       </c>
       <c r="F9" s="4" t="s">
         <v>73</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>74</v>
       </c>
       <c r="H9" s="4" t="s">
         <v>75</v>
       </c>
       <c r="I9" s="3" t="s">
         <v>76</v>
       </c>
       <c r="J9" s="4" t="s">
         <v>77</v>
       </c>
-      <c r="K9" s="2"/>
-[...14 lines deleted...]
-      <c r="Z9" s="2"/>
     </row>
     <row r="10">
       <c r="A10" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>54</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>55</v>
       </c>
       <c r="E10" s="4" t="s">
         <v>56</v>
       </c>
       <c r="F10" s="4" t="s">
         <v>57</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>78</v>
       </c>
       <c r="H10" s="4" t="s">
         <v>58</v>
       </c>
       <c r="I10" s="3" t="s">
         <v>59</v>
       </c>
       <c r="J10" s="4" t="s">
         <v>79</v>
       </c>
-      <c r="K10" s="2"/>
-[...14 lines deleted...]
-      <c r="Z10" s="2"/>
     </row>
     <row r="11">
       <c r="A11" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>81</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>82</v>
       </c>
       <c r="E11" s="4" t="s">
         <v>32</v>
       </c>
       <c r="F11" s="4" t="s">
         <v>83</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>84</v>
       </c>
       <c r="H11" s="4" t="s">
         <v>85</v>
       </c>
       <c r="I11" s="3" t="s">
         <v>86</v>
       </c>
       <c r="J11" s="4" t="s">
         <v>87</v>
       </c>
-      <c r="K11" s="2"/>
-[...14 lines deleted...]
-      <c r="Z11" s="2"/>
     </row>
     <row r="12">
       <c r="A12" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>89</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>90</v>
       </c>
       <c r="E12" s="4" t="s">
         <v>32</v>
       </c>
       <c r="F12" s="4" t="s">
         <v>91</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>92</v>
       </c>
       <c r="H12" s="4" t="s">
         <v>93</v>
       </c>
       <c r="I12" s="3" t="s">
         <v>94</v>
       </c>
       <c r="J12" s="4" t="s">
         <v>95</v>
       </c>
-      <c r="K12" s="2"/>
-[...14 lines deleted...]
-      <c r="Z12" s="2"/>
     </row>
     <row r="13">
       <c r="A13" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>96</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>97</v>
       </c>
       <c r="E13" s="4" t="s">
         <v>32</v>
       </c>
       <c r="F13" s="4" t="s">
         <v>98</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>92</v>
       </c>
       <c r="H13" s="4" t="s">
         <v>93</v>
       </c>
       <c r="I13" s="3" t="s">
         <v>94</v>
       </c>
       <c r="J13" s="4" t="s">
         <v>99</v>
       </c>
-      <c r="K13" s="2"/>
-[...14 lines deleted...]
-      <c r="Z13" s="2"/>
     </row>
     <row r="14">
       <c r="A14" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>100</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>101</v>
       </c>
       <c r="E14" s="4" t="s">
         <v>102</v>
       </c>
       <c r="F14" s="4" t="s">
         <v>103</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>92</v>
       </c>
       <c r="H14" s="4" t="s">
         <v>93</v>
       </c>
       <c r="I14" s="3" t="s">
         <v>94</v>
       </c>
       <c r="J14" s="4" t="s">
         <v>104</v>
       </c>
-      <c r="K14" s="2"/>
-[...14 lines deleted...]
-      <c r="Z14" s="2"/>
     </row>
     <row r="15">
       <c r="A15" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>106</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>107</v>
       </c>
       <c r="E15" s="4" t="s">
         <v>32</v>
       </c>
       <c r="F15" s="4" t="s">
         <v>108</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>109</v>
       </c>
       <c r="H15" s="4" t="s">
         <v>110</v>
       </c>
       <c r="I15" s="3" t="s">
         <v>111</v>
       </c>
       <c r="J15" s="4" t="s">
         <v>112</v>
       </c>
-      <c r="K15" s="2"/>
-[...14 lines deleted...]
-      <c r="Z15" s="2"/>
     </row>
     <row r="16">
       <c r="A16" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>113</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>114</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>115</v>
       </c>
       <c r="E16" s="4" t="s">
         <v>116</v>
       </c>
       <c r="F16" s="4" t="s">
         <v>117</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>118</v>
       </c>
       <c r="H16" s="4" t="s">
         <v>119</v>
       </c>
       <c r="I16" s="3" t="s">
         <v>120</v>
       </c>
       <c r="J16" s="4" t="s">
         <v>121</v>
       </c>
-      <c r="K16" s="2"/>
-[...14 lines deleted...]
-      <c r="Z16" s="2"/>
     </row>
     <row r="17">
       <c r="A17" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>122</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>123</v>
       </c>
       <c r="D17" s="3" t="s">
         <v>124</v>
       </c>
       <c r="E17" s="4" t="s">
         <v>56</v>
       </c>
       <c r="F17" s="4" t="s">
         <v>125</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>122</v>
       </c>
       <c r="H17" s="4" t="s">
         <v>126</v>
       </c>
       <c r="I17" s="3" t="s">
         <v>127</v>
       </c>
       <c r="J17" s="4" t="s">
         <v>128</v>
       </c>
-      <c r="K17" s="2"/>
-[...14 lines deleted...]
-      <c r="Z17" s="2"/>
     </row>
     <row r="18">
       <c r="A18" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>130</v>
       </c>
       <c r="D18" s="3" t="s">
         <v>131</v>
       </c>
       <c r="E18" s="4" t="s">
         <v>102</v>
       </c>
       <c r="F18" s="4" t="s">
         <v>132</v>
       </c>
       <c r="G18" s="3" t="s">
         <v>133</v>
       </c>
       <c r="H18" s="4" t="s">
         <v>134</v>
       </c>
       <c r="I18" s="3" t="s">
         <v>135</v>
       </c>
       <c r="J18" s="4" t="s">
         <v>136</v>
       </c>
-      <c r="K18" s="2"/>
-[...14 lines deleted...]
-      <c r="Z18" s="2"/>
     </row>
     <row r="19">
       <c r="A19" s="3" t="s">
         <v>137</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>138</v>
       </c>
       <c r="C19" s="3" t="s">
         <v>139</v>
       </c>
       <c r="D19" s="3" t="s">
         <v>140</v>
       </c>
       <c r="E19" s="4" t="s">
         <v>141</v>
       </c>
       <c r="F19" s="4" t="s">
         <v>142</v>
       </c>
       <c r="G19" s="3" t="s">
         <v>143</v>
       </c>
       <c r="H19" s="4" t="s">
         <v>144</v>
       </c>
       <c r="I19" s="3" t="s">
         <v>145</v>
       </c>
       <c r="J19" s="4" t="s">
         <v>146</v>
       </c>
-      <c r="K19" s="2"/>
-[...14 lines deleted...]
-      <c r="Z19" s="2"/>
     </row>
     <row r="20">
       <c r="A20" s="3" t="s">
         <v>147</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>148</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>149</v>
       </c>
       <c r="D20" s="3" t="s">
         <v>147</v>
       </c>
       <c r="E20" s="4" t="s">
         <v>141</v>
       </c>
       <c r="F20" s="4" t="s">
         <v>150</v>
       </c>
       <c r="G20" s="3" t="s">
         <v>151</v>
       </c>
       <c r="H20" s="4" t="s">
         <v>152</v>
       </c>
       <c r="I20" s="3" t="s">
         <v>153</v>
       </c>
       <c r="J20" s="4" t="s">
         <v>154</v>
       </c>
-      <c r="K20" s="2"/>
-[...14 lines deleted...]
-      <c r="Z20" s="2"/>
     </row>
     <row r="21" ht="15.75" customHeight="1">
       <c r="A21" s="3" t="s">
         <v>147</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>155</v>
       </c>
       <c r="C21" s="3" t="s">
         <v>156</v>
       </c>
       <c r="D21" s="3" t="s">
         <v>147</v>
       </c>
       <c r="E21" s="4" t="s">
         <v>141</v>
       </c>
       <c r="F21" s="4" t="s">
         <v>157</v>
       </c>
       <c r="G21" s="3" t="s">
         <v>158</v>
       </c>
       <c r="H21" s="4" t="s">
         <v>159</v>
       </c>
       <c r="I21" s="3" t="s">
         <v>160</v>
       </c>
       <c r="J21" s="4" t="s">
         <v>161</v>
       </c>
-      <c r="K21" s="2"/>
-[...14 lines deleted...]
-      <c r="Z21" s="2"/>
     </row>
     <row r="22" ht="15.75" customHeight="1">
       <c r="A22" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="B22" s="3" t="s">
         <v>162</v>
       </c>
-      <c r="B22" s="3" t="s">
+      <c r="C22" s="3" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
       <c r="D22" s="3" t="s">
         <v>147</v>
       </c>
       <c r="E22" s="4" t="s">
         <v>141</v>
       </c>
       <c r="F22" s="4" t="s">
+        <v>164</v>
+      </c>
+      <c r="G22" s="3" t="s">
         <v>165</v>
       </c>
-      <c r="G22" s="3" t="s">
+      <c r="H22" s="4" t="s">
         <v>166</v>
       </c>
-      <c r="H22" s="4" t="s">
+      <c r="I22" s="3" t="s">
         <v>167</v>
       </c>
-      <c r="I22" s="3" t="s">
+      <c r="J22" s="4" t="s">
         <v>168</v>
       </c>
-      <c r="J22" s="4" t="s">
-[...17 lines deleted...]
-      <c r="Z22" s="2"/>
     </row>
     <row r="23" ht="15.75" customHeight="1">
       <c r="A23" s="3" t="s">
-        <v>162</v>
+        <v>169</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>170</v>
       </c>
       <c r="C23" s="3" t="s">
         <v>171</v>
       </c>
       <c r="D23" s="3" t="s">
         <v>147</v>
       </c>
       <c r="E23" s="4" t="s">
         <v>141</v>
       </c>
       <c r="F23" s="4" t="s">
         <v>172</v>
       </c>
       <c r="G23" s="3" t="s">
         <v>173</v>
       </c>
       <c r="H23" s="4" t="s">
         <v>174</v>
       </c>
       <c r="I23" s="3" t="s">
         <v>175</v>
       </c>
       <c r="J23" s="4" t="s">
         <v>176</v>
       </c>
-      <c r="K23" s="2"/>
-[...14 lines deleted...]
-      <c r="Z23" s="2"/>
     </row>
     <row r="24" ht="15.75" customHeight="1">
       <c r="A24" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="B24" s="3" t="s">
         <v>177</v>
       </c>
-      <c r="B24" s="3" t="s">
+      <c r="C24" s="3" t="s">
         <v>178</v>
       </c>
-      <c r="C24" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D24" s="3" t="s">
-        <v>180</v>
+        <v>147</v>
       </c>
       <c r="E24" s="4" t="s">
         <v>141</v>
       </c>
       <c r="F24" s="4" t="s">
+        <v>179</v>
+      </c>
+      <c r="G24" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="H24" s="4" t="s">
         <v>181</v>
       </c>
-      <c r="G24" s="3" t="s">
+      <c r="I24" s="3" t="s">
         <v>182</v>
       </c>
-      <c r="H24" s="4" t="s">
+      <c r="J24" s="4" t="s">
         <v>183</v>
       </c>
-      <c r="I24" s="3" t="s">
-[...20 lines deleted...]
-      <c r="Z24" s="2"/>
     </row>
     <row r="25" ht="15.75" customHeight="1">
       <c r="A25" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="B25" s="3" t="s">
+        <v>185</v>
+      </c>
+      <c r="C25" s="3" t="s">
         <v>186</v>
       </c>
-      <c r="B25" s="3" t="s">
+      <c r="D25" s="3" t="s">
         <v>187</v>
-      </c>
-[...4 lines deleted...]
-        <v>186</v>
       </c>
       <c r="E25" s="4" t="s">
         <v>141</v>
       </c>
       <c r="F25" s="4" t="s">
+        <v>188</v>
+      </c>
+      <c r="G25" s="3" t="s">
         <v>189</v>
       </c>
-      <c r="G25" s="3" t="s">
+      <c r="H25" s="4" t="s">
         <v>190</v>
       </c>
-      <c r="H25" s="4" t="s">
+      <c r="I25" s="3" t="s">
         <v>191</v>
       </c>
-      <c r="I25" s="3" t="s">
+      <c r="J25" s="4" t="s">
         <v>192</v>
       </c>
-      <c r="J25" s="4" t="s">
-[...17 lines deleted...]
-      <c r="Z25" s="2"/>
     </row>
     <row r="26" ht="15.75" customHeight="1">
       <c r="A26" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="B26" s="3" t="s">
         <v>194</v>
       </c>
-      <c r="B26" s="3" t="s">
+      <c r="C26" s="3" t="s">
         <v>195</v>
       </c>
-      <c r="C26" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D26" s="3" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
       <c r="E26" s="4" t="s">
         <v>141</v>
       </c>
       <c r="F26" s="4" t="s">
+        <v>196</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="H26" s="4" t="s">
         <v>198</v>
       </c>
-      <c r="G26" s="3" t="s">
+      <c r="I26" s="3" t="s">
         <v>199</v>
       </c>
-      <c r="H26" s="4" t="s">
+      <c r="J26" s="4" t="s">
         <v>200</v>
       </c>
-      <c r="I26" s="3" t="s">
-[...20 lines deleted...]
-      <c r="Z26" s="2"/>
     </row>
     <row r="27" ht="15.75" customHeight="1">
       <c r="A27" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="B27" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="C27" s="3" t="s">
         <v>203</v>
       </c>
-      <c r="B27" s="3" t="s">
+      <c r="D27" s="3" t="s">
         <v>204</v>
-      </c>
-[...4 lines deleted...]
-        <v>206</v>
       </c>
       <c r="E27" s="4" t="s">
         <v>141</v>
       </c>
       <c r="F27" s="4" t="s">
+        <v>205</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>206</v>
+      </c>
+      <c r="H27" s="4" t="s">
         <v>207</v>
       </c>
-      <c r="G27" s="3" t="s">
+      <c r="I27" s="3" t="s">
         <v>208</v>
       </c>
-      <c r="H27" s="4" t="s">
+      <c r="J27" s="4" t="s">
         <v>209</v>
       </c>
-      <c r="I27" s="3" t="s">
-[...20 lines deleted...]
-      <c r="Z27" s="2"/>
     </row>
     <row r="28" ht="15.75" customHeight="1">
       <c r="A28" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="B28" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="C28" s="3" t="s">
         <v>212</v>
       </c>
-      <c r="B28" s="3" t="s">
+      <c r="D28" s="3" t="s">
         <v>213</v>
-      </c>
-[...4 lines deleted...]
-        <v>215</v>
       </c>
       <c r="E28" s="4" t="s">
         <v>141</v>
       </c>
       <c r="F28" s="4" t="s">
+        <v>214</v>
+      </c>
+      <c r="G28" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="H28" s="4" t="s">
         <v>216</v>
       </c>
-      <c r="G28" s="3" t="s">
+      <c r="I28" s="3" t="s">
         <v>217</v>
       </c>
-      <c r="H28" s="4" t="s">
+      <c r="J28" s="4" t="s">
         <v>218</v>
       </c>
-      <c r="I28" s="3" t="s">
-[...20 lines deleted...]
-      <c r="Z28" s="2"/>
     </row>
     <row r="29" ht="15.75" customHeight="1">
       <c r="A29" s="3" t="s">
+        <v>219</v>
+      </c>
+      <c r="B29" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="C29" s="3" t="s">
         <v>221</v>
       </c>
-      <c r="B29" s="3" t="s">
+      <c r="D29" s="3" t="s">
         <v>222</v>
-      </c>
-[...4 lines deleted...]
-        <v>224</v>
       </c>
       <c r="E29" s="4" t="s">
         <v>141</v>
       </c>
       <c r="F29" s="4" t="s">
+        <v>223</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="H29" s="4" t="s">
         <v>225</v>
       </c>
-      <c r="G29" s="3" t="s">
+      <c r="I29" s="3" t="s">
         <v>226</v>
       </c>
-      <c r="H29" s="4" t="s">
+      <c r="J29" s="4" t="s">
         <v>227</v>
       </c>
-      <c r="I29" s="3" t="s">
-[...20 lines deleted...]
-      <c r="Z29" s="2"/>
     </row>
     <row r="30" ht="15.75" customHeight="1">
       <c r="A30" s="3" t="s">
+        <v>219</v>
+      </c>
+      <c r="B30" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="C30" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="D30" s="3" t="s">
         <v>230</v>
-      </c>
-[...7 lines deleted...]
-        <v>233</v>
       </c>
       <c r="E30" s="4" t="s">
         <v>141</v>
       </c>
       <c r="F30" s="4" t="s">
+        <v>231</v>
+      </c>
+      <c r="G30" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="H30" s="4" t="s">
+        <v>233</v>
+      </c>
+      <c r="I30" s="3" t="s">
         <v>234</v>
       </c>
-      <c r="G30" s="3" t="s">
-[...2 lines deleted...]
-      <c r="H30" s="4" t="s">
+      <c r="J30" s="4" t="s">
         <v>235</v>
       </c>
-      <c r="I30" s="3" t="s">
-[...20 lines deleted...]
-      <c r="Z30" s="2"/>
     </row>
     <row r="31" ht="15.75" customHeight="1">
       <c r="A31" s="3" t="s">
-        <v>230</v>
+        <v>236</v>
       </c>
       <c r="B31" s="3" t="s">
+        <v>237</v>
+      </c>
+      <c r="C31" s="3" t="s">
         <v>238</v>
       </c>
-      <c r="C31" s="3" t="s">
+      <c r="D31" s="3" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>233</v>
       </c>
       <c r="E31" s="4" t="s">
         <v>141</v>
       </c>
       <c r="F31" s="4" t="s">
-        <v>234</v>
+        <v>240</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="H31" s="4" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="I31" s="3" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="J31" s="4" t="s">
-        <v>243</v>
-[...16 lines deleted...]
-      <c r="Z31" s="2"/>
+        <v>244</v>
+      </c>
     </row>
     <row r="32" ht="15.75" customHeight="1">
       <c r="A32" s="3" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C32" s="3" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="D32" s="3" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="E32" s="4" t="s">
         <v>141</v>
       </c>
       <c r="F32" s="4" t="s">
+        <v>249</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="H32" s="4" t="s">
+        <v>250</v>
+      </c>
+      <c r="I32" s="3" t="s">
+        <v>251</v>
+      </c>
+      <c r="J32" s="4" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="33" ht="15.75" customHeight="1">
+      <c r="A33" s="3" t="s">
+        <v>245</v>
+      </c>
+      <c r="B33" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="C33" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="D33" s="3" t="s">
         <v>248</v>
       </c>
-      <c r="G32" s="3" t="s">
-[...2 lines deleted...]
-      <c r="H32" s="4" t="s">
+      <c r="E33" s="4" t="s">
+        <v>141</v>
+      </c>
+      <c r="F33" s="4" t="s">
         <v>249</v>
       </c>
-      <c r="I32" s="3" t="s">
-[...26 lines deleted...]
-      <c r="J33" s="5"/>
+      <c r="G33" s="3" t="s">
+        <v>255</v>
+      </c>
+      <c r="H33" s="4" t="s">
+        <v>256</v>
+      </c>
+      <c r="I33" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="J33" s="4" t="s">
+        <v>258</v>
+      </c>
     </row>
     <row r="34" ht="15.75" customHeight="1">
-      <c r="E34" s="5"/>
-[...2 lines deleted...]
-      <c r="J34" s="5"/>
+      <c r="A34" s="3" t="s">
+        <v>259</v>
+      </c>
+      <c r="B34" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="C34" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="D34" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="E34" s="4" t="s">
+        <v>141</v>
+      </c>
+      <c r="F34" s="4" t="s">
+        <v>263</v>
+      </c>
+      <c r="G34" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="H34" s="4" t="s">
+        <v>264</v>
+      </c>
+      <c r="I34" s="3" t="s">
+        <v>251</v>
+      </c>
+      <c r="J34" s="4" t="s">
+        <v>265</v>
+      </c>
     </row>
     <row r="35" ht="15.75" customHeight="1">
       <c r="E35" s="5"/>
       <c r="F35" s="5"/>
       <c r="H35" s="5"/>
       <c r="J35" s="5"/>
     </row>
     <row r="36" ht="15.75" customHeight="1">
       <c r="E36" s="5"/>
       <c r="F36" s="5"/>
       <c r="H36" s="5"/>
       <c r="J36" s="5"/>
     </row>
     <row r="37" ht="15.75" customHeight="1">
       <c r="E37" s="5"/>
       <c r="F37" s="5"/>
       <c r="H37" s="5"/>
       <c r="J37" s="5"/>
     </row>
     <row r="38" ht="15.75" customHeight="1">
       <c r="E38" s="5"/>
       <c r="F38" s="5"/>
       <c r="H38" s="5"/>
       <c r="J38" s="5"/>
     </row>
@@ -8451,51 +8053,51 @@
     <row r="997" ht="15.75" customHeight="1">
       <c r="E997" s="5"/>
       <c r="F997" s="5"/>
       <c r="H997" s="5"/>
       <c r="J997" s="5"/>
     </row>
     <row r="998" ht="15.75" customHeight="1">
       <c r="E998" s="5"/>
       <c r="F998" s="5"/>
       <c r="H998" s="5"/>
       <c r="J998" s="5"/>
     </row>
     <row r="999" ht="15.75" customHeight="1">
       <c r="E999" s="5"/>
       <c r="F999" s="5"/>
       <c r="H999" s="5"/>
       <c r="J999" s="5"/>
     </row>
     <row r="1000" ht="15.75" customHeight="1">
       <c r="E1000" s="5"/>
       <c r="F1000" s="5"/>
       <c r="H1000" s="5"/>
       <c r="J1000" s="5"/>
     </row>
   </sheetData>
-  <autoFilter ref="$A$1:$Z$32"/>
+  <autoFilter ref="$A$1:$Z$34"/>
   <printOptions/>
   <pageMargins bottom="0.75" footer="0.0" header="0.0" left="0.7" right="0.7" top="0.75"/>
   <pageSetup orientation="landscape"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100093141C1741E3E4DBBC1290E4A9A5775" ma:contentTypeVersion="8" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="5687a27188606a7025f072b0b7f27a21">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7dcc10a156eb2aa295318eab019ded2b">
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
@@ -8601,50 +8203,50 @@
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement/>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{86E4C5DB-B1B6-49FF-91D2-4BDF53DDBF43}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8ADC465E-A757-417B-A061-09A56C67F014}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AFC97200-4608-423F-9CCD-E09DAA1C8048}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{93D8BD5B-0508-4516-A1B7-392105AED6BA}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{51637189-FE2E-47D9-ADCA-03241893F9DD}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{674D2C95-CC32-49B4-9821-110DABA63456}"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Bruce Woodard</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100093141C1741E3E4DBBC1290E4A9A5775</vt:lpwstr>
   </property>
 </Properties>
 </file>