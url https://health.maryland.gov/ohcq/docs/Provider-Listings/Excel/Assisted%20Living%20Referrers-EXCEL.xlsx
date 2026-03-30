--- v0 (2025-11-21)
+++ v1 (2026-03-30)
@@ -5,66 +5,66 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/metadata" ContentType="application/binary"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
   <workbookPr/>
   <sheets>
-    <sheet state="visible" name="ALRs-EXCEL as of 11-03-25" sheetId="1" r:id="rId4"/>
+    <sheet state="visible" name="ALRs-EXCEL as of 03-26-26" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName hidden="1" localSheetId="0" name="_xlnm._FilterDatabase">'ALRs-EXCEL as of 11-03-25'!$A$1:$J$98</definedName>
+    <definedName hidden="1" localSheetId="0" name="_xlnm._FilterDatabase">'ALRs-EXCEL as of 03-26-26'!$A$1:$J$104</definedName>
   </definedNames>
   <calcPr/>
   <extLst>
     <ext uri="GoogleSheetsCustomDataVersion2">
-      <go:sheetsCustomData xmlns:go="http://customooxmlschemas.google.com/" r:id="rId5" roundtripDataChecksum="swpOZ7ZcWlrG5w54AcpEpSNPBkEfyhhw7BrI1n5H6Zg="/>
+      <go:sheetsCustomData xmlns:go="http://customooxmlschemas.google.com/" r:id="rId5" roundtripDataChecksum="6e72/iw+ciMnpa+9k+kyy58YZD4S8s/j8vPaK6i5GbI="/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="890" uniqueCount="660">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="944" uniqueCount="699">
   <si>
     <t>Jurisdiction</t>
   </si>
   <si>
     <t>Name of Assisted Living Referrer</t>
   </si>
   <si>
     <t>Street Address</t>
   </si>
   <si>
     <t>City</t>
   </si>
   <si>
     <t>State</t>
   </si>
   <si>
     <t>Zip Code</t>
   </si>
   <si>
     <t>Name of Contact Person</t>
   </si>
   <si>
     <t>Business Phone Number of Contact Person</t>
   </si>
   <si>
@@ -238,50 +238,71 @@
   <si>
     <t>mamaseniorcareservices@gmail.com</t>
   </si>
   <si>
     <t>ALR0201</t>
   </si>
   <si>
     <t>Nestbox Homes, LLC</t>
   </si>
   <si>
     <t>1171 Green Holly Dr</t>
   </si>
   <si>
     <t>Terri Rafiq</t>
   </si>
   <si>
     <t>(443) 454-0732</t>
   </si>
   <si>
     <t>info.nestboxhomes@gmail.com</t>
   </si>
   <si>
     <t>ALR0212</t>
   </si>
   <si>
+    <t>Next Nest</t>
+  </si>
+  <si>
+    <t>8107 mill falls ct</t>
+  </si>
+  <si>
+    <t>Glen burnie</t>
+  </si>
+  <si>
+    <t>Travail Sellers</t>
+  </si>
+  <si>
+    <t>(410) 508-4116</t>
+  </si>
+  <si>
+    <t>Nextnestlivingplacements@gmail.com</t>
+  </si>
+  <si>
+    <t>ALR0224</t>
+  </si>
+  <si>
     <t>Senior Care Authority</t>
   </si>
   <si>
     <t>16701 Melford Bouelvard, Suite 400</t>
   </si>
   <si>
     <t>Bowie</t>
   </si>
   <si>
     <t>Eddie Dayton</t>
   </si>
   <si>
     <t>(410) 991-7832</t>
   </si>
   <si>
     <t>edayton@seniorcareauthority.com</t>
   </si>
   <si>
     <t>ALR0192</t>
   </si>
   <si>
     <t>SilverStay</t>
   </si>
   <si>
     <t>1311 Waneta Court</t>
@@ -397,50 +418,68 @@
   <si>
     <t>ALR0015</t>
   </si>
   <si>
     <t>Assisted Living United Referral Services</t>
   </si>
   <si>
     <t>7200 Oak Haven Circle, Unit 201</t>
   </si>
   <si>
     <t>Windsor Mill</t>
   </si>
   <si>
     <t>Tammy D Roberts</t>
   </si>
   <si>
     <t>(410) 800-1116</t>
   </si>
   <si>
     <t>Serious12y73@gmail.com</t>
   </si>
   <si>
     <t>ALR0180</t>
   </si>
   <si>
+    <t>BALANCED CARE ACADEMY</t>
+  </si>
+  <si>
+    <t>3517 Langrehr Road, Ste 102,</t>
+  </si>
+  <si>
+    <t>Ayo AkinOni</t>
+  </si>
+  <si>
+    <t>(443) 760-0405</t>
+  </si>
+  <si>
+    <t>info@balancedcareacademy.org</t>
+  </si>
+  <si>
+    <t>ALR0217</t>
+  </si>
+  <si>
     <t>Beyond Success Adultcare Referral Network</t>
   </si>
   <si>
     <t>1301 York Road,  Suite 800 #1044</t>
   </si>
   <si>
     <t>Lutherville</t>
   </si>
   <si>
     <t>Erika  McCullough</t>
   </si>
   <si>
     <t>(443) 489-9023</t>
   </si>
   <si>
     <t>emccullough@beyondsuccessadultcare.com</t>
   </si>
   <si>
     <t>ALR0119</t>
   </si>
   <si>
     <t>Charlene T King</t>
   </si>
   <si>
     <t>2300 Garrison Boulevard, Suite 209</t>
@@ -1057,50 +1096,71 @@
   <si>
     <t>Loving Care Senior Services, Inc.</t>
   </si>
   <si>
     <t>288 Merrimac Court P.O. Box 2346</t>
   </si>
   <si>
     <t>Prince Frederick</t>
   </si>
   <si>
     <t>Lisa Height-Gross</t>
   </si>
   <si>
     <t>(443) 975-6837</t>
   </si>
   <si>
     <t>info@lovingcareseniors.net</t>
   </si>
   <si>
     <t>ALR0145</t>
   </si>
   <si>
     <t>Carroll</t>
   </si>
   <si>
+    <t>Carroll Senior Living Consulting</t>
+  </si>
+  <si>
+    <t>408 Ronsdale Road</t>
+  </si>
+  <si>
+    <t>Eldersburg</t>
+  </si>
+  <si>
+    <t>Judith Carroll</t>
+  </si>
+  <si>
+    <t>(443) 310-6056</t>
+  </si>
+  <si>
+    <t>judithcarroll@carrollseniorconsulting.com</t>
+  </si>
+  <si>
+    <t>ALR0220</t>
+  </si>
+  <si>
     <t>Windchimes, LLC</t>
   </si>
   <si>
     <t>707 Glen Drive</t>
   </si>
   <si>
     <t>Westminster</t>
   </si>
   <si>
     <t>Kristen Zihmer</t>
   </si>
   <si>
     <t>(443) 340-7085</t>
   </si>
   <si>
     <t>kzihmer@windchimesllc.com</t>
   </si>
   <si>
     <t>ALR0020</t>
   </si>
   <si>
     <t>Frederick</t>
   </si>
   <si>
     <t>Grade A Senior Solutions, LLC</t>
@@ -1156,51 +1216,51 @@
   <si>
     <t>(240) 623-7632</t>
   </si>
   <si>
     <t xml:space="preserve">kc.ryerson@owlbethere.com </t>
   </si>
   <si>
     <t>ALR0084</t>
   </si>
   <si>
     <t>Harford</t>
   </si>
   <si>
     <t>Assisted Living Locators Bel Air-Elkton-Chestertown</t>
   </si>
   <si>
     <t>500 Poplarwood Court</t>
   </si>
   <si>
     <t>Bel Air</t>
   </si>
   <si>
     <t>Ryan Majchrzak</t>
   </si>
   <si>
-    <t>(443) 360-7234</t>
+    <t>(443) 607-2345</t>
   </si>
   <si>
     <t>ryanm@assistedlivinglocators.com</t>
   </si>
   <si>
     <t>ALR0075</t>
   </si>
   <si>
     <t>Care Patrol of Bel Air</t>
   </si>
   <si>
     <t>P.O. Box 15382</t>
   </si>
   <si>
     <t>Middle River</t>
   </si>
   <si>
     <t>Loronda McPhail</t>
   </si>
   <si>
     <t>(667) 304-6722</t>
   </si>
   <si>
     <t>lmcphail@carepatrol.com</t>
   </si>
@@ -1432,50 +1492,71 @@
   <si>
     <t>ALR0100</t>
   </si>
   <si>
     <t>Bailiwick Quest</t>
   </si>
   <si>
     <t>506 Quaint Acres Drive</t>
   </si>
   <si>
     <t>Silver Spring</t>
   </si>
   <si>
     <t>Efua Hayford</t>
   </si>
   <si>
     <t>(202) 802-7266</t>
   </si>
   <si>
     <t>ehayford@bailiwickquest.com</t>
   </si>
   <si>
     <t>ALR0163</t>
   </si>
   <si>
+    <t>Bethel Residential Care Home LLC</t>
+  </si>
+  <si>
+    <t>2909 Friendlywood Way</t>
+  </si>
+  <si>
+    <t>Burtonsville</t>
+  </si>
+  <si>
+    <t>Asebot Abebe</t>
+  </si>
+  <si>
+    <t>(240) 437-0000</t>
+  </si>
+  <si>
+    <t>asebota@bethelresidentialcare.com</t>
+  </si>
+  <si>
+    <t>ALR0214</t>
+  </si>
+  <si>
     <t>Buriq Group, LLC</t>
   </si>
   <si>
     <t>13615 Triadelphia Mill Road</t>
   </si>
   <si>
     <t>Clarksville</t>
   </si>
   <si>
     <t>21029-1023</t>
   </si>
   <si>
     <t>Serif Mumuney</t>
   </si>
   <si>
     <t>(301) 367-0618</t>
   </si>
   <si>
     <t>info@buriq.com</t>
   </si>
   <si>
     <t>ALR0187</t>
   </si>
   <si>
     <t>CallNoah LLC</t>
@@ -1501,65 +1582,80 @@
   <si>
     <t>3 Fountain Valley Court</t>
   </si>
   <si>
     <t>20886-5600</t>
   </si>
   <si>
     <t>Marcy Hunter</t>
   </si>
   <si>
     <t>(301) 250-0102</t>
   </si>
   <si>
     <t>mhunter@gracefulagingresourcesgroup.com</t>
   </si>
   <si>
     <t>ALR0112</t>
   </si>
   <si>
     <t>Hampton Senior Advisors</t>
   </si>
   <si>
     <t>14618 Wexhall Terrace</t>
   </si>
   <si>
-    <t>Burtonsville</t>
-[...1 lines deleted...]
-  <si>
     <t>Tina Hampton</t>
   </si>
   <si>
     <t>(410) 921-8045</t>
   </si>
   <si>
     <t>contact@hamptonsenioradvisors.com</t>
   </si>
   <si>
     <t>ALR0208</t>
   </si>
   <si>
+    <t>Proper Placement Referral Service for the Elderly</t>
+  </si>
+  <si>
+    <t>15401 Bassett Lane-Bldg 45-1B</t>
+  </si>
+  <si>
+    <t>Saundra F Scott</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> (240) 601-8227</t>
+  </si>
+  <si>
+    <t>properplacement@mail.com</t>
+  </si>
+  <si>
+    <t>ALR0215</t>
+  </si>
+  <si>
     <t>Rockwood Marketing LLC dba Oasis Senior Advisors</t>
   </si>
   <si>
     <t>1913 Washburn Court</t>
   </si>
   <si>
     <t>Harby Tran</t>
   </si>
   <si>
     <t>(703) 638-8629</t>
   </si>
   <si>
     <t>HTran@YourOasisAdvisor.com</t>
   </si>
   <si>
     <t>ALR0137</t>
   </si>
   <si>
     <t>7610 Rossville Lane</t>
   </si>
   <si>
     <t>21060-8749</t>
   </si>
   <si>
     <t>Rhonda Michelle Myles</t>
@@ -1715,50 +1811,71 @@
     <t>chcal267@gmail.com</t>
   </si>
   <si>
     <t>ALR0148</t>
   </si>
   <si>
     <t>50Plus Home Team</t>
   </si>
   <si>
     <t>4200 Forbes Boulevard, Suite 121</t>
   </si>
   <si>
     <t>Lanham</t>
   </si>
   <si>
     <t>Brenda Douglas</t>
   </si>
   <si>
     <t>(202) 930-3482</t>
   </si>
   <si>
     <t>seniorsrock@55plushometeam.com</t>
   </si>
   <si>
     <t>ALR0164</t>
+  </si>
+  <si>
+    <t>Assisted Living Locators of Waldorf, MD</t>
+  </si>
+  <si>
+    <t>6710 Oxon Hill Rd, STE 210</t>
+  </si>
+  <si>
+    <t>Oxon Hill</t>
+  </si>
+  <si>
+    <t>Janay Hurley</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> (410) 560-7195</t>
+  </si>
+  <si>
+    <t>jhurley@assistedlivinglocators.com</t>
+  </si>
+  <si>
+    <t>ALR0225</t>
   </si>
   <si>
     <t>Assisted Living Locators: Washington DC &amp; Greater Baltimore Regions</t>
   </si>
   <si>
     <t>6005 Harland Street</t>
   </si>
   <si>
     <t>Patricia Russell</t>
   </si>
   <si>
     <t>(240) 472-9220</t>
   </si>
   <si>
     <t>patriciar@assistedlivinglocators.com</t>
   </si>
   <si>
     <t>ALR0057</t>
   </si>
   <si>
     <t>Bezwen at Home, Inc</t>
   </si>
   <si>
     <t>5413 Marshalls Choice Drive  #1B</t>
   </si>
@@ -2015,99 +2132,101 @@
     <t>Lynn Paxson</t>
   </si>
   <si>
     <t>(302) 668-0298</t>
   </si>
   <si>
     <t>Lpaxson@YouroasisAdvisor.com</t>
   </si>
   <si>
     <t>ALR0189</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <fonts count="3">
     <font>
       <sz val="11.0"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <sz val="11.0"/>
+      <sz val="12.0"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="11.0"/>
-      <color theme="1"/>
+      <sz val="10.0"/>
+      <color rgb="FF000000"/>
       <name val="Calibri"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="lightGray"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFD9D9D9"/>
         <bgColor rgb="FFD9D9D9"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border/>
   </borders>
   <cellStyleXfs count="1">
     <xf borderId="0" fillId="0" fontId="0" numFmtId="0" applyAlignment="1" applyFont="1"/>
   </cellStyleXfs>
   <cellXfs count="6">
     <xf borderId="0" fillId="0" fontId="0" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
       <alignment readingOrder="0" shrinkToFit="0" vertical="bottom" wrapText="0"/>
     </xf>
     <xf borderId="0" fillId="2" fontId="1" numFmtId="0" xfId="0" applyAlignment="1" applyFill="1" applyFont="1">
       <alignment horizontal="center" shrinkToFit="0" wrapText="1"/>
     </xf>
-    <xf borderId="0" fillId="0" fontId="0" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
+    <xf borderId="0" fillId="0" fontId="2" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
       <alignment shrinkToFit="0" vertical="top" wrapText="1"/>
     </xf>
-    <xf borderId="0" fillId="0" fontId="0" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
+    <xf borderId="0" fillId="0" fontId="2" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
       <alignment horizontal="left" shrinkToFit="0" vertical="top" wrapText="1"/>
     </xf>
-    <xf borderId="0" fillId="0" fontId="0" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
+    <xf borderId="0" fillId="0" fontId="2" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
       <alignment horizontal="center" shrinkToFit="0" vertical="top" wrapText="1"/>
     </xf>
-    <xf borderId="0" fillId="0" fontId="2" numFmtId="0" xfId="0" applyFont="1"/>
+    <xf borderId="0" fillId="0" fontId="2" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
+      <alignment horizontal="center" readingOrder="0" shrinkToFit="0" vertical="top" wrapText="1"/>
+    </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle xfId="0" name="Normal" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://customschemas.google.com/relationships/workbookmetadata" Target="metadata"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:x3Unk="http://schemas.microsoft.com/office/drawing/2010/slicer" xmlns:sle15="http://schemas.microsoft.com/office/drawing/2012/slicer"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheets">
   <a:themeElements>
     <a:clrScheme name="Sheets">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
@@ -2638,13675 +2757,3939 @@
       </c>
       <c r="I10" s="2" t="s">
         <v>70</v>
       </c>
       <c r="J10" s="4" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>73</v>
       </c>
       <c r="D11" s="2" t="s">
         <v>74</v>
       </c>
       <c r="E11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="4">
-        <v>20715.0</v>
+        <v>21060.0</v>
       </c>
       <c r="G11" s="2" t="s">
         <v>75</v>
       </c>
-      <c r="H11" s="4" t="s">
+      <c r="H11" s="5" t="s">
         <v>76</v>
       </c>
       <c r="I11" s="2" t="s">
         <v>77</v>
       </c>
       <c r="J11" s="4" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>80</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>81</v>
       </c>
       <c r="E12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="4">
-        <v>21113.0</v>
+        <v>20715.0</v>
       </c>
       <c r="G12" s="2" t="s">
         <v>82</v>
       </c>
       <c r="H12" s="4" t="s">
         <v>83</v>
       </c>
       <c r="I12" s="2" t="s">
         <v>84</v>
       </c>
       <c r="J12" s="4" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>87</v>
       </c>
       <c r="D13" s="2" t="s">
         <v>88</v>
       </c>
       <c r="E13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="4">
-        <v>21204.0</v>
+        <v>21113.0</v>
       </c>
       <c r="G13" s="2" t="s">
         <v>89</v>
       </c>
       <c r="H13" s="4" t="s">
         <v>90</v>
       </c>
       <c r="I13" s="2" t="s">
         <v>91</v>
       </c>
       <c r="J13" s="4" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>94</v>
       </c>
       <c r="D14" s="2" t="s">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="E14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="4">
-        <v>21117.0</v>
+        <v>21204.0</v>
       </c>
       <c r="G14" s="2" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="H14" s="4" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="I14" s="2" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="J14" s="4" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D15" s="2" t="s">
-        <v>101</v>
+        <v>28</v>
       </c>
       <c r="E15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="4">
-        <v>21236.0</v>
+        <v>21117.0</v>
       </c>
       <c r="G15" s="2" t="s">
         <v>102</v>
       </c>
       <c r="H15" s="4" t="s">
         <v>103</v>
       </c>
       <c r="I15" s="2" t="s">
         <v>104</v>
       </c>
       <c r="J15" s="4" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>107</v>
       </c>
       <c r="D16" s="2" t="s">
-        <v>35</v>
+        <v>108</v>
       </c>
       <c r="E16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="4">
-        <v>21215.0</v>
+        <v>21236.0</v>
       </c>
       <c r="G16" s="2" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="H16" s="4" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="I16" s="2" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="J16" s="4" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D17" s="2" t="s">
         <v>35</v>
       </c>
       <c r="E17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="4">
-        <v>21209.0</v>
+        <v>21215.0</v>
       </c>
       <c r="G17" s="2" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="H17" s="4" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="I17" s="2" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="J17" s="4" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D18" s="2" t="s">
-        <v>120</v>
+        <v>35</v>
       </c>
       <c r="E18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="4">
-        <v>21244.0</v>
+        <v>21209.0</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>121</v>
       </c>
       <c r="H18" s="4" t="s">
         <v>122</v>
       </c>
       <c r="I18" s="2" t="s">
         <v>123</v>
       </c>
       <c r="J18" s="4" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>125</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>126</v>
       </c>
       <c r="D19" s="2" t="s">
         <v>127</v>
       </c>
       <c r="E19" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="4">
-        <v>21093.0</v>
+        <v>21244.0</v>
       </c>
       <c r="G19" s="2" t="s">
         <v>128</v>
       </c>
       <c r="H19" s="4" t="s">
         <v>129</v>
       </c>
       <c r="I19" s="2" t="s">
         <v>130</v>
       </c>
       <c r="J19" s="4" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>132</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>133</v>
       </c>
       <c r="D20" s="2" t="s">
-        <v>35</v>
+        <v>127</v>
       </c>
       <c r="E20" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="4">
-        <v>21216.0</v>
+        <v>21244.0</v>
       </c>
       <c r="G20" s="2" t="s">
         <v>134</v>
       </c>
-      <c r="H20" s="4" t="s">
+      <c r="H20" s="5" t="s">
         <v>135</v>
       </c>
       <c r="I20" s="2" t="s">
         <v>136</v>
       </c>
       <c r="J20" s="4" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="21" ht="15.75" customHeight="1">
       <c r="A21" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>138</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>139</v>
       </c>
       <c r="D21" s="2" t="s">
-        <v>35</v>
+        <v>140</v>
       </c>
       <c r="E21" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="4">
-        <v>21201.0</v>
+        <v>21093.0</v>
       </c>
       <c r="G21" s="2" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="H21" s="4" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="I21" s="2" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="J21" s="4" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
     </row>
     <row r="22" ht="15.75" customHeight="1">
       <c r="A22" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D22" s="2" t="s">
         <v>35</v>
       </c>
       <c r="E22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="4">
-        <v>21133.0</v>
+        <v>21216.0</v>
       </c>
       <c r="G22" s="2" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="H22" s="4" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="I22" s="2" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="J22" s="4" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="23" ht="15.75" customHeight="1">
       <c r="A23" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D23" s="2" t="s">
-        <v>152</v>
+        <v>35</v>
       </c>
       <c r="E23" s="4" t="s">
         <v>14</v>
       </c>
-      <c r="F23" s="4" t="s">
+      <c r="F23" s="4">
+        <v>21201.0</v>
+      </c>
+      <c r="G23" s="2" t="s">
         <v>153</v>
       </c>
-      <c r="G23" s="2" t="s">
+      <c r="H23" s="4" t="s">
         <v>154</v>
       </c>
-      <c r="H23" s="4" t="s">
+      <c r="I23" s="2" t="s">
         <v>155</v>
       </c>
-      <c r="I23" s="2" t="s">
+      <c r="J23" s="4" t="s">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>157</v>
       </c>
     </row>
     <row r="24" ht="15.75" customHeight="1">
       <c r="A24" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B24" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="C24" s="2" t="s">
         <v>158</v>
       </c>
-      <c r="C24" s="2" t="s">
+      <c r="D24" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="E24" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F24" s="4">
+        <v>21133.0</v>
+      </c>
+      <c r="G24" s="2" t="s">
         <v>159</v>
-      </c>
-[...10 lines deleted...]
-        <v>158</v>
       </c>
       <c r="H24" s="4" t="s">
         <v>160</v>
       </c>
       <c r="I24" s="2" t="s">
         <v>161</v>
       </c>
       <c r="J24" s="4" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="25" ht="15.75" customHeight="1">
       <c r="A25" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>163</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>164</v>
       </c>
       <c r="D25" s="2" t="s">
         <v>165</v>
       </c>
       <c r="E25" s="4" t="s">
         <v>14</v>
       </c>
-      <c r="F25" s="4">
-        <v>21222.0</v>
+      <c r="F25" s="4" t="s">
+        <v>166</v>
       </c>
       <c r="G25" s="2" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="H25" s="4" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="I25" s="2" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="J25" s="4" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
     </row>
     <row r="26" ht="15.75" customHeight="1">
       <c r="A26" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C26" s="2" t="s">
+        <v>172</v>
+      </c>
+      <c r="D26" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="E26" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F26" s="4">
+        <v>21093.0</v>
+      </c>
+      <c r="G26" s="2" t="s">
         <v>171</v>
-      </c>
-[...10 lines deleted...]
-        <v>172</v>
       </c>
       <c r="H26" s="4" t="s">
         <v>173</v>
       </c>
       <c r="I26" s="2" t="s">
         <v>174</v>
       </c>
       <c r="J26" s="4" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="27" ht="15.75" customHeight="1">
       <c r="A27" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>176</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>177</v>
       </c>
       <c r="D27" s="2" t="s">
-        <v>28</v>
+        <v>178</v>
       </c>
       <c r="E27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="4">
-        <v>21117.0</v>
+        <v>21222.0</v>
       </c>
       <c r="G27" s="2" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="H27" s="4" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="I27" s="2" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="J27" s="4" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
     </row>
     <row r="28" ht="15.75" customHeight="1">
       <c r="A28" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D28" s="2" t="s">
-        <v>184</v>
+        <v>35</v>
       </c>
       <c r="E28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="4">
-        <v>21093.0</v>
+        <v>21117.0</v>
       </c>
       <c r="G28" s="2" t="s">
         <v>185</v>
       </c>
       <c r="H28" s="4" t="s">
         <v>186</v>
       </c>
       <c r="I28" s="2" t="s">
         <v>187</v>
       </c>
       <c r="J28" s="4" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="29" ht="15.75" customHeight="1">
       <c r="A29" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>189</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>190</v>
       </c>
       <c r="D29" s="2" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="E29" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="4">
-        <v>21215.0</v>
+        <v>21117.0</v>
       </c>
       <c r="G29" s="2" t="s">
         <v>191</v>
       </c>
       <c r="H29" s="4" t="s">
         <v>192</v>
       </c>
       <c r="I29" s="2" t="s">
         <v>193</v>
       </c>
       <c r="J29" s="4" t="s">
         <v>194</v>
       </c>
     </row>
     <row r="30" ht="15.75" customHeight="1">
       <c r="A30" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>195</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>196</v>
       </c>
       <c r="D30" s="2" t="s">
-        <v>88</v>
+        <v>197</v>
       </c>
       <c r="E30" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="4">
-        <v>21204.0</v>
+        <v>21093.0</v>
       </c>
       <c r="G30" s="2" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="H30" s="4" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="I30" s="2" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="J30" s="4" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="31" ht="15.75" customHeight="1">
       <c r="A31" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D31" s="2" t="s">
-        <v>203</v>
+        <v>35</v>
       </c>
       <c r="E31" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="4">
-        <v>21120.0</v>
+        <v>21215.0</v>
       </c>
       <c r="G31" s="2" t="s">
         <v>204</v>
       </c>
       <c r="H31" s="4" t="s">
         <v>205</v>
       </c>
       <c r="I31" s="2" t="s">
         <v>206</v>
       </c>
       <c r="J31" s="4" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="32" ht="15.75" customHeight="1">
       <c r="A32" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>208</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>209</v>
       </c>
       <c r="D32" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="E32" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F32" s="4">
+        <v>21204.0</v>
+      </c>
+      <c r="G32" s="2" t="s">
         <v>210</v>
       </c>
-      <c r="E32" s="4" t="s">
-[...2 lines deleted...]
-      <c r="F32" s="4" t="s">
+      <c r="H32" s="4" t="s">
         <v>211</v>
       </c>
-      <c r="G32" s="2" t="s">
+      <c r="I32" s="2" t="s">
         <v>212</v>
       </c>
-      <c r="H32" s="4" t="s">
+      <c r="J32" s="4" t="s">
         <v>213</v>
-      </c>
-[...4 lines deleted...]
-        <v>215</v>
       </c>
     </row>
     <row r="33" ht="15.75" customHeight="1">
       <c r="A33" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B33" s="3" t="s">
+        <v>214</v>
+      </c>
+      <c r="C33" s="2" t="s">
+        <v>215</v>
+      </c>
+      <c r="D33" s="2" t="s">
         <v>216</v>
       </c>
-      <c r="C33" s="2" t="s">
+      <c r="E33" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F33" s="4">
+        <v>21120.0</v>
+      </c>
+      <c r="G33" s="2" t="s">
         <v>217</v>
       </c>
-      <c r="D33" s="2" t="s">
-[...8 lines deleted...]
-      <c r="G33" s="2" t="s">
+      <c r="H33" s="4" t="s">
         <v>218</v>
       </c>
-      <c r="H33" s="4" t="s">
+      <c r="I33" s="2" t="s">
         <v>219</v>
       </c>
-      <c r="I33" s="2" t="s">
+      <c r="J33" s="4" t="s">
         <v>220</v>
-      </c>
-[...1 lines deleted...]
-        <v>221</v>
       </c>
     </row>
     <row r="34" ht="15.75" customHeight="1">
       <c r="A34" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B34" s="3" t="s">
+        <v>221</v>
+      </c>
+      <c r="C34" s="2" t="s">
         <v>222</v>
       </c>
-      <c r="C34" s="2" t="s">
+      <c r="D34" s="2" t="s">
         <v>223</v>
       </c>
-      <c r="D34" s="2" t="s">
+      <c r="E34" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F34" s="4" t="s">
         <v>224</v>
-      </c>
-[...4 lines deleted...]
-        <v>21208.0</v>
       </c>
       <c r="G34" s="2" t="s">
         <v>225</v>
       </c>
       <c r="H34" s="4" t="s">
         <v>226</v>
       </c>
       <c r="I34" s="2" t="s">
         <v>227</v>
       </c>
       <c r="J34" s="4" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="35" ht="15.75" customHeight="1">
       <c r="A35" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>229</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>230</v>
       </c>
       <c r="D35" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="E35" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F35" s="4">
+        <v>21207.0</v>
+      </c>
+      <c r="G35" s="2" t="s">
         <v>231</v>
       </c>
-      <c r="E35" s="4" t="s">
-[...5 lines deleted...]
-      <c r="G35" s="2" t="s">
+      <c r="H35" s="4" t="s">
         <v>232</v>
       </c>
-      <c r="H35" s="4" t="s">
+      <c r="I35" s="2" t="s">
         <v>233</v>
       </c>
-      <c r="I35" s="2" t="s">
+      <c r="J35" s="4" t="s">
         <v>234</v>
-      </c>
-[...1 lines deleted...]
-        <v>235</v>
       </c>
     </row>
     <row r="36" ht="15.75" customHeight="1">
       <c r="A36" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B36" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="C36" s="2" t="s">
         <v>236</v>
       </c>
-      <c r="C36" s="2" t="s">
+      <c r="D36" s="2" t="s">
         <v>237</v>
       </c>
-      <c r="D36" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E36" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="4">
-        <v>21204.0</v>
+        <v>21208.0</v>
       </c>
       <c r="G36" s="2" t="s">
         <v>238</v>
       </c>
       <c r="H36" s="4" t="s">
         <v>239</v>
       </c>
       <c r="I36" s="2" t="s">
         <v>240</v>
       </c>
       <c r="J36" s="4" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="37" ht="15.75" customHeight="1">
       <c r="A37" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>242</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>243</v>
       </c>
       <c r="D37" s="2" t="s">
         <v>244</v>
       </c>
       <c r="E37" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="4">
-        <v>20854.0</v>
+        <v>21030.0</v>
       </c>
       <c r="G37" s="2" t="s">
         <v>245</v>
       </c>
       <c r="H37" s="4" t="s">
         <v>246</v>
       </c>
       <c r="I37" s="2" t="s">
         <v>247</v>
       </c>
       <c r="J37" s="4" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="38" ht="15.75" customHeight="1">
       <c r="A38" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>249</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>250</v>
       </c>
       <c r="D38" s="2" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="E38" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="4">
         <v>21204.0</v>
       </c>
       <c r="G38" s="2" t="s">
         <v>251</v>
       </c>
       <c r="H38" s="4" t="s">
         <v>252</v>
       </c>
       <c r="I38" s="2" t="s">
         <v>253</v>
       </c>
       <c r="J38" s="4" t="s">
         <v>254</v>
       </c>
     </row>
     <row r="39" ht="15.75" customHeight="1">
       <c r="A39" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>255</v>
       </c>
       <c r="C39" s="2" t="s">
         <v>256</v>
       </c>
       <c r="D39" s="2" t="s">
         <v>257</v>
       </c>
       <c r="E39" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="4">
-        <v>21104.0</v>
+        <v>20854.0</v>
       </c>
       <c r="G39" s="2" t="s">
         <v>258</v>
       </c>
       <c r="H39" s="4" t="s">
         <v>259</v>
       </c>
       <c r="I39" s="2" t="s">
         <v>260</v>
       </c>
       <c r="J39" s="4" t="s">
         <v>261</v>
       </c>
     </row>
     <row r="40" ht="15.75" customHeight="1">
       <c r="A40" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>262</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>263</v>
       </c>
       <c r="D40" s="2" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="E40" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="4">
         <v>21204.0</v>
       </c>
       <c r="G40" s="2" t="s">
         <v>264</v>
       </c>
       <c r="H40" s="4" t="s">
         <v>265</v>
       </c>
       <c r="I40" s="2" t="s">
         <v>266</v>
       </c>
       <c r="J40" s="4" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="41" ht="15.75" customHeight="1">
       <c r="A41" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>268</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>269</v>
       </c>
       <c r="D41" s="2" t="s">
-        <v>28</v>
+        <v>270</v>
       </c>
       <c r="E41" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="4">
-        <v>21117.0</v>
+        <v>21104.0</v>
       </c>
       <c r="G41" s="2" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="H41" s="4" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="I41" s="2" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="J41" s="4" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
     </row>
     <row r="42" ht="15.75" customHeight="1">
       <c r="A42" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="D42" s="2" t="s">
-        <v>276</v>
+        <v>95</v>
       </c>
       <c r="E42" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="4">
-        <v>21133.0</v>
+        <v>21204.0</v>
       </c>
       <c r="G42" s="2" t="s">
         <v>277</v>
       </c>
       <c r="H42" s="4" t="s">
         <v>278</v>
       </c>
       <c r="I42" s="2" t="s">
         <v>279</v>
       </c>
       <c r="J42" s="4" t="s">
         <v>280</v>
       </c>
     </row>
     <row r="43" ht="15.75" customHeight="1">
       <c r="A43" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>281</v>
       </c>
       <c r="C43" s="2" t="s">
         <v>282</v>
       </c>
       <c r="D43" s="2" t="s">
-        <v>120</v>
+        <v>28</v>
       </c>
       <c r="E43" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="4">
-        <v>21244.0</v>
+        <v>21117.0</v>
       </c>
       <c r="G43" s="2" t="s">
         <v>283</v>
       </c>
       <c r="H43" s="4" t="s">
         <v>284</v>
       </c>
       <c r="I43" s="2" t="s">
         <v>285</v>
       </c>
       <c r="J43" s="4" t="s">
         <v>286</v>
       </c>
     </row>
     <row r="44" ht="15.75" customHeight="1">
       <c r="A44" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="B44" s="3" t="s">
         <v>287</v>
       </c>
-      <c r="B44" s="3" t="s">
+      <c r="C44" s="2" t="s">
         <v>288</v>
       </c>
-      <c r="C44" s="2" t="s">
+      <c r="D44" s="2" t="s">
         <v>289</v>
       </c>
-      <c r="D44" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E44" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="4">
-        <v>21218.0</v>
+        <v>21133.0</v>
       </c>
       <c r="G44" s="2" t="s">
         <v>290</v>
       </c>
       <c r="H44" s="4" t="s">
         <v>291</v>
       </c>
       <c r="I44" s="2" t="s">
         <v>292</v>
       </c>
       <c r="J44" s="4" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="45" ht="15.75" customHeight="1">
       <c r="A45" s="2" t="s">
-        <v>287</v>
+        <v>35</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>294</v>
       </c>
       <c r="C45" s="2" t="s">
         <v>295</v>
       </c>
       <c r="D45" s="2" t="s">
-        <v>35</v>
+        <v>127</v>
       </c>
       <c r="E45" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="4">
-        <v>21229.0</v>
+        <v>21244.0</v>
       </c>
       <c r="G45" s="2" t="s">
         <v>296</v>
       </c>
       <c r="H45" s="4" t="s">
         <v>297</v>
       </c>
       <c r="I45" s="2" t="s">
         <v>298</v>
       </c>
       <c r="J45" s="4" t="s">
         <v>299</v>
       </c>
     </row>
     <row r="46" ht="15.75" customHeight="1">
       <c r="A46" s="2" t="s">
-        <v>287</v>
+        <v>300</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="D46" s="2" t="s">
         <v>35</v>
       </c>
       <c r="E46" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="4">
-        <v>21239.0</v>
+        <v>21218.0</v>
       </c>
       <c r="G46" s="2" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="H46" s="4" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="I46" s="2" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="J46" s="4" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
     </row>
     <row r="47" ht="15.75" customHeight="1">
       <c r="A47" s="2" t="s">
-        <v>287</v>
+        <v>300</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="D47" s="2" t="s">
         <v>35</v>
       </c>
       <c r="E47" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="4">
-        <v>21206.0</v>
+        <v>21229.0</v>
       </c>
       <c r="G47" s="2" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="H47" s="4" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="I47" s="2" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="J47" s="4" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
     </row>
     <row r="48" ht="15.75" customHeight="1">
       <c r="A48" s="2" t="s">
-        <v>287</v>
+        <v>300</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="D48" s="2" t="s">
         <v>35</v>
       </c>
       <c r="E48" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="4">
-        <v>21224.0</v>
+        <v>21239.0</v>
       </c>
       <c r="G48" s="2" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="H48" s="4" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="I48" s="2" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="J48" s="4" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
     </row>
     <row r="49" ht="15.75" customHeight="1">
       <c r="A49" s="2" t="s">
-        <v>287</v>
+        <v>300</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="D49" s="2" t="s">
         <v>35</v>
       </c>
       <c r="E49" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="4">
-        <v>21229.0</v>
+        <v>21206.0</v>
       </c>
       <c r="G49" s="2" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="H49" s="4" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="I49" s="2" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="J49" s="4" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
     </row>
     <row r="50" ht="15.75" customHeight="1">
       <c r="A50" s="2" t="s">
-        <v>287</v>
+        <v>300</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="D50" s="2" t="s">
         <v>35</v>
       </c>
       <c r="E50" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="4">
-        <v>21202.0</v>
+        <v>21224.0</v>
       </c>
       <c r="G50" s="2" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="H50" s="4" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="I50" s="2" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="J50" s="4" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
     </row>
     <row r="51" ht="15.75" customHeight="1">
       <c r="A51" s="2" t="s">
-        <v>287</v>
+        <v>300</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="D51" s="2" t="s">
         <v>35</v>
       </c>
       <c r="E51" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="4">
-        <v>21206.0</v>
+        <v>21229.0</v>
       </c>
       <c r="G51" s="2" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="H51" s="4" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="I51" s="2" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="J51" s="4" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
     </row>
     <row r="52" ht="15.75" customHeight="1">
       <c r="A52" s="2" t="s">
-        <v>336</v>
+        <v>300</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>337</v>
       </c>
       <c r="C52" s="2" t="s">
         <v>338</v>
       </c>
       <c r="D52" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="E52" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F52" s="4">
+        <v>21202.0</v>
+      </c>
+      <c r="G52" s="2" t="s">
         <v>339</v>
       </c>
-      <c r="E52" s="4" t="s">
-[...5 lines deleted...]
-      <c r="G52" s="2" t="s">
+      <c r="H52" s="4" t="s">
         <v>340</v>
       </c>
-      <c r="H52" s="4" t="s">
+      <c r="I52" s="2" t="s">
         <v>341</v>
       </c>
-      <c r="I52" s="2" t="s">
+      <c r="J52" s="4" t="s">
         <v>342</v>
-      </c>
-[...1 lines deleted...]
-        <v>343</v>
       </c>
     </row>
     <row r="53" ht="15.75" customHeight="1">
       <c r="A53" s="2" t="s">
+        <v>300</v>
+      </c>
+      <c r="B53" s="3" t="s">
+        <v>343</v>
+      </c>
+      <c r="C53" s="2" t="s">
         <v>344</v>
       </c>
-      <c r="B53" s="3" t="s">
+      <c r="D53" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="E53" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F53" s="4">
+        <v>21206.0</v>
+      </c>
+      <c r="G53" s="2" t="s">
         <v>345</v>
       </c>
-      <c r="C53" s="2" t="s">
+      <c r="H53" s="4" t="s">
         <v>346</v>
       </c>
-      <c r="D53" s="2" t="s">
+      <c r="I53" s="2" t="s">
         <v>347</v>
       </c>
-      <c r="E53" s="4" t="s">
-[...5 lines deleted...]
-      <c r="G53" s="2" t="s">
+      <c r="J53" s="4" t="s">
         <v>348</v>
-      </c>
-[...7 lines deleted...]
-        <v>351</v>
       </c>
     </row>
     <row r="54" ht="15.75" customHeight="1">
       <c r="A54" s="2" t="s">
-        <v>352</v>
+        <v>349</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>353</v>
+        <v>350</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="D54" s="2" t="s">
         <v>352</v>
       </c>
       <c r="E54" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="4">
-        <v>21702.0</v>
+        <v>20678.0</v>
       </c>
       <c r="G54" s="2" t="s">
+        <v>353</v>
+      </c>
+      <c r="H54" s="4" t="s">
+        <v>354</v>
+      </c>
+      <c r="I54" s="2" t="s">
         <v>355</v>
       </c>
-      <c r="H54" s="4" t="s">
+      <c r="J54" s="4" t="s">
         <v>356</v>
-      </c>
-[...4 lines deleted...]
-        <v>358</v>
       </c>
     </row>
     <row r="55" ht="15.75" customHeight="1">
       <c r="A55" s="2" t="s">
-        <v>352</v>
+        <v>357</v>
       </c>
       <c r="B55" s="3" t="s">
+        <v>358</v>
+      </c>
+      <c r="C55" s="2" t="s">
         <v>359</v>
       </c>
-      <c r="C55" s="2" t="s">
+      <c r="D55" s="2" t="s">
         <v>360</v>
       </c>
-      <c r="D55" s="2" t="s">
+      <c r="E55" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F55" s="4">
+        <v>21784.0</v>
+      </c>
+      <c r="G55" s="2" t="s">
         <v>361</v>
       </c>
-      <c r="E55" s="4" t="s">
-[...5 lines deleted...]
-      <c r="G55" s="2" t="s">
+      <c r="H55" s="5" t="s">
         <v>362</v>
       </c>
-      <c r="H55" s="4" t="s">
+      <c r="I55" s="2" t="s">
         <v>363</v>
       </c>
-      <c r="I55" s="2" t="s">
+      <c r="J55" s="4" t="s">
         <v>364</v>
-      </c>
-[...1 lines deleted...]
-        <v>365</v>
       </c>
     </row>
     <row r="56" ht="15.75" customHeight="1">
       <c r="A56" s="2" t="s">
-        <v>352</v>
+        <v>357</v>
       </c>
       <c r="B56" s="3" t="s">
+        <v>365</v>
+      </c>
+      <c r="C56" s="2" t="s">
         <v>366</v>
       </c>
-      <c r="C56" s="2" t="s">
+      <c r="D56" s="2" t="s">
         <v>367</v>
       </c>
-      <c r="D56" s="2" t="s">
+      <c r="E56" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F56" s="4">
+        <v>21157.0</v>
+      </c>
+      <c r="G56" s="2" t="s">
         <v>368</v>
       </c>
-      <c r="E56" s="4" t="s">
-[...5 lines deleted...]
-      <c r="G56" s="2" t="s">
+      <c r="H56" s="4" t="s">
         <v>369</v>
       </c>
-      <c r="H56" s="4" t="s">
+      <c r="I56" s="2" t="s">
         <v>370</v>
       </c>
-      <c r="I56" s="2" t="s">
+      <c r="J56" s="4" t="s">
         <v>371</v>
-      </c>
-[...1 lines deleted...]
-        <v>372</v>
       </c>
     </row>
     <row r="57" ht="15.75" customHeight="1">
       <c r="A57" s="2" t="s">
+        <v>372</v>
+      </c>
+      <c r="B57" s="3" t="s">
         <v>373</v>
       </c>
-      <c r="B57" s="3" t="s">
+      <c r="C57" s="2" t="s">
         <v>374</v>
       </c>
-      <c r="C57" s="2" t="s">
+      <c r="D57" s="2" t="s">
+        <v>372</v>
+      </c>
+      <c r="E57" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F57" s="4">
+        <v>21702.0</v>
+      </c>
+      <c r="G57" s="2" t="s">
         <v>375</v>
       </c>
-      <c r="D57" s="2" t="s">
+      <c r="H57" s="4" t="s">
         <v>376</v>
       </c>
-      <c r="E57" s="4" t="s">
-[...5 lines deleted...]
-      <c r="G57" s="2" t="s">
+      <c r="I57" s="2" t="s">
         <v>377</v>
       </c>
-      <c r="H57" s="4" t="s">
+      <c r="J57" s="4" t="s">
         <v>378</v>
-      </c>
-[...4 lines deleted...]
-        <v>380</v>
       </c>
     </row>
     <row r="58" ht="15.75" customHeight="1">
       <c r="A58" s="2" t="s">
-        <v>373</v>
+        <v>372</v>
       </c>
       <c r="B58" s="3" t="s">
+        <v>379</v>
+      </c>
+      <c r="C58" s="2" t="s">
+        <v>380</v>
+      </c>
+      <c r="D58" s="2" t="s">
         <v>381</v>
       </c>
-      <c r="C58" s="2" t="s">
+      <c r="E58" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F58" s="4">
+        <v>21773.0</v>
+      </c>
+      <c r="G58" s="2" t="s">
         <v>382</v>
       </c>
-      <c r="D58" s="2" t="s">
+      <c r="H58" s="4" t="s">
         <v>383</v>
       </c>
-      <c r="E58" s="4" t="s">
-[...5 lines deleted...]
-      <c r="G58" s="2" t="s">
+      <c r="I58" s="2" t="s">
         <v>384</v>
       </c>
-      <c r="H58" s="4" t="s">
+      <c r="J58" s="4" t="s">
         <v>385</v>
-      </c>
-[...4 lines deleted...]
-        <v>387</v>
       </c>
     </row>
     <row r="59" ht="15.75" customHeight="1">
       <c r="A59" s="2" t="s">
-        <v>373</v>
+        <v>372</v>
       </c>
       <c r="B59" s="3" t="s">
+        <v>386</v>
+      </c>
+      <c r="C59" s="2" t="s">
+        <v>387</v>
+      </c>
+      <c r="D59" s="2" t="s">
         <v>388</v>
       </c>
-      <c r="C59" s="2" t="s">
+      <c r="E59" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F59" s="4">
+        <v>21701.0</v>
+      </c>
+      <c r="G59" s="2" t="s">
         <v>389</v>
       </c>
-      <c r="D59" s="2" t="s">
+      <c r="H59" s="4" t="s">
         <v>390</v>
       </c>
-      <c r="E59" s="4" t="s">
-[...5 lines deleted...]
-      <c r="G59" s="2" t="s">
+      <c r="I59" s="2" t="s">
         <v>391</v>
       </c>
-      <c r="H59" s="4" t="s">
+      <c r="J59" s="4" t="s">
         <v>392</v>
-      </c>
-[...4 lines deleted...]
-        <v>394</v>
       </c>
     </row>
     <row r="60" ht="15.75" customHeight="1">
       <c r="A60" s="2" t="s">
-        <v>373</v>
+        <v>393</v>
       </c>
       <c r="B60" s="3" t="s">
+        <v>394</v>
+      </c>
+      <c r="C60" s="2" t="s">
         <v>395</v>
       </c>
-      <c r="C60" s="2" t="s">
+      <c r="D60" s="2" t="s">
         <v>396</v>
       </c>
-      <c r="D60" s="2" t="s">
+      <c r="E60" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F60" s="4">
+        <v>21014.0</v>
+      </c>
+      <c r="G60" s="2" t="s">
         <v>397</v>
       </c>
-      <c r="E60" s="4" t="s">
-[...5 lines deleted...]
-      <c r="G60" s="2" t="s">
+      <c r="H60" s="4" t="s">
         <v>398</v>
       </c>
-      <c r="H60" s="4" t="s">
+      <c r="I60" s="2" t="s">
         <v>399</v>
       </c>
-      <c r="I60" s="2" t="s">
+      <c r="J60" s="4" t="s">
         <v>400</v>
-      </c>
-[...1 lines deleted...]
-        <v>401</v>
       </c>
     </row>
     <row r="61" ht="15.75" customHeight="1">
       <c r="A61" s="2" t="s">
+        <v>393</v>
+      </c>
+      <c r="B61" s="3" t="s">
+        <v>401</v>
+      </c>
+      <c r="C61" s="2" t="s">
         <v>402</v>
       </c>
-      <c r="B61" s="3" t="s">
+      <c r="D61" s="2" t="s">
         <v>403</v>
       </c>
-      <c r="C61" s="2" t="s">
+      <c r="E61" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F61" s="4">
+        <v>21220.0</v>
+      </c>
+      <c r="G61" s="2" t="s">
         <v>404</v>
       </c>
-      <c r="D61" s="2" t="s">
+      <c r="H61" s="4" t="s">
         <v>405</v>
       </c>
-      <c r="E61" s="4" t="s">
-[...2 lines deleted...]
-      <c r="F61" s="4" t="s">
+      <c r="I61" s="2" t="s">
         <v>406</v>
       </c>
-      <c r="G61" s="2" t="s">
+      <c r="J61" s="4" t="s">
         <v>407</v>
-      </c>
-[...7 lines deleted...]
-        <v>410</v>
       </c>
     </row>
     <row r="62" ht="15.75" customHeight="1">
       <c r="A62" s="2" t="s">
-        <v>402</v>
+        <v>393</v>
       </c>
       <c r="B62" s="3" t="s">
+        <v>408</v>
+      </c>
+      <c r="C62" s="2" t="s">
+        <v>409</v>
+      </c>
+      <c r="D62" s="2" t="s">
+        <v>410</v>
+      </c>
+      <c r="E62" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F62" s="4">
+        <v>21015.0</v>
+      </c>
+      <c r="G62" s="2" t="s">
         <v>411</v>
       </c>
-      <c r="C62" s="2" t="s">
+      <c r="H62" s="4" t="s">
         <v>412</v>
       </c>
-      <c r="D62" s="2" t="s">
+      <c r="I62" s="2" t="s">
         <v>413</v>
       </c>
-      <c r="E62" s="4" t="s">
-[...5 lines deleted...]
-      <c r="G62" s="2" t="s">
+      <c r="J62" s="4" t="s">
         <v>414</v>
-      </c>
-[...7 lines deleted...]
-        <v>417</v>
       </c>
     </row>
     <row r="63" ht="15.75" customHeight="1">
       <c r="A63" s="2" t="s">
-        <v>402</v>
+        <v>393</v>
       </c>
       <c r="B63" s="3" t="s">
+        <v>415</v>
+      </c>
+      <c r="C63" s="2" t="s">
+        <v>416</v>
+      </c>
+      <c r="D63" s="2" t="s">
+        <v>417</v>
+      </c>
+      <c r="E63" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F63" s="4">
+        <v>21028.0</v>
+      </c>
+      <c r="G63" s="2" t="s">
         <v>418</v>
       </c>
-      <c r="C63" s="2" t="s">
+      <c r="H63" s="4" t="s">
         <v>419</v>
       </c>
-      <c r="D63" s="2" t="s">
+      <c r="I63" s="2" t="s">
         <v>420</v>
       </c>
-      <c r="E63" s="4" t="s">
-[...5 lines deleted...]
-      <c r="G63" s="2" t="s">
+      <c r="J63" s="4" t="s">
         <v>421</v>
-      </c>
-[...7 lines deleted...]
-        <v>424</v>
       </c>
     </row>
     <row r="64" ht="15.75" customHeight="1">
       <c r="A64" s="2" t="s">
-        <v>402</v>
+        <v>422</v>
       </c>
       <c r="B64" s="3" t="s">
+        <v>423</v>
+      </c>
+      <c r="C64" s="2" t="s">
+        <v>424</v>
+      </c>
+      <c r="D64" s="2" t="s">
         <v>425</v>
       </c>
-      <c r="C64" s="2" t="s">
+      <c r="E64" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F64" s="4" t="s">
         <v>426</v>
       </c>
-      <c r="D64" s="2" t="s">
+      <c r="G64" s="2" t="s">
         <v>427</v>
       </c>
-      <c r="E64" s="4" t="s">
-[...5 lines deleted...]
-      <c r="G64" s="2" t="s">
+      <c r="H64" s="4" t="s">
         <v>428</v>
       </c>
-      <c r="H64" s="4" t="s">
+      <c r="I64" s="2" t="s">
         <v>429</v>
       </c>
-      <c r="I64" s="2" t="s">
+      <c r="J64" s="4" t="s">
         <v>430</v>
-      </c>
-[...1 lines deleted...]
-        <v>431</v>
       </c>
     </row>
     <row r="65" ht="15.75" customHeight="1">
       <c r="A65" s="2" t="s">
-        <v>402</v>
+        <v>422</v>
       </c>
       <c r="B65" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="C65" s="2" t="s">
         <v>432</v>
       </c>
-      <c r="C65" s="2" t="s">
+      <c r="D65" s="2" t="s">
         <v>433</v>
       </c>
-      <c r="D65" s="2" t="s">
+      <c r="E65" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F65" s="4">
+        <v>21044.0</v>
+      </c>
+      <c r="G65" s="2" t="s">
         <v>434</v>
       </c>
-      <c r="E65" s="4" t="s">
-[...2 lines deleted...]
-      <c r="F65" s="4" t="s">
+      <c r="H65" s="4" t="s">
         <v>435</v>
       </c>
-      <c r="G65" s="2" t="s">
+      <c r="I65" s="2" t="s">
         <v>436</v>
       </c>
-      <c r="H65" s="4" t="s">
+      <c r="J65" s="4" t="s">
         <v>437</v>
-      </c>
-[...4 lines deleted...]
-        <v>439</v>
       </c>
     </row>
     <row r="66" ht="15.75" customHeight="1">
       <c r="A66" s="2" t="s">
+        <v>422</v>
+      </c>
+      <c r="B66" s="3" t="s">
+        <v>438</v>
+      </c>
+      <c r="C66" s="2" t="s">
+        <v>439</v>
+      </c>
+      <c r="D66" s="2" t="s">
         <v>440</v>
       </c>
-      <c r="B66" s="3" t="s">
+      <c r="E66" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F66" s="4">
+        <v>21075.0</v>
+      </c>
+      <c r="G66" s="2" t="s">
         <v>441</v>
       </c>
-      <c r="C66" s="2" t="s">
+      <c r="H66" s="4" t="s">
         <v>442</v>
       </c>
-      <c r="D66" s="2" t="s">
+      <c r="I66" s="2" t="s">
         <v>443</v>
       </c>
-      <c r="E66" s="4" t="s">
-[...5 lines deleted...]
-      <c r="G66" s="2" t="s">
+      <c r="J66" s="4" t="s">
         <v>444</v>
-      </c>
-[...7 lines deleted...]
-        <v>447</v>
       </c>
     </row>
     <row r="67" ht="15.75" customHeight="1">
       <c r="A67" s="2" t="s">
-        <v>440</v>
+        <v>422</v>
       </c>
       <c r="B67" s="3" t="s">
+        <v>445</v>
+      </c>
+      <c r="C67" s="2" t="s">
+        <v>446</v>
+      </c>
+      <c r="D67" s="2" t="s">
+        <v>447</v>
+      </c>
+      <c r="E67" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F67" s="4">
+        <v>20886.0</v>
+      </c>
+      <c r="G67" s="2" t="s">
         <v>448</v>
       </c>
-      <c r="C67" s="2" t="s">
+      <c r="H67" s="4" t="s">
         <v>449</v>
       </c>
-      <c r="D67" s="2" t="s">
+      <c r="I67" s="2" t="s">
         <v>450</v>
       </c>
-      <c r="E67" s="4" t="s">
+      <c r="J67" s="4" t="s">
         <v>451</v>
-      </c>
-[...13 lines deleted...]
-        <v>455</v>
       </c>
     </row>
     <row r="68" ht="15.75" customHeight="1">
       <c r="A68" s="2" t="s">
-        <v>440</v>
+        <v>422</v>
       </c>
       <c r="B68" s="3" t="s">
+        <v>452</v>
+      </c>
+      <c r="C68" s="2" t="s">
+        <v>453</v>
+      </c>
+      <c r="D68" s="2" t="s">
+        <v>454</v>
+      </c>
+      <c r="E68" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F68" s="4" t="s">
+        <v>455</v>
+      </c>
+      <c r="G68" s="2" t="s">
         <v>456</v>
       </c>
-      <c r="C68" s="2" t="s">
+      <c r="H68" s="4" t="s">
         <v>457</v>
       </c>
-      <c r="D68" s="2" t="s">
+      <c r="I68" s="2" t="s">
         <v>458</v>
       </c>
-      <c r="E68" s="4" t="s">
-[...5 lines deleted...]
-      <c r="G68" s="2" t="s">
+      <c r="J68" s="4" t="s">
         <v>459</v>
-      </c>
-[...7 lines deleted...]
-        <v>462</v>
       </c>
     </row>
     <row r="69" ht="15.75" customHeight="1">
       <c r="A69" s="2" t="s">
-        <v>440</v>
+        <v>460</v>
       </c>
       <c r="B69" s="3" t="s">
+        <v>461</v>
+      </c>
+      <c r="C69" s="2" t="s">
+        <v>462</v>
+      </c>
+      <c r="D69" s="2" t="s">
         <v>463</v>
       </c>
-      <c r="C69" s="2" t="s">
+      <c r="E69" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F69" s="4">
+        <v>20850.0</v>
+      </c>
+      <c r="G69" s="2" t="s">
         <v>464</v>
       </c>
-      <c r="D69" s="2" t="s">
+      <c r="H69" s="4" t="s">
         <v>465</v>
       </c>
-      <c r="E69" s="4" t="s">
-[...5 lines deleted...]
-      <c r="G69" s="2" t="s">
+      <c r="I69" s="2" t="s">
         <v>466</v>
       </c>
-      <c r="H69" s="4" t="s">
+      <c r="J69" s="4" t="s">
         <v>467</v>
-      </c>
-[...4 lines deleted...]
-        <v>469</v>
       </c>
     </row>
     <row r="70" ht="15.75" customHeight="1">
       <c r="A70" s="2" t="s">
-        <v>440</v>
+        <v>460</v>
       </c>
       <c r="B70" s="3" t="s">
+        <v>468</v>
+      </c>
+      <c r="C70" s="2" t="s">
+        <v>469</v>
+      </c>
+      <c r="D70" s="2" t="s">
         <v>470</v>
       </c>
-      <c r="C70" s="2" t="s">
+      <c r="E70" s="4" t="s">
         <v>471</v>
       </c>
-      <c r="D70" s="2" t="s">
+      <c r="F70" s="4">
+        <v>22150.0</v>
+      </c>
+      <c r="G70" s="2" t="s">
         <v>472</v>
       </c>
-      <c r="E70" s="4" t="s">
-[...2 lines deleted...]
-      <c r="F70" s="4" t="s">
+      <c r="H70" s="4" t="s">
         <v>473</v>
       </c>
-      <c r="G70" s="2" t="s">
+      <c r="I70" s="2" t="s">
         <v>474</v>
       </c>
-      <c r="H70" s="4" t="s">
+      <c r="J70" s="4" t="s">
         <v>475</v>
-      </c>
-[...4 lines deleted...]
-        <v>477</v>
       </c>
     </row>
     <row r="71" ht="15.75" customHeight="1">
       <c r="A71" s="2" t="s">
-        <v>440</v>
+        <v>460</v>
       </c>
       <c r="B71" s="3" t="s">
+        <v>476</v>
+      </c>
+      <c r="C71" s="2" t="s">
+        <v>477</v>
+      </c>
+      <c r="D71" s="2" t="s">
         <v>478</v>
       </c>
-      <c r="C71" s="2" t="s">
+      <c r="E71" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F71" s="4">
+        <v>20833.0</v>
+      </c>
+      <c r="G71" s="2" t="s">
         <v>479</v>
       </c>
-      <c r="D71" s="2" t="s">
-[...8 lines deleted...]
-      <c r="G71" s="2" t="s">
+      <c r="H71" s="4" t="s">
         <v>480</v>
       </c>
-      <c r="H71" s="4" t="s">
+      <c r="I71" s="2" t="s">
         <v>481</v>
       </c>
-      <c r="I71" s="2" t="s">
+      <c r="J71" s="4" t="s">
         <v>482</v>
-      </c>
-[...1 lines deleted...]
-        <v>483</v>
       </c>
     </row>
     <row r="72" ht="15.75" customHeight="1">
       <c r="A72" s="2" t="s">
-        <v>440</v>
+        <v>460</v>
       </c>
       <c r="B72" s="3" t="s">
+        <v>483</v>
+      </c>
+      <c r="C72" s="2" t="s">
         <v>484</v>
       </c>
-      <c r="C72" s="2" t="s">
+      <c r="D72" s="2" t="s">
         <v>485</v>
       </c>
-      <c r="D72" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E72" s="4" t="s">
         <v>14</v>
       </c>
-      <c r="F72" s="4" t="s">
+      <c r="F72" s="4">
+        <v>20904.0</v>
+      </c>
+      <c r="G72" s="2" t="s">
         <v>486</v>
       </c>
-      <c r="G72" s="2" t="s">
+      <c r="H72" s="4" t="s">
         <v>487</v>
       </c>
-      <c r="H72" s="4" t="s">
+      <c r="I72" s="2" t="s">
         <v>488</v>
       </c>
-      <c r="I72" s="2" t="s">
+      <c r="J72" s="4" t="s">
         <v>489</v>
-      </c>
-[...1 lines deleted...]
-        <v>490</v>
       </c>
     </row>
     <row r="73" ht="15.75" customHeight="1">
       <c r="A73" s="2" t="s">
-        <v>440</v>
+        <v>460</v>
       </c>
       <c r="B73" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="C73" s="2" t="s">
         <v>491</v>
       </c>
-      <c r="C73" s="2" t="s">
+      <c r="D73" s="2" t="s">
         <v>492</v>
-      </c>
-[...1 lines deleted...]
-        <v>493</v>
       </c>
       <c r="E73" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F73" s="4">
         <v>20866.0</v>
       </c>
       <c r="G73" s="2" t="s">
+        <v>493</v>
+      </c>
+      <c r="H73" s="5" t="s">
         <v>494</v>
       </c>
-      <c r="H73" s="4" t="s">
+      <c r="I73" s="2" t="s">
         <v>495</v>
       </c>
-      <c r="I73" s="2" t="s">
+      <c r="J73" s="4" t="s">
         <v>496</v>
-      </c>
-[...1 lines deleted...]
-        <v>497</v>
       </c>
     </row>
     <row r="74" ht="15.75" customHeight="1">
       <c r="A74" s="2" t="s">
-        <v>440</v>
+        <v>460</v>
       </c>
       <c r="B74" s="3" t="s">
+        <v>497</v>
+      </c>
+      <c r="C74" s="2" t="s">
         <v>498</v>
       </c>
-      <c r="C74" s="2" t="s">
+      <c r="D74" s="2" t="s">
         <v>499</v>
       </c>
-      <c r="D74" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E74" s="4" t="s">
         <v>14</v>
       </c>
-      <c r="F74" s="4">
-        <v>21702.0</v>
+      <c r="F74" s="4" t="s">
+        <v>500</v>
       </c>
       <c r="G74" s="2" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="H74" s="4" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="I74" s="2" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="J74" s="4" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
     </row>
     <row r="75" ht="15.75" customHeight="1">
       <c r="A75" s="2" t="s">
-        <v>440</v>
+        <v>460</v>
       </c>
       <c r="B75" s="3" t="s">
-        <v>432</v>
+        <v>505</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="D75" s="2" t="s">
-        <v>55</v>
+        <v>463</v>
       </c>
       <c r="E75" s="4" t="s">
         <v>14</v>
       </c>
-      <c r="F75" s="4" t="s">
-        <v>505</v>
+      <c r="F75" s="4">
+        <v>20850.0</v>
       </c>
       <c r="G75" s="2" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="H75" s="4" t="s">
-        <v>437</v>
+        <v>508</v>
       </c>
       <c r="I75" s="2" t="s">
-        <v>438</v>
+        <v>509</v>
       </c>
       <c r="J75" s="4" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
     </row>
     <row r="76" ht="15.75" customHeight="1">
       <c r="A76" s="2" t="s">
-        <v>508</v>
+        <v>460</v>
       </c>
       <c r="B76" s="3" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="D76" s="2" t="s">
-        <v>511</v>
+        <v>447</v>
       </c>
       <c r="E76" s="4" t="s">
-        <v>512</v>
-[...2 lines deleted...]
-        <v>10036.0</v>
+        <v>14</v>
+      </c>
+      <c r="F76" s="4" t="s">
+        <v>513</v>
       </c>
       <c r="G76" s="2" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="H76" s="4" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="I76" s="2" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="J76" s="4" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
     </row>
     <row r="77" ht="15.75" customHeight="1">
       <c r="A77" s="2" t="s">
-        <v>508</v>
+        <v>460</v>
       </c>
       <c r="B77" s="3" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="D77" s="2" t="s">
-        <v>519</v>
+        <v>492</v>
       </c>
       <c r="E77" s="4" t="s">
-        <v>451</v>
+        <v>14</v>
       </c>
       <c r="F77" s="4">
-        <v>20190.0</v>
+        <v>20866.0</v>
       </c>
       <c r="G77" s="2" t="s">
         <v>520</v>
       </c>
       <c r="H77" s="4" t="s">
         <v>521</v>
       </c>
       <c r="I77" s="2" t="s">
         <v>522</v>
       </c>
       <c r="J77" s="4" t="s">
         <v>523</v>
       </c>
     </row>
     <row r="78" ht="15.75" customHeight="1">
       <c r="A78" s="2" t="s">
-        <v>508</v>
+        <v>460</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>524</v>
       </c>
       <c r="C78" s="2" t="s">
         <v>525</v>
       </c>
       <c r="D78" s="2" t="s">
+        <v>485</v>
+      </c>
+      <c r="E78" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F78" s="4">
+        <v>20906.0</v>
+      </c>
+      <c r="G78" s="2" t="s">
         <v>526</v>
       </c>
-      <c r="E78" s="4" t="s">
+      <c r="H78" s="5" t="s">
         <v>527</v>
       </c>
-      <c r="F78" s="4">
-[...2 lines deleted...]
-      <c r="G78" s="2" t="s">
+      <c r="I78" s="2" t="s">
         <v>528</v>
       </c>
-      <c r="H78" s="4" t="s">
+      <c r="J78" s="4" t="s">
         <v>529</v>
-      </c>
-[...4 lines deleted...]
-        <v>531</v>
       </c>
     </row>
     <row r="79" ht="15.75" customHeight="1">
       <c r="A79" s="2" t="s">
-        <v>508</v>
+        <v>460</v>
       </c>
       <c r="B79" s="3" t="s">
+        <v>530</v>
+      </c>
+      <c r="C79" s="2" t="s">
+        <v>531</v>
+      </c>
+      <c r="D79" s="2" t="s">
+        <v>372</v>
+      </c>
+      <c r="E79" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F79" s="4">
+        <v>21702.0</v>
+      </c>
+      <c r="G79" s="2" t="s">
         <v>532</v>
       </c>
-      <c r="C79" s="2" t="s">
+      <c r="H79" s="4" t="s">
         <v>533</v>
       </c>
-      <c r="D79" s="2" t="s">
+      <c r="I79" s="2" t="s">
         <v>534</v>
       </c>
-      <c r="E79" s="4" t="s">
+      <c r="J79" s="4" t="s">
         <v>535</v>
-      </c>
-[...13 lines deleted...]
-        <v>539</v>
       </c>
     </row>
     <row r="80" ht="15.75" customHeight="1">
       <c r="A80" s="2" t="s">
-        <v>508</v>
+        <v>460</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>540</v>
+        <v>452</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>541</v>
+        <v>536</v>
       </c>
       <c r="D80" s="2" t="s">
-        <v>450</v>
+        <v>55</v>
       </c>
       <c r="E80" s="4" t="s">
-        <v>451</v>
-[...2 lines deleted...]
-        <v>22152.0</v>
+        <v>14</v>
+      </c>
+      <c r="F80" s="4" t="s">
+        <v>537</v>
       </c>
       <c r="G80" s="2" t="s">
-        <v>542</v>
+        <v>538</v>
       </c>
       <c r="H80" s="4" t="s">
-        <v>543</v>
+        <v>457</v>
       </c>
       <c r="I80" s="2" t="s">
-        <v>544</v>
+        <v>458</v>
       </c>
       <c r="J80" s="4" t="s">
-        <v>545</v>
+        <v>539</v>
       </c>
     </row>
     <row r="81" ht="15.75" customHeight="1">
       <c r="A81" s="2" t="s">
-        <v>508</v>
+        <v>540</v>
       </c>
       <c r="B81" s="3" t="s">
+        <v>541</v>
+      </c>
+      <c r="C81" s="2" t="s">
+        <v>542</v>
+      </c>
+      <c r="D81" s="2" t="s">
+        <v>543</v>
+      </c>
+      <c r="E81" s="4" t="s">
+        <v>544</v>
+      </c>
+      <c r="F81" s="4">
+        <v>10036.0</v>
+      </c>
+      <c r="G81" s="2" t="s">
+        <v>545</v>
+      </c>
+      <c r="H81" s="4" t="s">
         <v>546</v>
       </c>
-      <c r="C81" s="2" t="s">
+      <c r="I81" s="2" t="s">
         <v>547</v>
       </c>
-      <c r="D81" s="2" t="s">
-[...8 lines deleted...]
-      <c r="G81" s="2" t="s">
+      <c r="J81" s="4" t="s">
         <v>548</v>
-      </c>
-[...7 lines deleted...]
-        <v>550</v>
       </c>
     </row>
     <row r="82" ht="15.75" customHeight="1">
       <c r="A82" s="2" t="s">
+        <v>540</v>
+      </c>
+      <c r="B82" s="3" t="s">
+        <v>549</v>
+      </c>
+      <c r="C82" s="2" t="s">
+        <v>550</v>
+      </c>
+      <c r="D82" s="2" t="s">
         <v>551</v>
       </c>
-      <c r="B82" s="3" t="s">
+      <c r="E82" s="4" t="s">
+        <v>471</v>
+      </c>
+      <c r="F82" s="4">
+        <v>20190.0</v>
+      </c>
+      <c r="G82" s="2" t="s">
         <v>552</v>
       </c>
-      <c r="C82" s="2" t="s">
+      <c r="H82" s="4" t="s">
         <v>553</v>
       </c>
-      <c r="D82" s="2" t="s">
-[...8 lines deleted...]
-      <c r="G82" s="2" t="s">
+      <c r="I82" s="2" t="s">
         <v>554</v>
       </c>
-      <c r="H82" s="4" t="s">
+      <c r="J82" s="4" t="s">
         <v>555</v>
-      </c>
-[...4 lines deleted...]
-        <v>557</v>
       </c>
     </row>
     <row r="83" ht="15.75" customHeight="1">
       <c r="A83" s="2" t="s">
-        <v>551</v>
+        <v>540</v>
       </c>
       <c r="B83" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="C83" s="2" t="s">
+        <v>557</v>
+      </c>
+      <c r="D83" s="2" t="s">
         <v>558</v>
       </c>
-      <c r="C83" s="2" t="s">
+      <c r="E83" s="4" t="s">
         <v>559</v>
       </c>
-      <c r="D83" s="2" t="s">
+      <c r="F83" s="4">
+        <v>19975.0</v>
+      </c>
+      <c r="G83" s="2" t="s">
         <v>560</v>
       </c>
-      <c r="E83" s="4" t="s">
-[...5 lines deleted...]
-      <c r="G83" s="2" t="s">
+      <c r="H83" s="4" t="s">
         <v>561</v>
       </c>
-      <c r="H83" s="4" t="s">
+      <c r="I83" s="2" t="s">
         <v>562</v>
       </c>
-      <c r="I83" s="2" t="s">
+      <c r="J83" s="4" t="s">
         <v>563</v>
-      </c>
-[...1 lines deleted...]
-        <v>564</v>
       </c>
     </row>
     <row r="84" ht="15.75" customHeight="1">
       <c r="A84" s="2" t="s">
-        <v>551</v>
+        <v>540</v>
       </c>
       <c r="B84" s="3" t="s">
+        <v>564</v>
+      </c>
+      <c r="C84" s="2" t="s">
         <v>565</v>
       </c>
-      <c r="C84" s="2" t="s">
+      <c r="D84" s="2" t="s">
         <v>566</v>
       </c>
-      <c r="D84" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E84" s="4" t="s">
-        <v>14</v>
+        <v>567</v>
       </c>
       <c r="F84" s="4">
-        <v>20706.0</v>
+        <v>28209.0</v>
       </c>
       <c r="G84" s="2" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="H84" s="4" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="I84" s="2" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="J84" s="4" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
     </row>
     <row r="85" ht="15.75" customHeight="1">
       <c r="A85" s="2" t="s">
-        <v>551</v>
+        <v>540</v>
       </c>
       <c r="B85" s="3" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="D85" s="2" t="s">
-        <v>74</v>
+        <v>470</v>
       </c>
       <c r="E85" s="4" t="s">
-        <v>14</v>
+        <v>471</v>
       </c>
       <c r="F85" s="4">
-        <v>20720.0</v>
+        <v>22152.0</v>
       </c>
       <c r="G85" s="2" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="H85" s="4" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="I85" s="2" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="J85" s="4" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
     </row>
     <row r="86" ht="15.75" customHeight="1">
       <c r="A86" s="2" t="s">
-        <v>551</v>
+        <v>540</v>
       </c>
       <c r="B86" s="3" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="D86" s="2" t="s">
-        <v>405</v>
+        <v>558</v>
       </c>
       <c r="E86" s="4" t="s">
-        <v>14</v>
+        <v>559</v>
       </c>
       <c r="F86" s="4">
-        <v>20708.0</v>
+        <v>19975.0</v>
       </c>
       <c r="G86" s="2" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="H86" s="4" t="s">
-        <v>580</v>
+        <v>561</v>
       </c>
       <c r="I86" s="2" t="s">
         <v>581</v>
       </c>
       <c r="J86" s="4" t="s">
         <v>582</v>
       </c>
     </row>
     <row r="87" ht="15.75" customHeight="1">
       <c r="A87" s="2" t="s">
-        <v>551</v>
+        <v>583</v>
       </c>
       <c r="B87" s="3" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="D87" s="2" t="s">
-        <v>585</v>
+        <v>81</v>
       </c>
       <c r="E87" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F87" s="4">
-        <v>20769.0</v>
+        <v>20715.0</v>
       </c>
       <c r="G87" s="2" t="s">
         <v>586</v>
       </c>
       <c r="H87" s="4" t="s">
         <v>587</v>
       </c>
       <c r="I87" s="2" t="s">
         <v>588</v>
       </c>
       <c r="J87" s="4" t="s">
         <v>589</v>
       </c>
     </row>
     <row r="88" ht="15.75" customHeight="1">
       <c r="A88" s="2" t="s">
-        <v>551</v>
+        <v>583</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>590</v>
       </c>
       <c r="C88" s="2" t="s">
         <v>591</v>
       </c>
       <c r="D88" s="2" t="s">
         <v>592</v>
       </c>
       <c r="E88" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F88" s="4">
-        <v>20774.0</v>
+        <v>20706.0</v>
       </c>
       <c r="G88" s="2" t="s">
         <v>593</v>
       </c>
       <c r="H88" s="4" t="s">
         <v>594</v>
       </c>
       <c r="I88" s="2" t="s">
         <v>595</v>
       </c>
       <c r="J88" s="4" t="s">
         <v>596</v>
       </c>
     </row>
     <row r="89" ht="15.75" customHeight="1">
       <c r="A89" s="2" t="s">
-        <v>551</v>
+        <v>583</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>597</v>
       </c>
       <c r="C89" s="2" t="s">
         <v>598</v>
       </c>
       <c r="D89" s="2" t="s">
-        <v>74</v>
+        <v>599</v>
       </c>
       <c r="E89" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F89" s="4">
-        <v>20720.0</v>
+        <v>20745.0</v>
       </c>
       <c r="G89" s="2" t="s">
-        <v>599</v>
-[...1 lines deleted...]
-      <c r="H89" s="4" t="s">
         <v>600</v>
       </c>
+      <c r="H89" s="5" t="s">
+        <v>601</v>
+      </c>
       <c r="I89" s="2" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="J89" s="4" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
     </row>
     <row r="90" ht="15.75" customHeight="1">
       <c r="A90" s="2" t="s">
-        <v>551</v>
+        <v>583</v>
       </c>
       <c r="B90" s="3" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="D90" s="2" t="s">
-        <v>605</v>
+        <v>592</v>
       </c>
       <c r="E90" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F90" s="4">
-        <v>20855.0</v>
+        <v>20706.0</v>
       </c>
       <c r="G90" s="2" t="s">
         <v>606</v>
       </c>
       <c r="H90" s="4" t="s">
         <v>607</v>
       </c>
       <c r="I90" s="2" t="s">
         <v>608</v>
       </c>
       <c r="J90" s="4" t="s">
         <v>609</v>
       </c>
     </row>
     <row r="91" ht="15.75" customHeight="1">
       <c r="A91" s="2" t="s">
-        <v>551</v>
+        <v>583</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>610</v>
       </c>
       <c r="C91" s="2" t="s">
         <v>611</v>
       </c>
       <c r="D91" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="E91" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F91" s="4">
+        <v>20720.0</v>
+      </c>
+      <c r="G91" s="2" t="s">
         <v>612</v>
       </c>
-      <c r="E91" s="4" t="s">
-[...5 lines deleted...]
-      <c r="G91" s="2" t="s">
+      <c r="H91" s="4" t="s">
         <v>613</v>
       </c>
-      <c r="H91" s="4" t="s">
+      <c r="I91" s="2" t="s">
         <v>614</v>
       </c>
-      <c r="I91" s="2" t="s">
+      <c r="J91" s="4" t="s">
         <v>615</v>
-      </c>
-[...1 lines deleted...]
-        <v>616</v>
       </c>
     </row>
     <row r="92" ht="15.75" customHeight="1">
       <c r="A92" s="2" t="s">
-        <v>551</v>
+        <v>583</v>
       </c>
       <c r="B92" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="C92" s="2" t="s">
         <v>617</v>
       </c>
-      <c r="C92" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D92" s="2" t="s">
-        <v>405</v>
+        <v>425</v>
       </c>
       <c r="E92" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F92" s="4">
         <v>20708.0</v>
       </c>
       <c r="G92" s="2" t="s">
-        <v>197</v>
+        <v>618</v>
       </c>
       <c r="H92" s="4" t="s">
-        <v>198</v>
+        <v>619</v>
       </c>
       <c r="I92" s="2" t="s">
-        <v>199</v>
+        <v>620</v>
       </c>
       <c r="J92" s="4" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
     </row>
     <row r="93" ht="15.75" customHeight="1">
       <c r="A93" s="2" t="s">
-        <v>551</v>
+        <v>583</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="D93" s="2" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="E93" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F93" s="4">
-        <v>20770.0</v>
+        <v>20769.0</v>
       </c>
       <c r="G93" s="2" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="H93" s="4" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="I93" s="2" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="J93" s="4" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
     </row>
     <row r="94" ht="15.75" customHeight="1">
       <c r="A94" s="2" t="s">
-        <v>551</v>
+        <v>583</v>
       </c>
       <c r="B94" s="3" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
       <c r="D94" s="2" t="s">
-        <v>592</v>
+        <v>631</v>
       </c>
       <c r="E94" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F94" s="4">
         <v>20774.0</v>
       </c>
       <c r="G94" s="2" t="s">
-        <v>629</v>
+        <v>632</v>
       </c>
       <c r="H94" s="4" t="s">
-        <v>630</v>
+        <v>633</v>
       </c>
       <c r="I94" s="2" t="s">
-        <v>631</v>
+        <v>634</v>
       </c>
       <c r="J94" s="4" t="s">
-        <v>632</v>
+        <v>635</v>
       </c>
     </row>
     <row r="95" ht="15.75" customHeight="1">
       <c r="A95" s="2" t="s">
-        <v>551</v>
+        <v>583</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>633</v>
+        <v>636</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>634</v>
+        <v>637</v>
       </c>
       <c r="D95" s="2" t="s">
-        <v>635</v>
+        <v>81</v>
       </c>
       <c r="E95" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F95" s="4">
-        <v>20785.0</v>
+        <v>20720.0</v>
       </c>
       <c r="G95" s="2" t="s">
-        <v>636</v>
+        <v>638</v>
       </c>
       <c r="H95" s="4" t="s">
-        <v>637</v>
+        <v>639</v>
       </c>
       <c r="I95" s="2" t="s">
-        <v>638</v>
+        <v>640</v>
       </c>
       <c r="J95" s="4" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
     </row>
     <row r="96" ht="15.75" customHeight="1">
       <c r="A96" s="2" t="s">
-        <v>551</v>
+        <v>583</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>640</v>
+        <v>642</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>641</v>
+        <v>643</v>
       </c>
       <c r="D96" s="2" t="s">
-        <v>74</v>
+        <v>644</v>
       </c>
       <c r="E96" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F96" s="4">
-        <v>20716.0</v>
+        <v>20855.0</v>
       </c>
       <c r="G96" s="2" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="H96" s="4" t="s">
-        <v>643</v>
+        <v>646</v>
       </c>
       <c r="I96" s="2" t="s">
-        <v>644</v>
+        <v>647</v>
       </c>
       <c r="J96" s="4" t="s">
-        <v>645</v>
+        <v>648</v>
       </c>
     </row>
     <row r="97" ht="15.75" customHeight="1">
       <c r="A97" s="2" t="s">
-        <v>551</v>
+        <v>583</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>646</v>
+        <v>649</v>
       </c>
       <c r="C97" s="2" t="s">
-        <v>647</v>
+        <v>650</v>
       </c>
       <c r="D97" s="2" t="s">
-        <v>560</v>
+        <v>651</v>
       </c>
       <c r="E97" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F97" s="4">
-        <v>20706.0</v>
+        <v>20774.0</v>
       </c>
       <c r="G97" s="2" t="s">
-        <v>648</v>
+        <v>652</v>
       </c>
       <c r="H97" s="4" t="s">
-        <v>649</v>
+        <v>653</v>
       </c>
       <c r="I97" s="2" t="s">
-        <v>650</v>
+        <v>654</v>
       </c>
       <c r="J97" s="4" t="s">
-        <v>651</v>
+        <v>655</v>
       </c>
     </row>
     <row r="98" ht="15.75" customHeight="1">
       <c r="A98" s="2" t="s">
-        <v>652</v>
+        <v>583</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>653</v>
+        <v>656</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>654</v>
+        <v>657</v>
       </c>
       <c r="D98" s="2" t="s">
-        <v>655</v>
+        <v>425</v>
       </c>
       <c r="E98" s="4" t="s">
-        <v>527</v>
+        <v>14</v>
       </c>
       <c r="F98" s="4">
+        <v>20708.0</v>
+      </c>
+      <c r="G98" s="2" t="s">
+        <v>210</v>
+      </c>
+      <c r="H98" s="4" t="s">
+        <v>211</v>
+      </c>
+      <c r="I98" s="2" t="s">
+        <v>212</v>
+      </c>
+      <c r="J98" s="4" t="s">
+        <v>658</v>
+      </c>
+    </row>
+    <row r="99" ht="15.75" customHeight="1">
+      <c r="A99" s="2" t="s">
+        <v>583</v>
+      </c>
+      <c r="B99" s="3" t="s">
+        <v>659</v>
+      </c>
+      <c r="C99" s="2" t="s">
+        <v>660</v>
+      </c>
+      <c r="D99" s="2" t="s">
+        <v>661</v>
+      </c>
+      <c r="E99" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F99" s="4">
+        <v>20770.0</v>
+      </c>
+      <c r="G99" s="2" t="s">
+        <v>662</v>
+      </c>
+      <c r="H99" s="4" t="s">
+        <v>663</v>
+      </c>
+      <c r="I99" s="2" t="s">
+        <v>664</v>
+      </c>
+      <c r="J99" s="4" t="s">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="100" ht="15.75" customHeight="1">
+      <c r="A100" s="2" t="s">
+        <v>583</v>
+      </c>
+      <c r="B100" s="3" t="s">
+        <v>666</v>
+      </c>
+      <c r="C100" s="2" t="s">
+        <v>667</v>
+      </c>
+      <c r="D100" s="2" t="s">
+        <v>631</v>
+      </c>
+      <c r="E100" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F100" s="4">
+        <v>20774.0</v>
+      </c>
+      <c r="G100" s="2" t="s">
+        <v>668</v>
+      </c>
+      <c r="H100" s="4" t="s">
+        <v>669</v>
+      </c>
+      <c r="I100" s="2" t="s">
+        <v>670</v>
+      </c>
+      <c r="J100" s="4" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="101" ht="15.75" customHeight="1">
+      <c r="A101" s="2" t="s">
+        <v>583</v>
+      </c>
+      <c r="B101" s="3" t="s">
+        <v>672</v>
+      </c>
+      <c r="C101" s="2" t="s">
+        <v>673</v>
+      </c>
+      <c r="D101" s="2" t="s">
+        <v>674</v>
+      </c>
+      <c r="E101" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F101" s="4">
+        <v>20785.0</v>
+      </c>
+      <c r="G101" s="2" t="s">
+        <v>675</v>
+      </c>
+      <c r="H101" s="4" t="s">
+        <v>676</v>
+      </c>
+      <c r="I101" s="2" t="s">
+        <v>677</v>
+      </c>
+      <c r="J101" s="4" t="s">
+        <v>678</v>
+      </c>
+    </row>
+    <row r="102" ht="15.75" customHeight="1">
+      <c r="A102" s="2" t="s">
+        <v>583</v>
+      </c>
+      <c r="B102" s="3" t="s">
+        <v>679</v>
+      </c>
+      <c r="C102" s="2" t="s">
+        <v>680</v>
+      </c>
+      <c r="D102" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="E102" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F102" s="4">
+        <v>20716.0</v>
+      </c>
+      <c r="G102" s="2" t="s">
+        <v>681</v>
+      </c>
+      <c r="H102" s="4" t="s">
+        <v>682</v>
+      </c>
+      <c r="I102" s="2" t="s">
+        <v>683</v>
+      </c>
+      <c r="J102" s="4" t="s">
+        <v>684</v>
+      </c>
+    </row>
+    <row r="103" ht="15.75" customHeight="1">
+      <c r="A103" s="2" t="s">
+        <v>583</v>
+      </c>
+      <c r="B103" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="C103" s="2" t="s">
+        <v>686</v>
+      </c>
+      <c r="D103" s="2" t="s">
+        <v>592</v>
+      </c>
+      <c r="E103" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F103" s="4">
+        <v>20706.0</v>
+      </c>
+      <c r="G103" s="2" t="s">
+        <v>687</v>
+      </c>
+      <c r="H103" s="4" t="s">
+        <v>688</v>
+      </c>
+      <c r="I103" s="2" t="s">
+        <v>689</v>
+      </c>
+      <c r="J103" s="4" t="s">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="104" ht="15.75" customHeight="1">
+      <c r="A104" s="2" t="s">
+        <v>691</v>
+      </c>
+      <c r="B104" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="C104" s="2" t="s">
+        <v>693</v>
+      </c>
+      <c r="D104" s="2" t="s">
+        <v>694</v>
+      </c>
+      <c r="E104" s="4" t="s">
+        <v>559</v>
+      </c>
+      <c r="F104" s="4">
         <v>19707.0</v>
       </c>
-      <c r="G98" s="2" t="s">
-[...10835 lines deleted...]
-    </row>
+      <c r="G104" s="2" t="s">
+        <v>695</v>
+      </c>
+      <c r="H104" s="4" t="s">
+        <v>696</v>
+      </c>
+      <c r="I104" s="2" t="s">
+        <v>697</v>
+      </c>
+      <c r="J104" s="4" t="s">
+        <v>698</v>
+      </c>
+    </row>
+    <row r="105" ht="15.75" customHeight="1"/>
+    <row r="106" ht="15.75" customHeight="1"/>
+    <row r="107" ht="15.75" customHeight="1"/>
+    <row r="108" ht="15.75" customHeight="1"/>
+    <row r="109" ht="15.75" customHeight="1"/>
+    <row r="110" ht="15.75" customHeight="1"/>
+    <row r="111" ht="15.75" customHeight="1"/>
+    <row r="112" ht="15.75" customHeight="1"/>
+    <row r="113" ht="15.75" customHeight="1"/>
+    <row r="114" ht="15.75" customHeight="1"/>
+    <row r="115" ht="15.75" customHeight="1"/>
+    <row r="116" ht="15.75" customHeight="1"/>
+    <row r="117" ht="15.75" customHeight="1"/>
+    <row r="118" ht="15.75" customHeight="1"/>
+    <row r="119" ht="15.75" customHeight="1"/>
+    <row r="120" ht="15.75" customHeight="1"/>
+    <row r="121" ht="15.75" customHeight="1"/>
+    <row r="122" ht="15.75" customHeight="1"/>
+    <row r="123" ht="15.75" customHeight="1"/>
+    <row r="124" ht="15.75" customHeight="1"/>
+    <row r="125" ht="15.75" customHeight="1"/>
+    <row r="126" ht="15.75" customHeight="1"/>
+    <row r="127" ht="15.75" customHeight="1"/>
+    <row r="128" ht="15.75" customHeight="1"/>
+    <row r="129" ht="15.75" customHeight="1"/>
+    <row r="130" ht="15.75" customHeight="1"/>
+    <row r="131" ht="15.75" customHeight="1"/>
+    <row r="132" ht="15.75" customHeight="1"/>
+    <row r="133" ht="15.75" customHeight="1"/>
+    <row r="134" ht="15.75" customHeight="1"/>
+    <row r="135" ht="15.75" customHeight="1"/>
+    <row r="136" ht="15.75" customHeight="1"/>
+    <row r="137" ht="15.75" customHeight="1"/>
+    <row r="138" ht="15.75" customHeight="1"/>
+    <row r="139" ht="15.75" customHeight="1"/>
+    <row r="140" ht="15.75" customHeight="1"/>
+    <row r="141" ht="15.75" customHeight="1"/>
+    <row r="142" ht="15.75" customHeight="1"/>
+    <row r="143" ht="15.75" customHeight="1"/>
+    <row r="144" ht="15.75" customHeight="1"/>
+    <row r="145" ht="15.75" customHeight="1"/>
+    <row r="146" ht="15.75" customHeight="1"/>
+    <row r="147" ht="15.75" customHeight="1"/>
+    <row r="148" ht="15.75" customHeight="1"/>
+    <row r="149" ht="15.75" customHeight="1"/>
+    <row r="150" ht="15.75" customHeight="1"/>
+    <row r="151" ht="15.75" customHeight="1"/>
+    <row r="152" ht="15.75" customHeight="1"/>
+    <row r="153" ht="15.75" customHeight="1"/>
+    <row r="154" ht="15.75" customHeight="1"/>
+    <row r="155" ht="15.75" customHeight="1"/>
+    <row r="156" ht="15.75" customHeight="1"/>
+    <row r="157" ht="15.75" customHeight="1"/>
+    <row r="158" ht="15.75" customHeight="1"/>
+    <row r="159" ht="15.75" customHeight="1"/>
+    <row r="160" ht="15.75" customHeight="1"/>
+    <row r="161" ht="15.75" customHeight="1"/>
+    <row r="162" ht="15.75" customHeight="1"/>
+    <row r="163" ht="15.75" customHeight="1"/>
+    <row r="164" ht="15.75" customHeight="1"/>
+    <row r="165" ht="15.75" customHeight="1"/>
+    <row r="166" ht="15.75" customHeight="1"/>
+    <row r="167" ht="15.75" customHeight="1"/>
+    <row r="168" ht="15.75" customHeight="1"/>
+    <row r="169" ht="15.75" customHeight="1"/>
+    <row r="170" ht="15.75" customHeight="1"/>
+    <row r="171" ht="15.75" customHeight="1"/>
+    <row r="172" ht="15.75" customHeight="1"/>
+    <row r="173" ht="15.75" customHeight="1"/>
+    <row r="174" ht="15.75" customHeight="1"/>
+    <row r="175" ht="15.75" customHeight="1"/>
+    <row r="176" ht="15.75" customHeight="1"/>
+    <row r="177" ht="15.75" customHeight="1"/>
+    <row r="178" ht="15.75" customHeight="1"/>
+    <row r="179" ht="15.75" customHeight="1"/>
+    <row r="180" ht="15.75" customHeight="1"/>
+    <row r="181" ht="15.75" customHeight="1"/>
+    <row r="182" ht="15.75" customHeight="1"/>
+    <row r="183" ht="15.75" customHeight="1"/>
+    <row r="184" ht="15.75" customHeight="1"/>
+    <row r="185" ht="15.75" customHeight="1"/>
+    <row r="186" ht="15.75" customHeight="1"/>
+    <row r="187" ht="15.75" customHeight="1"/>
+    <row r="188" ht="15.75" customHeight="1"/>
+    <row r="189" ht="15.75" customHeight="1"/>
+    <row r="190" ht="15.75" customHeight="1"/>
+    <row r="191" ht="15.75" customHeight="1"/>
+    <row r="192" ht="15.75" customHeight="1"/>
+    <row r="193" ht="15.75" customHeight="1"/>
+    <row r="194" ht="15.75" customHeight="1"/>
+    <row r="195" ht="15.75" customHeight="1"/>
+    <row r="196" ht="15.75" customHeight="1"/>
+    <row r="197" ht="15.75" customHeight="1"/>
+    <row r="198" ht="15.75" customHeight="1"/>
+    <row r="199" ht="15.75" customHeight="1"/>
+    <row r="200" ht="15.75" customHeight="1"/>
+    <row r="201" ht="15.75" customHeight="1"/>
+    <row r="202" ht="15.75" customHeight="1"/>
+    <row r="203" ht="15.75" customHeight="1"/>
+    <row r="204" ht="15.75" customHeight="1"/>
+    <row r="205" ht="15.75" customHeight="1"/>
+    <row r="206" ht="15.75" customHeight="1"/>
+    <row r="207" ht="15.75" customHeight="1"/>
+    <row r="208" ht="15.75" customHeight="1"/>
+    <row r="209" ht="15.75" customHeight="1"/>
+    <row r="210" ht="15.75" customHeight="1"/>
+    <row r="211" ht="15.75" customHeight="1"/>
+    <row r="212" ht="15.75" customHeight="1"/>
+    <row r="213" ht="15.75" customHeight="1"/>
+    <row r="214" ht="15.75" customHeight="1"/>
+    <row r="215" ht="15.75" customHeight="1"/>
+    <row r="216" ht="15.75" customHeight="1"/>
+    <row r="217" ht="15.75" customHeight="1"/>
+    <row r="218" ht="15.75" customHeight="1"/>
+    <row r="219" ht="15.75" customHeight="1"/>
+    <row r="220" ht="15.75" customHeight="1"/>
+    <row r="221" ht="15.75" customHeight="1"/>
+    <row r="222" ht="15.75" customHeight="1"/>
+    <row r="223" ht="15.75" customHeight="1"/>
+    <row r="224" ht="15.75" customHeight="1"/>
+    <row r="225" ht="15.75" customHeight="1"/>
+    <row r="226" ht="15.75" customHeight="1"/>
+    <row r="227" ht="15.75" customHeight="1"/>
+    <row r="228" ht="15.75" customHeight="1"/>
+    <row r="229" ht="15.75" customHeight="1"/>
+    <row r="230" ht="15.75" customHeight="1"/>
+    <row r="231" ht="15.75" customHeight="1"/>
+    <row r="232" ht="15.75" customHeight="1"/>
+    <row r="233" ht="15.75" customHeight="1"/>
+    <row r="234" ht="15.75" customHeight="1"/>
+    <row r="235" ht="15.75" customHeight="1"/>
+    <row r="236" ht="15.75" customHeight="1"/>
+    <row r="237" ht="15.75" customHeight="1"/>
+    <row r="238" ht="15.75" customHeight="1"/>
+    <row r="239" ht="15.75" customHeight="1"/>
+    <row r="240" ht="15.75" customHeight="1"/>
+    <row r="241" ht="15.75" customHeight="1"/>
+    <row r="242" ht="15.75" customHeight="1"/>
+    <row r="243" ht="15.75" customHeight="1"/>
+    <row r="244" ht="15.75" customHeight="1"/>
+    <row r="245" ht="15.75" customHeight="1"/>
+    <row r="246" ht="15.75" customHeight="1"/>
+    <row r="247" ht="15.75" customHeight="1"/>
+    <row r="248" ht="15.75" customHeight="1"/>
+    <row r="249" ht="15.75" customHeight="1"/>
+    <row r="250" ht="15.75" customHeight="1"/>
+    <row r="251" ht="15.75" customHeight="1"/>
+    <row r="252" ht="15.75" customHeight="1"/>
+    <row r="253" ht="15.75" customHeight="1"/>
+    <row r="254" ht="15.75" customHeight="1"/>
+    <row r="255" ht="15.75" customHeight="1"/>
+    <row r="256" ht="15.75" customHeight="1"/>
+    <row r="257" ht="15.75" customHeight="1"/>
+    <row r="258" ht="15.75" customHeight="1"/>
+    <row r="259" ht="15.75" customHeight="1"/>
+    <row r="260" ht="15.75" customHeight="1"/>
+    <row r="261" ht="15.75" customHeight="1"/>
+    <row r="262" ht="15.75" customHeight="1"/>
+    <row r="263" ht="15.75" customHeight="1"/>
+    <row r="264" ht="15.75" customHeight="1"/>
+    <row r="265" ht="15.75" customHeight="1"/>
+    <row r="266" ht="15.75" customHeight="1"/>
+    <row r="267" ht="15.75" customHeight="1"/>
+    <row r="268" ht="15.75" customHeight="1"/>
+    <row r="269" ht="15.75" customHeight="1"/>
+    <row r="270" ht="15.75" customHeight="1"/>
+    <row r="271" ht="15.75" customHeight="1"/>
+    <row r="272" ht="15.75" customHeight="1"/>
+    <row r="273" ht="15.75" customHeight="1"/>
+    <row r="274" ht="15.75" customHeight="1"/>
+    <row r="275" ht="15.75" customHeight="1"/>
+    <row r="276" ht="15.75" customHeight="1"/>
+    <row r="277" ht="15.75" customHeight="1"/>
+    <row r="278" ht="15.75" customHeight="1"/>
+    <row r="279" ht="15.75" customHeight="1"/>
+    <row r="280" ht="15.75" customHeight="1"/>
+    <row r="281" ht="15.75" customHeight="1"/>
+    <row r="282" ht="15.75" customHeight="1"/>
+    <row r="283" ht="15.75" customHeight="1"/>
+    <row r="284" ht="15.75" customHeight="1"/>
+    <row r="285" ht="15.75" customHeight="1"/>
+    <row r="286" ht="15.75" customHeight="1"/>
+    <row r="287" ht="15.75" customHeight="1"/>
+    <row r="288" ht="15.75" customHeight="1"/>
+    <row r="289" ht="15.75" customHeight="1"/>
+    <row r="290" ht="15.75" customHeight="1"/>
+    <row r="291" ht="15.75" customHeight="1"/>
+    <row r="292" ht="15.75" customHeight="1"/>
+    <row r="293" ht="15.75" customHeight="1"/>
+    <row r="294" ht="15.75" customHeight="1"/>
+    <row r="295" ht="15.75" customHeight="1"/>
+    <row r="296" ht="15.75" customHeight="1"/>
+    <row r="297" ht="15.75" customHeight="1"/>
+    <row r="298" ht="15.75" customHeight="1"/>
+    <row r="299" ht="15.75" customHeight="1"/>
+    <row r="300" ht="15.75" customHeight="1"/>
+    <row r="301" ht="15.75" customHeight="1"/>
+    <row r="302" ht="15.75" customHeight="1"/>
+    <row r="303" ht="15.75" customHeight="1"/>
+    <row r="304" ht="15.75" customHeight="1"/>
+    <row r="305" ht="15.75" customHeight="1"/>
+    <row r="306" ht="15.75" customHeight="1"/>
+    <row r="307" ht="15.75" customHeight="1"/>
+    <row r="308" ht="15.75" customHeight="1"/>
+    <row r="309" ht="15.75" customHeight="1"/>
+    <row r="310" ht="15.75" customHeight="1"/>
+    <row r="311" ht="15.75" customHeight="1"/>
+    <row r="312" ht="15.75" customHeight="1"/>
+    <row r="313" ht="15.75" customHeight="1"/>
+    <row r="314" ht="15.75" customHeight="1"/>
+    <row r="315" ht="15.75" customHeight="1"/>
+    <row r="316" ht="15.75" customHeight="1"/>
+    <row r="317" ht="15.75" customHeight="1"/>
+    <row r="318" ht="15.75" customHeight="1"/>
+    <row r="319" ht="15.75" customHeight="1"/>
+    <row r="320" ht="15.75" customHeight="1"/>
+    <row r="321" ht="15.75" customHeight="1"/>
+    <row r="322" ht="15.75" customHeight="1"/>
+    <row r="323" ht="15.75" customHeight="1"/>
+    <row r="324" ht="15.75" customHeight="1"/>
+    <row r="325" ht="15.75" customHeight="1"/>
+    <row r="326" ht="15.75" customHeight="1"/>
+    <row r="327" ht="15.75" customHeight="1"/>
+    <row r="328" ht="15.75" customHeight="1"/>
+    <row r="329" ht="15.75" customHeight="1"/>
+    <row r="330" ht="15.75" customHeight="1"/>
+    <row r="331" ht="15.75" customHeight="1"/>
+    <row r="332" ht="15.75" customHeight="1"/>
+    <row r="333" ht="15.75" customHeight="1"/>
+    <row r="334" ht="15.75" customHeight="1"/>
+    <row r="335" ht="15.75" customHeight="1"/>
+    <row r="336" ht="15.75" customHeight="1"/>
+    <row r="337" ht="15.75" customHeight="1"/>
+    <row r="338" ht="15.75" customHeight="1"/>
+    <row r="339" ht="15.75" customHeight="1"/>
+    <row r="340" ht="15.75" customHeight="1"/>
+    <row r="341" ht="15.75" customHeight="1"/>
+    <row r="342" ht="15.75" customHeight="1"/>
+    <row r="343" ht="15.75" customHeight="1"/>
+    <row r="344" ht="15.75" customHeight="1"/>
+    <row r="345" ht="15.75" customHeight="1"/>
+    <row r="346" ht="15.75" customHeight="1"/>
+    <row r="347" ht="15.75" customHeight="1"/>
+    <row r="348" ht="15.75" customHeight="1"/>
+    <row r="349" ht="15.75" customHeight="1"/>
+    <row r="350" ht="15.75" customHeight="1"/>
+    <row r="351" ht="15.75" customHeight="1"/>
+    <row r="352" ht="15.75" customHeight="1"/>
+    <row r="353" ht="15.75" customHeight="1"/>
+    <row r="354" ht="15.75" customHeight="1"/>
+    <row r="355" ht="15.75" customHeight="1"/>
+    <row r="356" ht="15.75" customHeight="1"/>
+    <row r="357" ht="15.75" customHeight="1"/>
+    <row r="358" ht="15.75" customHeight="1"/>
+    <row r="359" ht="15.75" customHeight="1"/>
+    <row r="360" ht="15.75" customHeight="1"/>
+    <row r="361" ht="15.75" customHeight="1"/>
+    <row r="362" ht="15.75" customHeight="1"/>
+    <row r="363" ht="15.75" customHeight="1"/>
+    <row r="364" ht="15.75" customHeight="1"/>
+    <row r="365" ht="15.75" customHeight="1"/>
+    <row r="366" ht="15.75" customHeight="1"/>
+    <row r="367" ht="15.75" customHeight="1"/>
+    <row r="368" ht="15.75" customHeight="1"/>
+    <row r="369" ht="15.75" customHeight="1"/>
+    <row r="370" ht="15.75" customHeight="1"/>
+    <row r="371" ht="15.75" customHeight="1"/>
+    <row r="372" ht="15.75" customHeight="1"/>
+    <row r="373" ht="15.75" customHeight="1"/>
+    <row r="374" ht="15.75" customHeight="1"/>
+    <row r="375" ht="15.75" customHeight="1"/>
+    <row r="376" ht="15.75" customHeight="1"/>
+    <row r="377" ht="15.75" customHeight="1"/>
+    <row r="378" ht="15.75" customHeight="1"/>
+    <row r="379" ht="15.75" customHeight="1"/>
+    <row r="380" ht="15.75" customHeight="1"/>
+    <row r="381" ht="15.75" customHeight="1"/>
+    <row r="382" ht="15.75" customHeight="1"/>
+    <row r="383" ht="15.75" customHeight="1"/>
+    <row r="384" ht="15.75" customHeight="1"/>
+    <row r="385" ht="15.75" customHeight="1"/>
+    <row r="386" ht="15.75" customHeight="1"/>
+    <row r="387" ht="15.75" customHeight="1"/>
+    <row r="388" ht="15.75" customHeight="1"/>
+    <row r="389" ht="15.75" customHeight="1"/>
+    <row r="390" ht="15.75" customHeight="1"/>
+    <row r="391" ht="15.75" customHeight="1"/>
+    <row r="392" ht="15.75" customHeight="1"/>
+    <row r="393" ht="15.75" customHeight="1"/>
+    <row r="394" ht="15.75" customHeight="1"/>
+    <row r="395" ht="15.75" customHeight="1"/>
+    <row r="396" ht="15.75" customHeight="1"/>
+    <row r="397" ht="15.75" customHeight="1"/>
+    <row r="398" ht="15.75" customHeight="1"/>
+    <row r="399" ht="15.75" customHeight="1"/>
+    <row r="400" ht="15.75" customHeight="1"/>
+    <row r="401" ht="15.75" customHeight="1"/>
+    <row r="402" ht="15.75" customHeight="1"/>
+    <row r="403" ht="15.75" customHeight="1"/>
+    <row r="404" ht="15.75" customHeight="1"/>
+    <row r="405" ht="15.75" customHeight="1"/>
+    <row r="406" ht="15.75" customHeight="1"/>
+    <row r="407" ht="15.75" customHeight="1"/>
+    <row r="408" ht="15.75" customHeight="1"/>
+    <row r="409" ht="15.75" customHeight="1"/>
+    <row r="410" ht="15.75" customHeight="1"/>
+    <row r="411" ht="15.75" customHeight="1"/>
+    <row r="412" ht="15.75" customHeight="1"/>
+    <row r="413" ht="15.75" customHeight="1"/>
+    <row r="414" ht="15.75" customHeight="1"/>
+    <row r="415" ht="15.75" customHeight="1"/>
+    <row r="416" ht="15.75" customHeight="1"/>
+    <row r="417" ht="15.75" customHeight="1"/>
+    <row r="418" ht="15.75" customHeight="1"/>
+    <row r="419" ht="15.75" customHeight="1"/>
+    <row r="420" ht="15.75" customHeight="1"/>
+    <row r="421" ht="15.75" customHeight="1"/>
+    <row r="422" ht="15.75" customHeight="1"/>
+    <row r="423" ht="15.75" customHeight="1"/>
+    <row r="424" ht="15.75" customHeight="1"/>
+    <row r="425" ht="15.75" customHeight="1"/>
+    <row r="426" ht="15.75" customHeight="1"/>
+    <row r="427" ht="15.75" customHeight="1"/>
+    <row r="428" ht="15.75" customHeight="1"/>
+    <row r="429" ht="15.75" customHeight="1"/>
+    <row r="430" ht="15.75" customHeight="1"/>
+    <row r="431" ht="15.75" customHeight="1"/>
+    <row r="432" ht="15.75" customHeight="1"/>
+    <row r="433" ht="15.75" customHeight="1"/>
+    <row r="434" ht="15.75" customHeight="1"/>
+    <row r="435" ht="15.75" customHeight="1"/>
+    <row r="436" ht="15.75" customHeight="1"/>
+    <row r="437" ht="15.75" customHeight="1"/>
+    <row r="438" ht="15.75" customHeight="1"/>
+    <row r="439" ht="15.75" customHeight="1"/>
+    <row r="440" ht="15.75" customHeight="1"/>
+    <row r="441" ht="15.75" customHeight="1"/>
+    <row r="442" ht="15.75" customHeight="1"/>
+    <row r="443" ht="15.75" customHeight="1"/>
+    <row r="444" ht="15.75" customHeight="1"/>
+    <row r="445" ht="15.75" customHeight="1"/>
+    <row r="446" ht="15.75" customHeight="1"/>
+    <row r="447" ht="15.75" customHeight="1"/>
+    <row r="448" ht="15.75" customHeight="1"/>
+    <row r="449" ht="15.75" customHeight="1"/>
+    <row r="450" ht="15.75" customHeight="1"/>
+    <row r="451" ht="15.75" customHeight="1"/>
+    <row r="452" ht="15.75" customHeight="1"/>
+    <row r="453" ht="15.75" customHeight="1"/>
+    <row r="454" ht="15.75" customHeight="1"/>
+    <row r="455" ht="15.75" customHeight="1"/>
+    <row r="456" ht="15.75" customHeight="1"/>
+    <row r="457" ht="15.75" customHeight="1"/>
+    <row r="458" ht="15.75" customHeight="1"/>
+    <row r="459" ht="15.75" customHeight="1"/>
+    <row r="460" ht="15.75" customHeight="1"/>
+    <row r="461" ht="15.75" customHeight="1"/>
+    <row r="462" ht="15.75" customHeight="1"/>
+    <row r="463" ht="15.75" customHeight="1"/>
+    <row r="464" ht="15.75" customHeight="1"/>
+    <row r="465" ht="15.75" customHeight="1"/>
+    <row r="466" ht="15.75" customHeight="1"/>
+    <row r="467" ht="15.75" customHeight="1"/>
+    <row r="468" ht="15.75" customHeight="1"/>
+    <row r="469" ht="15.75" customHeight="1"/>
+    <row r="470" ht="15.75" customHeight="1"/>
+    <row r="471" ht="15.75" customHeight="1"/>
+    <row r="472" ht="15.75" customHeight="1"/>
+    <row r="473" ht="15.75" customHeight="1"/>
+    <row r="474" ht="15.75" customHeight="1"/>
+    <row r="475" ht="15.75" customHeight="1"/>
+    <row r="476" ht="15.75" customHeight="1"/>
+    <row r="477" ht="15.75" customHeight="1"/>
+    <row r="478" ht="15.75" customHeight="1"/>
+    <row r="479" ht="15.75" customHeight="1"/>
+    <row r="480" ht="15.75" customHeight="1"/>
+    <row r="481" ht="15.75" customHeight="1"/>
+    <row r="482" ht="15.75" customHeight="1"/>
+    <row r="483" ht="15.75" customHeight="1"/>
+    <row r="484" ht="15.75" customHeight="1"/>
+    <row r="485" ht="15.75" customHeight="1"/>
+    <row r="486" ht="15.75" customHeight="1"/>
+    <row r="487" ht="15.75" customHeight="1"/>
+    <row r="488" ht="15.75" customHeight="1"/>
+    <row r="489" ht="15.75" customHeight="1"/>
+    <row r="490" ht="15.75" customHeight="1"/>
+    <row r="491" ht="15.75" customHeight="1"/>
+    <row r="492" ht="15.75" customHeight="1"/>
+    <row r="493" ht="15.75" customHeight="1"/>
+    <row r="494" ht="15.75" customHeight="1"/>
+    <row r="495" ht="15.75" customHeight="1"/>
+    <row r="496" ht="15.75" customHeight="1"/>
+    <row r="497" ht="15.75" customHeight="1"/>
+    <row r="498" ht="15.75" customHeight="1"/>
+    <row r="499" ht="15.75" customHeight="1"/>
+    <row r="500" ht="15.75" customHeight="1"/>
+    <row r="501" ht="15.75" customHeight="1"/>
+    <row r="502" ht="15.75" customHeight="1"/>
+    <row r="503" ht="15.75" customHeight="1"/>
+    <row r="504" ht="15.75" customHeight="1"/>
+    <row r="505" ht="15.75" customHeight="1"/>
+    <row r="506" ht="15.75" customHeight="1"/>
+    <row r="507" ht="15.75" customHeight="1"/>
+    <row r="508" ht="15.75" customHeight="1"/>
+    <row r="509" ht="15.75" customHeight="1"/>
+    <row r="510" ht="15.75" customHeight="1"/>
+    <row r="511" ht="15.75" customHeight="1"/>
+    <row r="512" ht="15.75" customHeight="1"/>
+    <row r="513" ht="15.75" customHeight="1"/>
+    <row r="514" ht="15.75" customHeight="1"/>
+    <row r="515" ht="15.75" customHeight="1"/>
+    <row r="516" ht="15.75" customHeight="1"/>
+    <row r="517" ht="15.75" customHeight="1"/>
+    <row r="518" ht="15.75" customHeight="1"/>
+    <row r="519" ht="15.75" customHeight="1"/>
+    <row r="520" ht="15.75" customHeight="1"/>
+    <row r="521" ht="15.75" customHeight="1"/>
+    <row r="522" ht="15.75" customHeight="1"/>
+    <row r="523" ht="15.75" customHeight="1"/>
+    <row r="524" ht="15.75" customHeight="1"/>
+    <row r="525" ht="15.75" customHeight="1"/>
+    <row r="526" ht="15.75" customHeight="1"/>
+    <row r="527" ht="15.75" customHeight="1"/>
+    <row r="528" ht="15.75" customHeight="1"/>
+    <row r="529" ht="15.75" customHeight="1"/>
+    <row r="530" ht="15.75" customHeight="1"/>
+    <row r="531" ht="15.75" customHeight="1"/>
+    <row r="532" ht="15.75" customHeight="1"/>
+    <row r="533" ht="15.75" customHeight="1"/>
+    <row r="534" ht="15.75" customHeight="1"/>
+    <row r="535" ht="15.75" customHeight="1"/>
+    <row r="536" ht="15.75" customHeight="1"/>
+    <row r="537" ht="15.75" customHeight="1"/>
+    <row r="538" ht="15.75" customHeight="1"/>
+    <row r="539" ht="15.75" customHeight="1"/>
+    <row r="540" ht="15.75" customHeight="1"/>
+    <row r="541" ht="15.75" customHeight="1"/>
+    <row r="542" ht="15.75" customHeight="1"/>
+    <row r="543" ht="15.75" customHeight="1"/>
+    <row r="544" ht="15.75" customHeight="1"/>
+    <row r="545" ht="15.75" customHeight="1"/>
+    <row r="546" ht="15.75" customHeight="1"/>
+    <row r="547" ht="15.75" customHeight="1"/>
+    <row r="548" ht="15.75" customHeight="1"/>
+    <row r="549" ht="15.75" customHeight="1"/>
+    <row r="550" ht="15.75" customHeight="1"/>
+    <row r="551" ht="15.75" customHeight="1"/>
+    <row r="552" ht="15.75" customHeight="1"/>
+    <row r="553" ht="15.75" customHeight="1"/>
+    <row r="554" ht="15.75" customHeight="1"/>
+    <row r="555" ht="15.75" customHeight="1"/>
+    <row r="556" ht="15.75" customHeight="1"/>
+    <row r="557" ht="15.75" customHeight="1"/>
+    <row r="558" ht="15.75" customHeight="1"/>
+    <row r="559" ht="15.75" customHeight="1"/>
+    <row r="560" ht="15.75" customHeight="1"/>
+    <row r="561" ht="15.75" customHeight="1"/>
+    <row r="562" ht="15.75" customHeight="1"/>
+    <row r="563" ht="15.75" customHeight="1"/>
+    <row r="564" ht="15.75" customHeight="1"/>
+    <row r="565" ht="15.75" customHeight="1"/>
+    <row r="566" ht="15.75" customHeight="1"/>
+    <row r="567" ht="15.75" customHeight="1"/>
+    <row r="568" ht="15.75" customHeight="1"/>
+    <row r="569" ht="15.75" customHeight="1"/>
+    <row r="570" ht="15.75" customHeight="1"/>
+    <row r="571" ht="15.75" customHeight="1"/>
+    <row r="572" ht="15.75" customHeight="1"/>
+    <row r="573" ht="15.75" customHeight="1"/>
+    <row r="574" ht="15.75" customHeight="1"/>
+    <row r="575" ht="15.75" customHeight="1"/>
+    <row r="576" ht="15.75" customHeight="1"/>
+    <row r="577" ht="15.75" customHeight="1"/>
+    <row r="578" ht="15.75" customHeight="1"/>
+    <row r="579" ht="15.75" customHeight="1"/>
+    <row r="580" ht="15.75" customHeight="1"/>
+    <row r="581" ht="15.75" customHeight="1"/>
+    <row r="582" ht="15.75" customHeight="1"/>
+    <row r="583" ht="15.75" customHeight="1"/>
+    <row r="584" ht="15.75" customHeight="1"/>
+    <row r="585" ht="15.75" customHeight="1"/>
+    <row r="586" ht="15.75" customHeight="1"/>
+    <row r="587" ht="15.75" customHeight="1"/>
+    <row r="588" ht="15.75" customHeight="1"/>
+    <row r="589" ht="15.75" customHeight="1"/>
+    <row r="590" ht="15.75" customHeight="1"/>
+    <row r="591" ht="15.75" customHeight="1"/>
+    <row r="592" ht="15.75" customHeight="1"/>
+    <row r="593" ht="15.75" customHeight="1"/>
+    <row r="594" ht="15.75" customHeight="1"/>
+    <row r="595" ht="15.75" customHeight="1"/>
+    <row r="596" ht="15.75" customHeight="1"/>
+    <row r="597" ht="15.75" customHeight="1"/>
+    <row r="598" ht="15.75" customHeight="1"/>
+    <row r="599" ht="15.75" customHeight="1"/>
+    <row r="600" ht="15.75" customHeight="1"/>
+    <row r="601" ht="15.75" customHeight="1"/>
+    <row r="602" ht="15.75" customHeight="1"/>
+    <row r="603" ht="15.75" customHeight="1"/>
+    <row r="604" ht="15.75" customHeight="1"/>
+    <row r="605" ht="15.75" customHeight="1"/>
+    <row r="606" ht="15.75" customHeight="1"/>
+    <row r="607" ht="15.75" customHeight="1"/>
+    <row r="608" ht="15.75" customHeight="1"/>
+    <row r="609" ht="15.75" customHeight="1"/>
+    <row r="610" ht="15.75" customHeight="1"/>
+    <row r="611" ht="15.75" customHeight="1"/>
+    <row r="612" ht="15.75" customHeight="1"/>
+    <row r="613" ht="15.75" customHeight="1"/>
+    <row r="614" ht="15.75" customHeight="1"/>
+    <row r="615" ht="15.75" customHeight="1"/>
+    <row r="616" ht="15.75" customHeight="1"/>
+    <row r="617" ht="15.75" customHeight="1"/>
+    <row r="618" ht="15.75" customHeight="1"/>
+    <row r="619" ht="15.75" customHeight="1"/>
+    <row r="620" ht="15.75" customHeight="1"/>
+    <row r="621" ht="15.75" customHeight="1"/>
+    <row r="622" ht="15.75" customHeight="1"/>
+    <row r="623" ht="15.75" customHeight="1"/>
+    <row r="624" ht="15.75" customHeight="1"/>
+    <row r="625" ht="15.75" customHeight="1"/>
+    <row r="626" ht="15.75" customHeight="1"/>
+    <row r="627" ht="15.75" customHeight="1"/>
+    <row r="628" ht="15.75" customHeight="1"/>
+    <row r="629" ht="15.75" customHeight="1"/>
+    <row r="630" ht="15.75" customHeight="1"/>
+    <row r="631" ht="15.75" customHeight="1"/>
+    <row r="632" ht="15.75" customHeight="1"/>
+    <row r="633" ht="15.75" customHeight="1"/>
+    <row r="634" ht="15.75" customHeight="1"/>
+    <row r="635" ht="15.75" customHeight="1"/>
+    <row r="636" ht="15.75" customHeight="1"/>
+    <row r="637" ht="15.75" customHeight="1"/>
+    <row r="638" ht="15.75" customHeight="1"/>
+    <row r="639" ht="15.75" customHeight="1"/>
+    <row r="640" ht="15.75" customHeight="1"/>
+    <row r="641" ht="15.75" customHeight="1"/>
+    <row r="642" ht="15.75" customHeight="1"/>
+    <row r="643" ht="15.75" customHeight="1"/>
+    <row r="644" ht="15.75" customHeight="1"/>
+    <row r="645" ht="15.75" customHeight="1"/>
+    <row r="646" ht="15.75" customHeight="1"/>
+    <row r="647" ht="15.75" customHeight="1"/>
+    <row r="648" ht="15.75" customHeight="1"/>
+    <row r="649" ht="15.75" customHeight="1"/>
+    <row r="650" ht="15.75" customHeight="1"/>
+    <row r="651" ht="15.75" customHeight="1"/>
+    <row r="652" ht="15.75" customHeight="1"/>
+    <row r="653" ht="15.75" customHeight="1"/>
+    <row r="654" ht="15.75" customHeight="1"/>
+    <row r="655" ht="15.75" customHeight="1"/>
+    <row r="656" ht="15.75" customHeight="1"/>
+    <row r="657" ht="15.75" customHeight="1"/>
+    <row r="658" ht="15.75" customHeight="1"/>
+    <row r="659" ht="15.75" customHeight="1"/>
+    <row r="660" ht="15.75" customHeight="1"/>
+    <row r="661" ht="15.75" customHeight="1"/>
+    <row r="662" ht="15.75" customHeight="1"/>
+    <row r="663" ht="15.75" customHeight="1"/>
+    <row r="664" ht="15.75" customHeight="1"/>
+    <row r="665" ht="15.75" customHeight="1"/>
+    <row r="666" ht="15.75" customHeight="1"/>
+    <row r="667" ht="15.75" customHeight="1"/>
+    <row r="668" ht="15.75" customHeight="1"/>
+    <row r="669" ht="15.75" customHeight="1"/>
+    <row r="670" ht="15.75" customHeight="1"/>
+    <row r="671" ht="15.75" customHeight="1"/>
+    <row r="672" ht="15.75" customHeight="1"/>
+    <row r="673" ht="15.75" customHeight="1"/>
+    <row r="674" ht="15.75" customHeight="1"/>
+    <row r="675" ht="15.75" customHeight="1"/>
+    <row r="676" ht="15.75" customHeight="1"/>
+    <row r="677" ht="15.75" customHeight="1"/>
+    <row r="678" ht="15.75" customHeight="1"/>
+    <row r="679" ht="15.75" customHeight="1"/>
+    <row r="680" ht="15.75" customHeight="1"/>
+    <row r="681" ht="15.75" customHeight="1"/>
+    <row r="682" ht="15.75" customHeight="1"/>
+    <row r="683" ht="15.75" customHeight="1"/>
+    <row r="684" ht="15.75" customHeight="1"/>
+    <row r="685" ht="15.75" customHeight="1"/>
+    <row r="686" ht="15.75" customHeight="1"/>
+    <row r="687" ht="15.75" customHeight="1"/>
+    <row r="688" ht="15.75" customHeight="1"/>
+    <row r="689" ht="15.75" customHeight="1"/>
+    <row r="690" ht="15.75" customHeight="1"/>
+    <row r="691" ht="15.75" customHeight="1"/>
+    <row r="692" ht="15.75" customHeight="1"/>
+    <row r="693" ht="15.75" customHeight="1"/>
+    <row r="694" ht="15.75" customHeight="1"/>
+    <row r="695" ht="15.75" customHeight="1"/>
+    <row r="696" ht="15.75" customHeight="1"/>
+    <row r="697" ht="15.75" customHeight="1"/>
+    <row r="698" ht="15.75" customHeight="1"/>
+    <row r="699" ht="15.75" customHeight="1"/>
+    <row r="700" ht="15.75" customHeight="1"/>
+    <row r="701" ht="15.75" customHeight="1"/>
+    <row r="702" ht="15.75" customHeight="1"/>
+    <row r="703" ht="15.75" customHeight="1"/>
+    <row r="704" ht="15.75" customHeight="1"/>
+    <row r="705" ht="15.75" customHeight="1"/>
+    <row r="706" ht="15.75" customHeight="1"/>
+    <row r="707" ht="15.75" customHeight="1"/>
+    <row r="708" ht="15.75" customHeight="1"/>
+    <row r="709" ht="15.75" customHeight="1"/>
+    <row r="710" ht="15.75" customHeight="1"/>
+    <row r="711" ht="15.75" customHeight="1"/>
+    <row r="712" ht="15.75" customHeight="1"/>
+    <row r="713" ht="15.75" customHeight="1"/>
+    <row r="714" ht="15.75" customHeight="1"/>
+    <row r="715" ht="15.75" customHeight="1"/>
+    <row r="716" ht="15.75" customHeight="1"/>
+    <row r="717" ht="15.75" customHeight="1"/>
+    <row r="718" ht="15.75" customHeight="1"/>
+    <row r="719" ht="15.75" customHeight="1"/>
+    <row r="720" ht="15.75" customHeight="1"/>
+    <row r="721" ht="15.75" customHeight="1"/>
+    <row r="722" ht="15.75" customHeight="1"/>
+    <row r="723" ht="15.75" customHeight="1"/>
+    <row r="724" ht="15.75" customHeight="1"/>
+    <row r="725" ht="15.75" customHeight="1"/>
+    <row r="726" ht="15.75" customHeight="1"/>
+    <row r="727" ht="15.75" customHeight="1"/>
+    <row r="728" ht="15.75" customHeight="1"/>
+    <row r="729" ht="15.75" customHeight="1"/>
+    <row r="730" ht="15.75" customHeight="1"/>
+    <row r="731" ht="15.75" customHeight="1"/>
+    <row r="732" ht="15.75" customHeight="1"/>
+    <row r="733" ht="15.75" customHeight="1"/>
+    <row r="734" ht="15.75" customHeight="1"/>
+    <row r="735" ht="15.75" customHeight="1"/>
+    <row r="736" ht="15.75" customHeight="1"/>
+    <row r="737" ht="15.75" customHeight="1"/>
+    <row r="738" ht="15.75" customHeight="1"/>
+    <row r="739" ht="15.75" customHeight="1"/>
+    <row r="740" ht="15.75" customHeight="1"/>
+    <row r="741" ht="15.75" customHeight="1"/>
+    <row r="742" ht="15.75" customHeight="1"/>
+    <row r="743" ht="15.75" customHeight="1"/>
+    <row r="744" ht="15.75" customHeight="1"/>
+    <row r="745" ht="15.75" customHeight="1"/>
+    <row r="746" ht="15.75" customHeight="1"/>
+    <row r="747" ht="15.75" customHeight="1"/>
+    <row r="748" ht="15.75" customHeight="1"/>
+    <row r="749" ht="15.75" customHeight="1"/>
+    <row r="750" ht="15.75" customHeight="1"/>
+    <row r="751" ht="15.75" customHeight="1"/>
+    <row r="752" ht="15.75" customHeight="1"/>
+    <row r="753" ht="15.75" customHeight="1"/>
+    <row r="754" ht="15.75" customHeight="1"/>
+    <row r="755" ht="15.75" customHeight="1"/>
+    <row r="756" ht="15.75" customHeight="1"/>
+    <row r="757" ht="15.75" customHeight="1"/>
+    <row r="758" ht="15.75" customHeight="1"/>
+    <row r="759" ht="15.75" customHeight="1"/>
+    <row r="760" ht="15.75" customHeight="1"/>
+    <row r="761" ht="15.75" customHeight="1"/>
+    <row r="762" ht="15.75" customHeight="1"/>
+    <row r="763" ht="15.75" customHeight="1"/>
+    <row r="764" ht="15.75" customHeight="1"/>
+    <row r="765" ht="15.75" customHeight="1"/>
+    <row r="766" ht="15.75" customHeight="1"/>
+    <row r="767" ht="15.75" customHeight="1"/>
+    <row r="768" ht="15.75" customHeight="1"/>
+    <row r="769" ht="15.75" customHeight="1"/>
+    <row r="770" ht="15.75" customHeight="1"/>
+    <row r="771" ht="15.75" customHeight="1"/>
+    <row r="772" ht="15.75" customHeight="1"/>
+    <row r="773" ht="15.75" customHeight="1"/>
+    <row r="774" ht="15.75" customHeight="1"/>
+    <row r="775" ht="15.75" customHeight="1"/>
+    <row r="776" ht="15.75" customHeight="1"/>
+    <row r="777" ht="15.75" customHeight="1"/>
+    <row r="778" ht="15.75" customHeight="1"/>
+    <row r="779" ht="15.75" customHeight="1"/>
+    <row r="780" ht="15.75" customHeight="1"/>
+    <row r="781" ht="15.75" customHeight="1"/>
+    <row r="782" ht="15.75" customHeight="1"/>
+    <row r="783" ht="15.75" customHeight="1"/>
+    <row r="784" ht="15.75" customHeight="1"/>
+    <row r="785" ht="15.75" customHeight="1"/>
+    <row r="786" ht="15.75" customHeight="1"/>
+    <row r="787" ht="15.75" customHeight="1"/>
+    <row r="788" ht="15.75" customHeight="1"/>
+    <row r="789" ht="15.75" customHeight="1"/>
+    <row r="790" ht="15.75" customHeight="1"/>
+    <row r="791" ht="15.75" customHeight="1"/>
+    <row r="792" ht="15.75" customHeight="1"/>
+    <row r="793" ht="15.75" customHeight="1"/>
+    <row r="794" ht="15.75" customHeight="1"/>
+    <row r="795" ht="15.75" customHeight="1"/>
+    <row r="796" ht="15.75" customHeight="1"/>
+    <row r="797" ht="15.75" customHeight="1"/>
+    <row r="798" ht="15.75" customHeight="1"/>
+    <row r="799" ht="15.75" customHeight="1"/>
+    <row r="800" ht="15.75" customHeight="1"/>
+    <row r="801" ht="15.75" customHeight="1"/>
+    <row r="802" ht="15.75" customHeight="1"/>
+    <row r="803" ht="15.75" customHeight="1"/>
+    <row r="804" ht="15.75" customHeight="1"/>
+    <row r="805" ht="15.75" customHeight="1"/>
+    <row r="806" ht="15.75" customHeight="1"/>
+    <row r="807" ht="15.75" customHeight="1"/>
+    <row r="808" ht="15.75" customHeight="1"/>
+    <row r="809" ht="15.75" customHeight="1"/>
+    <row r="810" ht="15.75" customHeight="1"/>
+    <row r="811" ht="15.75" customHeight="1"/>
+    <row r="812" ht="15.75" customHeight="1"/>
+    <row r="813" ht="15.75" customHeight="1"/>
+    <row r="814" ht="15.75" customHeight="1"/>
+    <row r="815" ht="15.75" customHeight="1"/>
+    <row r="816" ht="15.75" customHeight="1"/>
+    <row r="817" ht="15.75" customHeight="1"/>
+    <row r="818" ht="15.75" customHeight="1"/>
+    <row r="819" ht="15.75" customHeight="1"/>
+    <row r="820" ht="15.75" customHeight="1"/>
+    <row r="821" ht="15.75" customHeight="1"/>
+    <row r="822" ht="15.75" customHeight="1"/>
+    <row r="823" ht="15.75" customHeight="1"/>
+    <row r="824" ht="15.75" customHeight="1"/>
+    <row r="825" ht="15.75" customHeight="1"/>
+    <row r="826" ht="15.75" customHeight="1"/>
+    <row r="827" ht="15.75" customHeight="1"/>
+    <row r="828" ht="15.75" customHeight="1"/>
+    <row r="829" ht="15.75" customHeight="1"/>
+    <row r="830" ht="15.75" customHeight="1"/>
+    <row r="831" ht="15.75" customHeight="1"/>
+    <row r="832" ht="15.75" customHeight="1"/>
+    <row r="833" ht="15.75" customHeight="1"/>
+    <row r="834" ht="15.75" customHeight="1"/>
+    <row r="835" ht="15.75" customHeight="1"/>
+    <row r="836" ht="15.75" customHeight="1"/>
+    <row r="837" ht="15.75" customHeight="1"/>
+    <row r="838" ht="15.75" customHeight="1"/>
+    <row r="839" ht="15.75" customHeight="1"/>
+    <row r="840" ht="15.75" customHeight="1"/>
+    <row r="841" ht="15.75" customHeight="1"/>
+    <row r="842" ht="15.75" customHeight="1"/>
+    <row r="843" ht="15.75" customHeight="1"/>
+    <row r="844" ht="15.75" customHeight="1"/>
+    <row r="845" ht="15.75" customHeight="1"/>
+    <row r="846" ht="15.75" customHeight="1"/>
+    <row r="847" ht="15.75" customHeight="1"/>
+    <row r="848" ht="15.75" customHeight="1"/>
+    <row r="849" ht="15.75" customHeight="1"/>
+    <row r="850" ht="15.75" customHeight="1"/>
+    <row r="851" ht="15.75" customHeight="1"/>
+    <row r="852" ht="15.75" customHeight="1"/>
+    <row r="853" ht="15.75" customHeight="1"/>
+    <row r="854" ht="15.75" customHeight="1"/>
+    <row r="855" ht="15.75" customHeight="1"/>
+    <row r="856" ht="15.75" customHeight="1"/>
+    <row r="857" ht="15.75" customHeight="1"/>
+    <row r="858" ht="15.75" customHeight="1"/>
+    <row r="859" ht="15.75" customHeight="1"/>
+    <row r="860" ht="15.75" customHeight="1"/>
+    <row r="861" ht="15.75" customHeight="1"/>
+    <row r="862" ht="15.75" customHeight="1"/>
+    <row r="863" ht="15.75" customHeight="1"/>
+    <row r="864" ht="15.75" customHeight="1"/>
+    <row r="865" ht="15.75" customHeight="1"/>
+    <row r="866" ht="15.75" customHeight="1"/>
+    <row r="867" ht="15.75" customHeight="1"/>
+    <row r="868" ht="15.75" customHeight="1"/>
+    <row r="869" ht="15.75" customHeight="1"/>
+    <row r="870" ht="15.75" customHeight="1"/>
+    <row r="871" ht="15.75" customHeight="1"/>
+    <row r="872" ht="15.75" customHeight="1"/>
+    <row r="873" ht="15.75" customHeight="1"/>
+    <row r="874" ht="15.75" customHeight="1"/>
+    <row r="875" ht="15.75" customHeight="1"/>
+    <row r="876" ht="15.75" customHeight="1"/>
+    <row r="877" ht="15.75" customHeight="1"/>
+    <row r="878" ht="15.75" customHeight="1"/>
+    <row r="879" ht="15.75" customHeight="1"/>
+    <row r="880" ht="15.75" customHeight="1"/>
+    <row r="881" ht="15.75" customHeight="1"/>
+    <row r="882" ht="15.75" customHeight="1"/>
+    <row r="883" ht="15.75" customHeight="1"/>
+    <row r="884" ht="15.75" customHeight="1"/>
+    <row r="885" ht="15.75" customHeight="1"/>
+    <row r="886" ht="15.75" customHeight="1"/>
+    <row r="887" ht="15.75" customHeight="1"/>
+    <row r="888" ht="15.75" customHeight="1"/>
+    <row r="889" ht="15.75" customHeight="1"/>
+    <row r="890" ht="15.75" customHeight="1"/>
+    <row r="891" ht="15.75" customHeight="1"/>
+    <row r="892" ht="15.75" customHeight="1"/>
+    <row r="893" ht="15.75" customHeight="1"/>
+    <row r="894" ht="15.75" customHeight="1"/>
+    <row r="895" ht="15.75" customHeight="1"/>
+    <row r="896" ht="15.75" customHeight="1"/>
+    <row r="897" ht="15.75" customHeight="1"/>
+    <row r="898" ht="15.75" customHeight="1"/>
+    <row r="899" ht="15.75" customHeight="1"/>
+    <row r="900" ht="15.75" customHeight="1"/>
+    <row r="901" ht="15.75" customHeight="1"/>
+    <row r="902" ht="15.75" customHeight="1"/>
+    <row r="903" ht="15.75" customHeight="1"/>
+    <row r="904" ht="15.75" customHeight="1"/>
+    <row r="905" ht="15.75" customHeight="1"/>
+    <row r="906" ht="15.75" customHeight="1"/>
+    <row r="907" ht="15.75" customHeight="1"/>
+    <row r="908" ht="15.75" customHeight="1"/>
+    <row r="909" ht="15.75" customHeight="1"/>
+    <row r="910" ht="15.75" customHeight="1"/>
+    <row r="911" ht="15.75" customHeight="1"/>
+    <row r="912" ht="15.75" customHeight="1"/>
+    <row r="913" ht="15.75" customHeight="1"/>
+    <row r="914" ht="15.75" customHeight="1"/>
+    <row r="915" ht="15.75" customHeight="1"/>
+    <row r="916" ht="15.75" customHeight="1"/>
+    <row r="917" ht="15.75" customHeight="1"/>
+    <row r="918" ht="15.75" customHeight="1"/>
+    <row r="919" ht="15.75" customHeight="1"/>
+    <row r="920" ht="15.75" customHeight="1"/>
+    <row r="921" ht="15.75" customHeight="1"/>
+    <row r="922" ht="15.75" customHeight="1"/>
+    <row r="923" ht="15.75" customHeight="1"/>
+    <row r="924" ht="15.75" customHeight="1"/>
+    <row r="925" ht="15.75" customHeight="1"/>
+    <row r="926" ht="15.75" customHeight="1"/>
+    <row r="927" ht="15.75" customHeight="1"/>
+    <row r="928" ht="15.75" customHeight="1"/>
+    <row r="929" ht="15.75" customHeight="1"/>
+    <row r="930" ht="15.75" customHeight="1"/>
+    <row r="931" ht="15.75" customHeight="1"/>
+    <row r="932" ht="15.75" customHeight="1"/>
+    <row r="933" ht="15.75" customHeight="1"/>
+    <row r="934" ht="15.75" customHeight="1"/>
+    <row r="935" ht="15.75" customHeight="1"/>
+    <row r="936" ht="15.75" customHeight="1"/>
+    <row r="937" ht="15.75" customHeight="1"/>
+    <row r="938" ht="15.75" customHeight="1"/>
+    <row r="939" ht="15.75" customHeight="1"/>
+    <row r="940" ht="15.75" customHeight="1"/>
+    <row r="941" ht="15.75" customHeight="1"/>
+    <row r="942" ht="15.75" customHeight="1"/>
+    <row r="943" ht="15.75" customHeight="1"/>
+    <row r="944" ht="15.75" customHeight="1"/>
+    <row r="945" ht="15.75" customHeight="1"/>
+    <row r="946" ht="15.75" customHeight="1"/>
+    <row r="947" ht="15.75" customHeight="1"/>
+    <row r="948" ht="15.75" customHeight="1"/>
+    <row r="949" ht="15.75" customHeight="1"/>
+    <row r="950" ht="15.75" customHeight="1"/>
+    <row r="951" ht="15.75" customHeight="1"/>
+    <row r="952" ht="15.75" customHeight="1"/>
+    <row r="953" ht="15.75" customHeight="1"/>
+    <row r="954" ht="15.75" customHeight="1"/>
+    <row r="955" ht="15.75" customHeight="1"/>
+    <row r="956" ht="15.75" customHeight="1"/>
+    <row r="957" ht="15.75" customHeight="1"/>
+    <row r="958" ht="15.75" customHeight="1"/>
+    <row r="959" ht="15.75" customHeight="1"/>
+    <row r="960" ht="15.75" customHeight="1"/>
+    <row r="961" ht="15.75" customHeight="1"/>
+    <row r="962" ht="15.75" customHeight="1"/>
+    <row r="963" ht="15.75" customHeight="1"/>
+    <row r="964" ht="15.75" customHeight="1"/>
+    <row r="965" ht="15.75" customHeight="1"/>
+    <row r="966" ht="15.75" customHeight="1"/>
+    <row r="967" ht="15.75" customHeight="1"/>
+    <row r="968" ht="15.75" customHeight="1"/>
+    <row r="969" ht="15.75" customHeight="1"/>
+    <row r="970" ht="15.75" customHeight="1"/>
+    <row r="971" ht="15.75" customHeight="1"/>
+    <row r="972" ht="15.75" customHeight="1"/>
+    <row r="973" ht="15.75" customHeight="1"/>
+    <row r="974" ht="15.75" customHeight="1"/>
+    <row r="975" ht="15.75" customHeight="1"/>
+    <row r="976" ht="15.75" customHeight="1"/>
+    <row r="977" ht="15.75" customHeight="1"/>
+    <row r="978" ht="15.75" customHeight="1"/>
+    <row r="979" ht="15.75" customHeight="1"/>
+    <row r="980" ht="15.75" customHeight="1"/>
+    <row r="981" ht="15.75" customHeight="1"/>
+    <row r="982" ht="15.75" customHeight="1"/>
+    <row r="983" ht="15.75" customHeight="1"/>
+    <row r="984" ht="15.75" customHeight="1"/>
+    <row r="985" ht="15.75" customHeight="1"/>
+    <row r="986" ht="15.75" customHeight="1"/>
+    <row r="987" ht="15.75" customHeight="1"/>
+    <row r="988" ht="15.75" customHeight="1"/>
+    <row r="989" ht="15.75" customHeight="1"/>
+    <row r="990" ht="15.75" customHeight="1"/>
+    <row r="991" ht="15.75" customHeight="1"/>
+    <row r="992" ht="15.75" customHeight="1"/>
+    <row r="993" ht="15.75" customHeight="1"/>
+    <row r="994" ht="15.75" customHeight="1"/>
+    <row r="995" ht="15.75" customHeight="1"/>
+    <row r="996" ht="15.75" customHeight="1"/>
+    <row r="997" ht="15.75" customHeight="1"/>
+    <row r="998" ht="15.75" customHeight="1"/>
+    <row r="999" ht="15.75" customHeight="1"/>
+    <row r="1000" ht="15.75" customHeight="1"/>
   </sheetData>
-  <autoFilter ref="$A$1:$J$98"/>
+  <autoFilter ref="$A$1:$J$104"/>
   <printOptions/>
   <pageMargins bottom="0.75" footer="0.0" header="0.0" left="0.7" right="0.7" top="0.75"/>
   <pageSetup orientation="landscape"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100093141C1741E3E4DBBC1290E4A9A5775" ma:contentTypeVersion="8" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="5687a27188606a7025f072b0b7f27a21">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7dcc10a156eb2aa295318eab019ded2b">
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
@@ -16412,50 +6795,50 @@
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement/>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4245545B-C176-476D-8284-56DA1C11FFFB}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{39EB8859-A50E-4562-97BC-E41B855C12A7}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2AA27F0A-F94C-4C78-95D7-2134BA91F281}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3EF6D65B-932F-4CFE-9B01-1140709A8C64}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F4C6A6F3-412A-44D0-B5C3-16E3F56B5314}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6FD5209B-52BA-43C2-A25F-C2A0F549D343}"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Apache POI</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100093141C1741E3E4DBBC1290E4A9A5775</vt:lpwstr>
   </property>
 </Properties>
 </file>